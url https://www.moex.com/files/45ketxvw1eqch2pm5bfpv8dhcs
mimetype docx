--- v0 (2025-12-05)
+++ v1 (2026-01-31)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="22C8A15F" w14:textId="77731E7F" w:rsidR="00F76C68" w:rsidRDefault="00446960" w:rsidP="00446960">
+    <w:p w14:paraId="2BB45E70" w14:textId="2F77EE94" w:rsidR="00446960" w:rsidRPr="002D7A25" w:rsidRDefault="00446960" w:rsidP="007E3DF9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -81,134 +76,106 @@
       </w:r>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...29 lines deleted...]
-      <w:r w:rsidR="00446960" w:rsidRPr="002D7A25">
+      <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00446960" w:rsidRPr="002D7A25">
+      <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00446960" w:rsidRPr="002D7A25">
+      <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ПАО Московская Биржа</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610A4551" w14:textId="17B0DB74" w:rsidR="008064DA" w:rsidRDefault="008064DA" w:rsidP="008064DA">
+    <w:p w14:paraId="2764CA4E" w14:textId="77777777" w:rsidR="007E3DF9" w:rsidRDefault="007E3DF9" w:rsidP="008064DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76DFC090" w14:textId="77777777" w:rsidR="00F76C68" w:rsidRPr="002D7A25" w:rsidRDefault="00F76C68" w:rsidP="008064DA">
+    <w:p w14:paraId="23C15767" w14:textId="77777777" w:rsidR="007E3DF9" w:rsidRDefault="007E3DF9" w:rsidP="008064DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62121681" w14:textId="47B7EFD3" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="008064DA" w:rsidP="008064DA">
+    <w:p w14:paraId="62121681" w14:textId="60B1E594" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="008064DA" w:rsidP="008064DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Схема подключения для предоставления </w:t>
       </w:r>
       <w:r w:rsidR="00423EB3" w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">информации ЦКИ </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -254,83 +221,83 @@
         </w:rPr>
         <w:t>TC</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> от «___»______________20__ г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF64A26" w14:textId="77777777" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="008064DA" w:rsidP="008064DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2624"/>
-        <w:gridCol w:w="7288"/>
+        <w:gridCol w:w="2603"/>
+        <w:gridCol w:w="7168"/>
       </w:tblGrid>
       <w:tr w:rsidR="008064DA" w:rsidRPr="002D7A25" w14:paraId="186EBAAD" w14:textId="77777777" w:rsidTr="00284A03">
         <w:trPr>
           <w:trHeight w:val="631"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0587743E" w14:textId="77777777" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="008064DA" w:rsidP="00284A03">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Наименование Клиента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3883194F" w14:textId="77777777" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="008C2518" w:rsidP="00284A03">
+          <w:p w14:paraId="3883194F" w14:textId="77777777" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00284A03">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1191652938"/>
                 <w:placeholder>
                   <w:docPart w:val="A0AD30B37E224EEAB3EB4993B43CD101"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008064DA" w:rsidRPr="002D7A25">
                   <w:rPr>
                     <w:rStyle w:val="a4"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:i/>
                   </w:rPr>
@@ -338,58 +305,58 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008064DA" w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="008064DA" w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> AUTOTEXT  " Простая надпись"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="008064DA" w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6AFC438E" w14:textId="77777777" w:rsidR="00192B4B" w:rsidRPr="002D7A25" w:rsidRDefault="00192B4B">
+    <w:p w14:paraId="7694CB10" w14:textId="77777777" w:rsidR="000A24DA" w:rsidRDefault="000A24DA" w:rsidP="008064DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB88E14" w14:textId="77777777" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="008064DA" w:rsidP="008064DA">
+    <w:p w14:paraId="6AB88E14" w14:textId="51B70DAF" w:rsidR="008064DA" w:rsidRPr="002D7A25" w:rsidRDefault="008064DA" w:rsidP="008064DA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Просим: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138EFF93" w14:textId="773F16A8" w:rsidR="00882197" w:rsidRPr="002D7A25" w:rsidRDefault="001E7298" w:rsidP="009213A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -415,107 +382,131 @@
       <w:r w:rsidR="00C20A8C" w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r w:rsidR="009D7D2D" w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3ABD85" w14:textId="7EAE2501" w:rsidR="00C20A8C" w:rsidRPr="00B26760" w:rsidRDefault="008C2518" w:rsidP="00C20A8C">
+    <w:p w14:paraId="5D3ABD85" w14:textId="4C795738" w:rsidR="00C20A8C" w:rsidRPr="001F58E0" w:rsidRDefault="00FB2999" w:rsidP="00C20A8C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="a7"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:id w:val="770892206"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009C796A">
+          <w:r w:rsidR="00970603">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
               <w:lang w:eastAsia="ru-RU"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C20A8C" w:rsidRPr="009C5153">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00886B6D" w:rsidRPr="001F58E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>подключить доступ к услугам на</w:t>
+        <w:t xml:space="preserve">подключить доступ к услугам </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23C6E" w:rsidRPr="002D7A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Предоставление информации ЦКИ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00886B6D" w:rsidRPr="001F58E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
       </w:r>
       <w:r w:rsidR="00C20A8C" w:rsidRPr="001F58E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> указа</w:t>
       </w:r>
       <w:r w:rsidR="00886B6D" w:rsidRPr="001F58E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>нные</w:t>
       </w:r>
       <w:r w:rsidR="00C20A8C" w:rsidRPr="001F58E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> логины,</w:t>
       </w:r>
@@ -541,10586 +532,14556 @@
       </w:r>
       <w:r w:rsidR="00C20A8C" w:rsidRPr="001F58E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00C20A8C" w:rsidRPr="001F58E0">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://passport.moex.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F9B4188" w14:textId="77777777" w:rsidR="00B26760" w:rsidRPr="001F58E0" w:rsidRDefault="00B26760" w:rsidP="00E05433">
-[...11 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4961"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="7F3BF96A" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w14:paraId="7F3BF96A" w14:textId="77777777" w:rsidTr="00FC60D5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D26A0AA" w14:textId="15C314B8" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="3D26A0AA" w14:textId="15C314B8" w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w:rsidRDefault="004D2B0B" w:rsidP="002D7A25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F43A542" w14:textId="2A279456" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="0F43A542" w14:textId="7EDF1E39" w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w:rsidRDefault="004D2B0B" w:rsidP="002D7A25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Включить услуг</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00582DDA">
+              <w:t>Включить услугу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0978B316" w14:textId="070AE649" w:rsidR="004D2B0B" w:rsidRPr="001C769C" w:rsidRDefault="001C769C" w:rsidP="002D7A25">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>и</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выбор тарифа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="560A677D" w14:textId="7C4B5117" w:rsidR="002D7A25" w:rsidRPr="00E05433" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="560A677D" w14:textId="03AFC72D" w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w:rsidRDefault="004D2B0B" w:rsidP="002D7A25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Для списка логинов</w:t>
             </w:r>
-            <w:r w:rsidR="00E05433">
-[...10 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="5FBE90D9" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w14:paraId="5FBE90D9" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="118A7299" w14:textId="7C942BDF" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="118A7299" w14:textId="7C942BDF" w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w:rsidRDefault="004D2B0B" w:rsidP="002D7A25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Финансовая отчетность МСФО краткая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55629389" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="55629389" w14:textId="77777777" w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w:rsidRDefault="004D2B0B" w:rsidP="002D7A25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69B3CFC1" w14:textId="3B7CF5A3" w:rsidR="004D2B0B" w:rsidRPr="00DD3C37" w:rsidRDefault="004D2B0B" w:rsidP="002D7A25">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ADC5085" w14:textId="31278D40" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="3ADC5085" w14:textId="767B0D22" w:rsidR="004D2B0B" w:rsidRPr="002D7A25" w:rsidRDefault="004D2B0B" w:rsidP="002D7A25">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="6E759990" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="6E759990" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8FA469" w14:textId="245C5A99" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...14 lines deleted...]
-            <w:tcW w:w="1135" w:type="dxa"/>
+          <w:p w14:paraId="4E8FA469" w14:textId="245C5A99" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="693D92D7" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="693D92D7" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-[...75 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E14DDDC" w14:textId="04A8D424" w:rsidR="00945DDF" w:rsidRPr="00DD3C37" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-1842617698"/>
+                <w:id w:val="1644240756"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2" w:rsidRPr="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00047F44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30910EEB" w14:textId="7A373903" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="2CC7AD19" w14:textId="32360970" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3.</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="580C95E4" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="44258C6C" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73004C02" w14:textId="01420EDC" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...14 lines deleted...]
-            <w:tcW w:w="1135" w:type="dxa"/>
+          <w:p w14:paraId="47B70F6E" w14:textId="2284D07E" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="273B25BE" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="33933269" w14:textId="697C099A" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="20"/>
-[...350 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-1074431054"/>
+                <w:id w:val="1745606582"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-[...431 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="726AA4F9" w14:textId="1B1B4047" w:rsidR="00945DDF" w:rsidRPr="00DD3C37" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-628466956"/>
+                <w:id w:val="2011106639"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00047F44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A2F9C82" w14:textId="518AC8FE" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="30910EEB" w14:textId="61902865" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="47208D03" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="580C95E4" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206030E3" w14:textId="7A4D2794" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...14 lines deleted...]
-            <w:tcW w:w="1135" w:type="dxa"/>
+          <w:p w14:paraId="73004C02" w14:textId="01420EDC" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8BA556" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="273B25BE" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...362 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DE01E63" w14:textId="1279C8B6" w:rsidR="00945DDF" w:rsidRPr="00081E9B" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="169919460"/>
+                <w:id w:val="-1095548479"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00047F44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AC0DD8D" w14:textId="257D7720" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="6F88DF4D" w14:textId="0047CF16" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>3.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="066F9A8A" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="63097524" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19889DB4" w14:textId="407F15F8" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...16 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="1C9CA721" w14:textId="7687495F" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6391D509" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="2CF89426" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DEFF8C9" w14:textId="672FC926" w:rsidR="00945DDF" w:rsidRPr="00081E9B" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C0C0AF6" w14:textId="67633269" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="75DF32C7" w14:textId="79FA99EC" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>4.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="1E1D8B28" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="18646924" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B62283E" w14:textId="09DF98F5" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...17 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="47526B43" w14:textId="3457873D" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Финансовая отчетность МСФО расширенная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="524F9102" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="71A3C23B" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="081C9EA8" w14:textId="4528C004" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="028864FF" w14:textId="6CA6B3E0" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="7CDFD857" w14:textId="1A27E8D9" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>5.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="693B4558" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="7BB5FEC4" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603042D1" w14:textId="0DC0386B" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="07C8F82D" w14:textId="51E343F6" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72A295DC" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="0DC5EC39" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...173 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A46239E" w14:textId="45E6818A" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="369431942"/>
+                <w:id w:val="1199500904"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E342DC6" w14:textId="4A9D0F14" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5F22486B" w14:textId="4CFF53FE" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>3.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="3C2DDE61" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="7212362B" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33634336" w14:textId="61239857" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...14 lines deleted...]
-            <w:tcW w:w="1135" w:type="dxa"/>
+          <w:p w14:paraId="5A075CC0" w14:textId="7179534A" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52642123" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="1ED7F545" w14:textId="7B3940DE" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...373 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-1588305451"/>
+                <w:id w:val="368571431"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
-[...282 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D0D90B6" w14:textId="34473C6D" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-611432734"/>
+                <w:id w:val="2042156105"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...458 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="506B8DC6" w14:textId="3450BDA7" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="0FFBAB67" w14:textId="6FD15743" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>1.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="26B2EB56" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="6DCC6481" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6229A50D" w14:textId="1AFC6393" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...14 lines deleted...]
-            <w:tcW w:w="1135" w:type="dxa"/>
+          <w:p w14:paraId="6CE24B3F" w14:textId="1C3415A5" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C67267" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="552F6E55" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...86 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62040846" w14:textId="424892FB" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-514690088"/>
+                <w:id w:val="1667829683"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38FB0C32" w14:textId="261F901E" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="3FB4FEAA" w14:textId="1C757B33" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>3.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="52F5E061" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="0C8DCCBA" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC51BDC" w14:textId="1C0E955E" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...16 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="466329A5" w14:textId="48D315D8" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="256E5CCB" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="3AB4E34A" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5595D1CD" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A9CF1AA" w14:textId="2D4E06F9" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w14:paraId="5538A64B" w14:textId="4FBE60D6" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>4.</w:t>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="7D89EF49" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="6192F2AD" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27F6C800" w14:textId="64D0864B" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...17 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="19B559FF" w14:textId="62544360" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Бухгалтерская отчетность по стандартам РСБУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65DCCDFC" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="7F6E8904" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DBDBACA" w14:textId="6C9F3BB8" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DADD67C" w14:textId="15EAA586" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="36F3BB69" w14:textId="6F9E7A10" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5.</w:t>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="528EE6F3" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="24E6ED70" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A99D1A5" w14:textId="726F4D22" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...56 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="081B8267" w14:textId="67DC2AE6" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="722372E2" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="53146C47" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...172 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FCE49F9" w14:textId="1AAEA637" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="1404649106"/>
+                <w:id w:val="268743903"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A3CEF07" w14:textId="62EF26C4" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="5D74B9E7" w14:textId="62B39E57" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3.</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="17445B7F" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="40A581B8" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26A45308" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...14 lines deleted...]
-            <w:tcW w:w="1135" w:type="dxa"/>
+          <w:p w14:paraId="4E81D248" w14:textId="6F3CAF55" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7320311D" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="00F349E2" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="544D9303" w14:textId="6F41F3D4" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="3827" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="993757705"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2500469E" w14:textId="622036BF" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1791198119"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09121F38" w14:textId="57CD1EB7" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="4A2F9C82" w14:textId="47F88B2E" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4.</w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D7A25" w:rsidRPr="002D7A25" w14:paraId="4E948477" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="47208D03" w14:textId="77777777" w:rsidTr="000A24DA">
         <w:trPr>
-          <w:trHeight w:val="181"/>
+          <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB49EC6" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
-[...17 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="206030E3" w14:textId="7A4D2794" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37985C69" w14:textId="77777777" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="0B8BA556" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CF1065A" w14:textId="3181B6D9" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="2132286637"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023BE388" w14:textId="35090F2F" w:rsidR="002D7A25" w:rsidRPr="002D7A25" w:rsidRDefault="002D7A25" w:rsidP="002D7A25">
+          <w:p w14:paraId="286E487C" w14:textId="16A1EC40" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="6218CB12" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B45E355" w14:textId="41E9B7BD" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="031C5BCE" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40701576" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46CE7606" w14:textId="258D7FE4" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="3E9B21EA" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F08BF33" w14:textId="6BD9A3ED" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Рейтинги без агрегации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3827DEEF" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DEB6DB3" w14:textId="126B5920" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C335CE9" w14:textId="26F41C39" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="2EBFAF9D" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C982D8E" w14:textId="27600C88" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFE5E88" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="640E0FB6" w14:textId="5E8CFC65" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1199901209"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6070D8DC" w14:textId="4BDC78AB" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="604C5955" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE04270" w14:textId="2A501328" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="594FD9CB" w14:textId="63743111" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-297613394"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="106CDC4E" w14:textId="084792FB" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-312492386"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC0DD8D" w14:textId="0A7D9FEC" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="066F9A8A" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19889DB4" w14:textId="407F15F8" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6391D509" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BF1B576" w14:textId="253A84DE" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1944340819"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0C0AF6" w14:textId="3B4C5F53" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="1E1D8B28" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B62283E" w14:textId="09DF98F5" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="524F9102" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="502A24A2" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="028864FF" w14:textId="02CB668F" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="693B4558" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="603042D1" w14:textId="0DC0386B" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Агрегированные рейтинги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A295DC" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67AEC934" w14:textId="5AB4BBED" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7044A3" w14:textId="7BCC4CE4" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="1D0D3197" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F82E75C" w14:textId="37E1330B" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5713BC" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF1B8FB" w14:textId="28449EBC" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1920128400"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21E0256A" w14:textId="3769ABD4" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="4B2E9F2A" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D75224" w14:textId="473BA079" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06584ECE" w14:textId="5EEB044C" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1329325927"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D516A00" w14:textId="30927671" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1785068720"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E342DC6" w14:textId="335274A3" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="3C2DDE61" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33634336" w14:textId="61239857" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52642123" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74632665" w14:textId="6230E913" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1472408152"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="569CF32F" w14:textId="375C8B92" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="5D6F6D13" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29799E1D" w14:textId="42DFADDE" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C879706" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DD3901D" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46B8F96B" w14:textId="1AC4E00A" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="30433E82" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35437917" w14:textId="084243E4" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Связи и аффилированные лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653A6C71" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77722E3B" w14:textId="5DA331A2" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16B85689" w14:textId="084C7005" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="06D37DA8" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E17DF7" w14:textId="550C5D72" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="133CBA21" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="129E05CD" w14:textId="34ED1FEA" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1565484023"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC1C3EA" w14:textId="72647309" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="3ABE98FA" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4B78C3" w14:textId="32F08EB7" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4758A722" w14:textId="1C4C649E" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="719403452"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F53FFAB" w14:textId="0CADA0C5" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1318495210"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A884D2D" w14:textId="535141BE" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="20B2962A" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8666D0" w14:textId="7A672364" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FE22E6" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61BE5165" w14:textId="47599C22" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-2142183099"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFF74E1" w14:textId="048447AC" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="6607B304" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22084F77" w14:textId="799EED7A" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D5CBCE" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5054F9DF" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3787F8" w14:textId="5D458D92" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="2BB0B76B" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49EF18ED" w14:textId="62B78140" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Корпоративная информация об эмитентах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C04641" w14:textId="7E0C8529" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70753CC9" w14:textId="3CF59B37" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1D93B3" w14:textId="6702C610" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="0AF617DD" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="219DF9E6" w14:textId="5D717E1C" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B886832" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AB23DE8" w14:textId="3286444C" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1344131222"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5236EC" w14:textId="5CA9D737" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="6DDE13B6" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3C0FE3" w14:textId="24A6B20E" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1E492E" w14:textId="538DA882" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="914280766"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00A6B5BB" w14:textId="13F182B8" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="612796439"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="712084B9" w14:textId="22FDE0D3" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="28EB2EC4" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4028BC33" w14:textId="48E53AAC" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E149692" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="230BA08A" w14:textId="32DDD3E2" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-741023122"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="000A24DA" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14157D84" w14:textId="16966775" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="34365C83" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="212"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B7CD71" w14:textId="73239B02" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7687017B" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6698A07F" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="447AC729" w14:textId="101A937B" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="7081341C" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58599980" w14:textId="3DD349A8" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Корпоративные действия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18886DC9" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52205BF8" w14:textId="19D2090A" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="506B8DC6" w14:textId="08522349" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="26B2EB56" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6229A50D" w14:textId="1AFC6393" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C67267" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D3EA2AB" w14:textId="7AD0672B" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="362401131"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27B911BB" w14:textId="3E7518A1" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="7D0B03C7" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F17379" w14:textId="03C7F276" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E8994E" w14:textId="3CEE73CA" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1706084360"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EE621AE" w14:textId="41CDA9E2" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-308564407"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38FB0C32" w14:textId="56F34D37" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="52F5E061" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC51BDC" w14:textId="1C0E955E" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="256E5CCB" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3573DD28" w14:textId="673904EA" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="53825532"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9CF1AA" w14:textId="6DA6DCDC" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="7D89EF49" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F6C800" w14:textId="64D0864B" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DCCDFC" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="218F91E9" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DADD67C" w14:textId="38F81D7A" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="698036EC" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A1546D" w14:textId="5ADC340B" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦКИ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>IR</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD4121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>календарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F30C903" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D9C7C1D" w14:textId="175614EE" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37524079" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="43B103D1" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C7FB2F" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FC3926" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17296968" w14:textId="1F45D520" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="2007082253"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABD8556" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="37299C44" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EC3F04" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3A7158" w14:textId="2E2974F7" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="553116426"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F1AFE3B" w14:textId="22A358C1" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="691260181"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5997FF4A" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="159D5E9C" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="525CA323" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46EB45AA" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ADC5D54" w14:textId="2860EA79" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1021592785"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00945DDF" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02F53FCD" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00945DDF" w:rsidRPr="002D7A25" w14:paraId="52234DAA" w14:textId="77777777" w:rsidTr="000A24DA">
+        <w:trPr>
+          <w:trHeight w:val="181"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="514356EC" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6A7AD2" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52F69105" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="582658A3" w14:textId="77777777" w:rsidR="00945DDF" w:rsidRPr="002D7A25" w:rsidRDefault="00945DDF" w:rsidP="00945DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33230E21" w14:textId="0DC0E827" w:rsidR="00A13FBE" w:rsidRPr="00E05433" w:rsidRDefault="00E05433" w:rsidP="00E05433">
+    <w:p w14:paraId="33230E21" w14:textId="31734140" w:rsidR="00A13FBE" w:rsidRDefault="00047F44" w:rsidP="00047F44">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>* Тарифный план 1 – 1 логин, **Тарифный план 2 – 2-3 логина, ***Тарифный план 3 – 4 и более логинов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002A7AB7" w14:textId="77777777" w:rsidR="00047F44" w:rsidRPr="002D7A25" w:rsidRDefault="00047F44" w:rsidP="00047F44">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5CE5BF46" w14:textId="574B2A63" w:rsidR="00154E49" w:rsidRPr="0074094D" w:rsidRDefault="008C2518" w:rsidP="00B82E1B">
+    <w:p w14:paraId="5CE5BF46" w14:textId="45AE7C9E" w:rsidR="00154E49" w:rsidRPr="00047F44" w:rsidRDefault="00FB2999" w:rsidP="00154E49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="317"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:id w:val="1699506843"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00154E49" w:rsidRPr="002D7A25">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:lang w:eastAsia="ru-RU"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00154E49" w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> изменить логины, для которых ранее были подключены услуги «Предоставление информации ЦКИ»</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> изменить логины, для которых ранее были подключены услуги «Предоставление информации ЦКИ» </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EC4916" w14:textId="30C46C5F" w:rsidR="0074094D" w:rsidRPr="00F63B5F" w:rsidRDefault="0074094D" w:rsidP="0074094D">
+    <w:p w14:paraId="52C9FBB3" w14:textId="77777777" w:rsidR="00047F44" w:rsidRPr="00047F44" w:rsidRDefault="00047F44" w:rsidP="00047F44">
       <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="142"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F63B5F">
+      <w:r w:rsidRPr="00047F44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Если требуется заменить логины на ранее подключен</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> услуги, внесите логины, которые надо отключить, в колонку «Отключить логины», новые логины, на которые требуется перенести подписку, в колонку «Подключить логины». </w:t>
+        <w:t xml:space="preserve">Если требуется заменить логины на ранее подключенные услуги, внесите логины, которые надо отключить, в колонку «Отключить логины», новые логины, на которые требуется перенести подписку, в колонку «Подключить логины». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C83F67A" w14:textId="7426C70F" w:rsidR="0074094D" w:rsidRPr="00F63B5F" w:rsidRDefault="0074094D" w:rsidP="0074094D">
+    <w:p w14:paraId="29C9DDE4" w14:textId="77777777" w:rsidR="00047F44" w:rsidRPr="00047F44" w:rsidRDefault="00047F44" w:rsidP="00047F44">
       <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="142"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F63B5F">
+      <w:r w:rsidRPr="00047F44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Если требуется отключить </w:t>
-[...31 lines deleted...]
-        <w:t>, либо добавить новые к подключенной ранее услуге, внесите логины в одну колонку, соответствующую действию.</w:t>
+        <w:t>Если требуется отключить часть логинов, либо добавить новые к подключенной ранее услуге, внесите логины в одну колонку, соответствующую действию.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3454"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2753"/>
+        <w:gridCol w:w="2454"/>
+        <w:gridCol w:w="948"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="249325DD" w14:textId="41E250B5" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="249325DD" w14:textId="7FC62799" w:rsidTr="00FC1749">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7C2282" w14:textId="0022D19A" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="6C7C2282" w14:textId="0022D19A" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="941" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="2434EEF0" w14:textId="350DFAC1" w:rsidR="00E21DD2" w:rsidRPr="00E21DD2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09DAE4CA" w14:textId="65165E88" w:rsidR="00B46339" w:rsidRPr="00957F91" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B46339">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Выбрать услуг</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00582DDA">
+              <w:t>Выбрать услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D595C3" w14:textId="2EE1071E" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>и</w:t>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00957F91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Выбор тарифа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CF75BB" w14:textId="02F470C9" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Отключить логины</w:t>
-[...17 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Отключить логины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEA1DE0" w14:textId="76977408" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>Подключить логины</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="08783346" w14:textId="46500767" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="08783346" w14:textId="03891FFA" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77441F92" w14:textId="52CFBEAF" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="77441F92" w14:textId="52CFBEAF" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="37" w:hanging="7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Финансовая отчетность МСФО краткая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="941" w:type="dxa"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="4B31EA74" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FB0AFBD" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="00DD3C37" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="547B66A7" w14:textId="2D87D986" w:rsidR="00B46339" w:rsidRPr="00DD3C37" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA6DD07" w14:textId="5DDF242B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-112" w:right="-60" w:hanging="40"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF02F8E" w14:textId="4136EA9D" w:rsidR="00E21DD2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="3E9C6834" w14:textId="1EFCF522" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-112" w:firstLine="112"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...34 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="5435F2C3" w14:textId="52163C98" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="5435F2C3" w14:textId="11565714" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34E32C22" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="34E32C22" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="37" w:hanging="7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="941" w:type="dxa"/>
-[...105 lines deleted...]
-              <w:ind w:left="37" w:hanging="7"/>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28950E2B" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="219E5407" w14:textId="4852B921" w:rsidR="00B46339" w:rsidRPr="00DD3C37" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="313079035"/>
+                <w:id w:val="-1190991909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51CA78A2" w14:textId="32DE300B" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="54FFAE32" w14:textId="1D1DF720" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="486051EA" w14:textId="19CE38F5" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="385758FB" w14:textId="6954ED1F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3.</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="4B166D1E" w14:textId="2A1A63CB" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="0E1C3B72" w14:textId="09FD704D" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D743EC8" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="2AD4D131" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="37" w:hanging="7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="941" w:type="dxa"/>
-[...107 lines deleted...]
-              <w:ind w:left="37" w:hanging="7"/>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="239057DE" w14:textId="7FF94F94" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...155 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...234 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
                 <w:id w:val="1962452642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2775" w:type="dxa"/>
-[...592 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72867B74" w14:textId="794D3FAA" w:rsidR="00B46339" w:rsidRPr="00DD3C37" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-507907502"/>
+                <w:id w:val="79191831"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39FE8157" w14:textId="5513BF88" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...4 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="486051EA" w14:textId="520A5C5F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA1580B" w14:textId="0947BE7E" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="5AC9E8A7" w14:textId="7A199AF2" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="0BE442AC" w14:textId="6895FDF7" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="4B166D1E" w14:textId="0EEF2EBB" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15D5AB7C" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="1D743EC8" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="37" w:hanging="7"/>
-              <w:rPr>
-[...270 lines deleted...]
-              <w:ind w:left="-112" w:firstLine="142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35A7E754" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2775" w:type="dxa"/>
-[...223 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="718549BE" w14:textId="7387A3E8" w:rsidR="00B46339" w:rsidRPr="00DD3C37" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-1826434318"/>
+                <w:id w:val="-1275483440"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4B5FE1" w14:textId="50DC5B28" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="77F46389" w14:textId="2C3B1444" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65ED1EC3" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="08E06A2B" w14:textId="435A2A34" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="54D960DF" w14:textId="77777777" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="49FEBB13" w14:textId="2455A9DF" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1CA5C6" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...34 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+          <w:p w14:paraId="0458A631" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28F00863" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="00DD3C37" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21965E29" w14:textId="056258A9" w:rsidR="00B46339" w:rsidRPr="00DD3C37" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E097640" w14:textId="30A1F156" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="65DC50CF" w14:textId="216B0472" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="50F2387E" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="056296F9" w14:textId="7511E321" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4.</w:t>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="6E155F65" w14:textId="77777777" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="70CA2EFF" w14:textId="32468275" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="700B9EE1" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...35 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+          <w:p w14:paraId="1E414BF6" w14:textId="1CEBFB5D" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Финансовая отчетность МСФО расширенная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61BDD513" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43FA5758" w14:textId="1B7E9243" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF7372C" w14:textId="4FB447FC" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="054FB0D6" w14:textId="20A70F15" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="136153B7" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-            <w:pPr>
+          <w:p w14:paraId="56079E97" w14:textId="58F2F267" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5.</w:t>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="247B0808" w14:textId="77777777" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="558677F0" w14:textId="7D5BE9C2" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="515ED766" w14:textId="71E0BB80" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...37 lines deleted...]
-              <w:ind w:left="-112" w:firstLine="142"/>
+          <w:p w14:paraId="46DA4D78" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18F9F39F" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2775" w:type="dxa"/>
-[...43 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF148AC" w14:textId="4AA437B5" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...173 lines deleted...]
-                <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="1082489039"/>
+                <w:id w:val="-1847552547"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="421E3F3F" w14:textId="6D895055" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...4 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="37A2F257" w14:textId="75F5A614" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="478C77C7" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="4A23AEB0" w14:textId="7B4A3221" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="1DBA92DF" w14:textId="77777777" w:rsidTr="00E21DD2">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="47A09FFF" w14:textId="55F16F7A" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35733E3E" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...76 lines deleted...]
-          <w:p w14:paraId="43434B94" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="4A870EF7" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="577E6FA3" w14:textId="7528A2DC" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
-              <w:rPr>
-[...191 lines deleted...]
-              <w:ind w:left="-112" w:firstLine="142"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...117 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-964809963"/>
+                <w:id w:val="886919332"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2775" w:type="dxa"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="759CE5A9" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F6C5F09" w14:textId="4803DE92" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...660 lines deleted...]
-                <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="774833133"/>
+                <w:id w:val="-402062508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFFB81B" w14:textId="04EBF3C4" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...4 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="71831710" w14:textId="227DCE9F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2753" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A94402E" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="2A4E777C" w14:textId="68721E96" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="08CBB71C" w14:textId="77777777" w:rsidTr="00295CF9">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="1CE1362A" w14:textId="1F4A938F" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB7C3C3" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...76 lines deleted...]
-          <w:p w14:paraId="39C62209" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="11847626" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EA336FE" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
-              <w:rPr>
-[...113 lines deleted...]
-          <w:p w14:paraId="4A34D364" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ADCB825" w14:textId="288DAFEF" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...305 lines deleted...]
-                <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="1111548780"/>
+                <w:id w:val="-861281925"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A3F1943" w14:textId="06C56293" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...4 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="042CE544" w14:textId="0B86BBBB" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="537C5D9F" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="0B0BA1AE" w14:textId="7D0C5168" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="0EEEE4F9" w14:textId="77777777" w:rsidTr="00295CF9">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="12C324DD" w14:textId="584643AF" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A51D692" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...34 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+          <w:p w14:paraId="44753536" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25E1A915" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E84295B" w14:textId="36819FF1" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5DDAC6CC" w14:textId="5D635C98" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...4 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="01A5053F" w14:textId="10913AA9" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54D2AF43" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="1A9F889D" w14:textId="5C9BF8B8" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4.</w:t>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="0E7F299D" w14:textId="77777777" w:rsidTr="00295CF9">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="57F34772" w14:textId="7548A20F" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFA5225" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...35 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+          <w:p w14:paraId="62E38A70" w14:textId="6F5FAB13" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Бухгалтерская отчетность по стандартам РСБУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DBE2CA6" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FCCB6EA" w14:textId="5D205DDF" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F335E40" w14:textId="47E42017" w:rsidR="00E21DD2" w:rsidRPr="00F349E2" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...4 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="5353288E" w14:textId="1F33583C" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD592F7" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-            <w:pPr>
+          <w:p w14:paraId="7E7E0E09" w14:textId="044DE47C" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5.</w:t>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="7F461574" w14:textId="77777777" w:rsidTr="00295CF9">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="47C06A22" w14:textId="44ED6163" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="626457FF" w14:textId="1EBD55C7" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...67 lines deleted...]
-              <w:ind w:left="-112" w:firstLine="142"/>
+          <w:p w14:paraId="75FDF83C" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42F9601A" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2775" w:type="dxa"/>
-[...43 lines deleted...]
-              <w:pStyle w:val="a5"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65C76AEF" w14:textId="43C3A0B7" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...176 lines deleted...]
-                <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-916699554"/>
+                <w:id w:val="-936912354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21DD2">
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="42F75532" w14:textId="24E9C866" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="324C747A" w14:textId="3B91DC91" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F114AB7" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="61BDDF04" w14:textId="3B431A5A" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="719FA5EE" w14:textId="77777777" w:rsidTr="00295CF9">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="7772AF6E" w14:textId="4C21844E" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="028BF2CC" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...35 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+          <w:p w14:paraId="5E9799DA" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C8A1855" w14:textId="24F023DD" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1710836331"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="709EC800" w14:textId="73E89431" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="2090113125"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1059B9B2" w14:textId="37B9B0AB" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="0BA1580B" w14:textId="2E5E3EDF" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2753" w:type="dxa"/>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="070202CF" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="3CDD74BC" w14:textId="1856B61B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4.</w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w14:paraId="0AB96F98" w14:textId="77777777" w:rsidTr="00295CF9">
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="0BE442AC" w14:textId="16D42651" w:rsidTr="00047F44">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3454" w:type="dxa"/>
+            <w:tcW w:w="2454" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="442BD01C" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...36 lines deleted...]
-            <w:tcW w:w="2775" w:type="dxa"/>
+          <w:p w14:paraId="15D5AB7C" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="233BC1C3" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A770C31" w14:textId="18D44A86" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1478029776"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6C902D46" w14:textId="69BB7220" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="76B5F1B2" w14:textId="166BA3C9" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63CEB8FB" w14:textId="5194E141" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="31352677" w14:textId="0C9B60EF" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FEF106" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78C8F9D6" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31F5A8A7" w14:textId="46850977" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DE0046" w14:textId="041B9A28" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2753" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6253A4D9" w14:textId="77777777" w:rsidR="00E21DD2" w:rsidRPr="002D7A25" w:rsidRDefault="00E21DD2" w:rsidP="00E21DD2">
+          <w:p w14:paraId="3FE26BF1" w14:textId="57926456" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="036AFD2F" w14:textId="6C53E273" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A843E9" w14:textId="4432F4A8" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Рейтинги без агрегации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="266952AA" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="065371AB" w14:textId="51257E41" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF28A54" w14:textId="3853EA62" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6923572D" w14:textId="6C824133" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="6EE06A20" w14:textId="0BD44DDD" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B594A6A" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E7E00B2" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B102B36" w14:textId="31950F70" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-146436964"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C90F1CF" w14:textId="4A3C6C36" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABBDC11" w14:textId="5C0C2269" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="340E731D" w14:textId="43F66EA3" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="286"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E728494" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EFA2143" w14:textId="4DD7EBF3" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1463312246"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E223605" w14:textId="02ED91AC" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1498690907"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ED1EC3" w14:textId="0656770F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFF43B9" w14:textId="5890EABD" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="54D960DF" w14:textId="5ED5E83F" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1CA5C6" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49A36969" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="451A4126" w14:textId="0CDB06E0" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1189177568"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F2387E" w14:textId="417F20CD" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3BA322" w14:textId="4A8A3145" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="6E155F65" w14:textId="3DEE3EEC" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="700B9EE1" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EF28DD0" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52B10409" w14:textId="1D0FB72A" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="136153B7" w14:textId="1B421F21" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F0A8F7" w14:textId="32911163" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="247B0808" w14:textId="668F05A3" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="515ED766" w14:textId="71E0BB80" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Агрегированные рейтинги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7710C854" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="275C2513" w14:textId="3A37504F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="539E06DF" w14:textId="6BF4BF4F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D82C70" w14:textId="28624CAA" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="4CF056F2" w14:textId="5B2D7F94" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="755A0CB1" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55B2A001" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49E27083" w14:textId="59E2325B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1708167335"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="764DD7E7" w14:textId="1507089F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B844820" w14:textId="5E23F0DE" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="79EE2D22" w14:textId="1CCFDB07" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6981DA16" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="669D5784" w14:textId="69958AB5" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="227820222"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06EDF4EA" w14:textId="40B12320" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="942260789"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="478C77C7" w14:textId="0F0326A3" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D12687E" w14:textId="23DC700F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="1DBA92DF" w14:textId="763F9884" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35733E3E" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7647B485" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BC0F7C6" w14:textId="3D335B70" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1549908071"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43434B94" w14:textId="71D9633C" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CAEBC7" w14:textId="5AC3A925" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="0034865C" w14:textId="03C3F375" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09946567" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73E926A5" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706337D3" w14:textId="37E5548B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5710EFC7" w14:textId="74EE2DE2" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5F91E5" w14:textId="1F3CC50A" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="0CBA4828" w14:textId="606CBA9D" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3A8461" w14:textId="558621F9" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37" w:hanging="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Связи и аффилированные лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B58099B" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B4342B" w14:textId="527C7317" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD48B8B" w14:textId="29619C41" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4640115A" w14:textId="070ACD6D" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="310D0E78" w14:textId="22E68077" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A690D81" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D409720" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5099C542" w14:textId="4B754764" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="338825995"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="759CE5A9" w14:textId="3C422532" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDB15BD" w14:textId="44778080" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="3663BE30" w14:textId="12DE02ED" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5B980E" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31C9694A" w14:textId="7CE5C093" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1374576278"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AF76D21" w14:textId="61F2919F" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-257912973"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2198F218" w14:textId="36314381" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A22FCF6" w14:textId="3789874A" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="5E4878F9" w14:textId="5B4F526A" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CE113C" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D9F745C" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AF6BF11" w14:textId="16D8FE46" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="671603650"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0489431E" w14:textId="2122467C" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D199FAD" w14:textId="32180517" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="384C209E" w14:textId="2B0F6A4B" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0990B2D5" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C9020BF" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D9FF19F" w14:textId="093FB85B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E92C933" w14:textId="270CB59C" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="096D8CCD" w14:textId="5E8809B6" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="7FF9DE20" w14:textId="4ABF47E0" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DF2892" w14:textId="15D22CB2" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Корпоративная информация об эмитентах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27FF1FB6" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E8F242A" w14:textId="7045273C" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CF5106" w14:textId="6C053355" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27352715" w14:textId="4617B02B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="5A25ADA3" w14:textId="3D2907C7" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="274BB639" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B58534D" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D162CCF" w14:textId="017046CA" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-808698785"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAF5A32" w14:textId="746B2277" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1C2B24" w14:textId="15CE2A3B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="0178B547" w14:textId="55AFF9B7" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FD46AE" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E87D19C" w14:textId="6783CDF9" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="707996776"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="387543DB" w14:textId="1680995A" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1977034436"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A94402E" w14:textId="66C1EB85" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0BC210" w14:textId="2136CD49" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="08CBB71C" w14:textId="6D20BED2" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB7C3C3" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="447C8245" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21E93F68" w14:textId="1B812531" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-317188759"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C62209" w14:textId="05B8E9AD" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C45646B" w14:textId="4E6E37AB" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="4627BCEA" w14:textId="2D2A2687" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4BFF05" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="154CA2E0" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E5C94AD" w14:textId="779E771E" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A34D364" w14:textId="0C323D0B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4514D1B9" w14:textId="755A8644" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="6D6D2D56" w14:textId="4ABE8764" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E870D08" w14:textId="3B0956F8" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦКИ Корпоративные действия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="069C830F" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AE7D662" w14:textId="38113149" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC56828" w14:textId="40C0AE34" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5CD15C" w14:textId="56E2C533" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="4D353B5B" w14:textId="25D87B95" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="143B073C" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FA037BE" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EEC5B0B" w14:textId="3D5C7924" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1625383124"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED04522" w14:textId="6B18511B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D09CFB4" w14:textId="54B41ECD" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="2A7B37B9" w14:textId="7C721EA7" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B65C838" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C4DE7CF" w14:textId="5B5B22E8" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1929119643"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D1132D6" w14:textId="60872972" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1476901793"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="537C5D9F" w14:textId="6C6D6D91" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="410EED05" w14:textId="1D0E802E" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="0EEEE4F9" w14:textId="74A7B87F" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A51D692" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33ED2660" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15F4DB7F" w14:textId="13C2D189" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="1202826761"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D2AF43" w14:textId="57D80997" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="615DDE9D" w14:textId="50583928" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="0E7F299D" w14:textId="69321E40" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFA5225" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EE05213" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="145EEF12" w14:textId="2BE5EDCB" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD592F7" w14:textId="6D95515B" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BF68B3" w14:textId="63958234" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="3A12DD01" w14:textId="442060A3" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="666D10FB" w14:textId="0CD63170" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="37"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЦКИ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>IR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>календарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59CE7AE8" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06485E55" w14:textId="6EB967C2" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2157A2F2" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29281D3D" w14:textId="1DB4A144" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="00278D60" w14:textId="02F686B4" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00B546F5" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06692248" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70C201FB" w14:textId="614DF2D1" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1509513810"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD2EEFF" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="469A5D30" w14:textId="359B6B12" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="156C60FB" w14:textId="2AF5E451" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08673C19" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74936B81" w14:textId="0E25BDCB" w:rsidR="00B46339" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1532107864"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75FD0D03" w14:textId="0A54DC48" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-2001255578"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E91F8F" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3644B4CB" w14:textId="26676250" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="27743DFB" w14:textId="04D8A086" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D14137" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="714D6E68" w14:textId="77777777" w:rsidR="00B46339" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39E0F07A" w14:textId="56901A4A" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:id w:val="-1615748728"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B46339" w:rsidRPr="000A24DA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:lang w:eastAsia="ru-RU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B46339" w:rsidRPr="00DD3C37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тарифный план 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="057653A9" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0592E0D1" w14:textId="6733698E" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B46339" w:rsidRPr="002D7A25" w14:paraId="500E6157" w14:textId="6EC764E0" w:rsidTr="00047F44">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="317A99E1" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65692C38" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="672CB48C" w14:textId="429190B4" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39175B17" w14:textId="77777777" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D7A25">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7275D2FE" w14:textId="3A656C44" w:rsidR="00B46339" w:rsidRPr="002D7A25" w:rsidRDefault="00B46339" w:rsidP="00B46339">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55321B6C" w14:textId="77777777" w:rsidR="00060436" w:rsidRPr="00060436" w:rsidRDefault="00060436" w:rsidP="00060436">
+    <w:p w14:paraId="6C67439A" w14:textId="01C5FD76" w:rsidR="00C20A8C" w:rsidRPr="002D7A25" w:rsidRDefault="00C20A8C" w:rsidP="009213A1">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6244CF17" w14:textId="76CCC83F" w:rsidR="00BD4911" w:rsidRPr="002D7A25" w:rsidRDefault="008C2518" w:rsidP="00154E49">
+    <w:p w14:paraId="6244CF17" w14:textId="76CCC83F" w:rsidR="00BD4911" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00154E49">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:id w:val="-726832304"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -11166,1004 +15127,1015 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Предоставление информации ЦКИ»</w:t>
       </w:r>
       <w:r w:rsidR="00BD4911" w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E95365">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>для всех подключенных ранее логинов</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7655" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6096"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00401B73" w:rsidRPr="002D7A25" w14:paraId="30211A3F" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00401B73" w:rsidRPr="002D7A25" w14:paraId="30211A3F" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220453DE" w14:textId="2ECF912F" w:rsidR="00401B73" w:rsidRPr="002D7A25" w:rsidRDefault="00401B73" w:rsidP="00146243">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="310C5A03" w14:textId="3E73286D" w:rsidR="00401B73" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00146243">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Аннулировать</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="69B9E31F" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="69B9E31F" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24181F94" w14:textId="24985A54" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Финансовая отчетность МСФО краткая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FBE8284" w14:textId="67A3A0D6" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="2FBE8284" w14:textId="5865BAAB" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="431248697"/>
+                <w:id w:val="-346566604"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="64589AFF" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="64589AFF" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BF80E81" w14:textId="05BF22D6" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Финансовая отчетность МСФО расширенная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36513485" w14:textId="6282A1C9" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="36513485" w14:textId="14B72AC9" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="920683849"/>
+                <w:id w:val="854004520"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="7878F383" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="7878F383" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6D549C" w14:textId="22AB9BD6" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Бухгалтерская отчетность по стандартам РСБУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F53AF4C" w14:textId="3CDC1C03" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="6F53AF4C" w14:textId="61884B42" w:rsidR="00886B6D" w:rsidRPr="000A24DA" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-1694374454"/>
+                <w:id w:val="-1545513207"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="52A413DF" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="52A413DF" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="730BC40A" w14:textId="32BC0C3C" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Рейтинги без агрегации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="256C9BDC" w14:textId="33865200" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="256C9BDC" w14:textId="3954E2BE" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="266656750"/>
+                <w:id w:val="-55015653"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="5091D1C0" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="5091D1C0" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76D1965A" w14:textId="79572930" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Агрегированные рейтинги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6181EDEF" w14:textId="52980EE9" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="6181EDEF" w14:textId="11EB7CA3" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="162973220"/>
+                <w:id w:val="-793897787"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="01AAB907" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="01AAB907" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AE5845C" w14:textId="47789CED" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Связи и аффилированные лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4213838E" w14:textId="3899542A" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="4213838E" w14:textId="031A5A3B" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-207887908"/>
+                <w:id w:val="-578207134"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="23619B90" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="23619B90" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C16759E" w14:textId="267F0107" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Корпоративная информация об эмитентах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34AB1C18" w14:textId="63B5E834" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="34AB1C18" w14:textId="3A3C073B" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="1457760792"/>
+                <w:id w:val="1644155904"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="15BEC9A2" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="15BEC9A2" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46FCF2A5" w14:textId="5AC0F98B" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЦКИ Корпоративные действия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70F58366" w14:textId="69BAD633" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="70F58366" w14:textId="2822D6A6" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-1088622805"/>
+                <w:id w:val="-564338297"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="1D92B5D4" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="00886B6D" w:rsidRPr="002D7A25" w14:paraId="1D92B5D4" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0940703E" w14:textId="1E4D8A8B" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
+          <w:p w14:paraId="0940703E" w14:textId="3A928CE3" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00886B6D" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ЦКИ </w:t>
             </w:r>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>IR</w:t>
             </w:r>
-            <w:r w:rsidR="005F17FF">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00AD4121">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>календарь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="081EB858" w14:textId="30FFF039" w:rsidR="00886B6D" w:rsidRPr="00F349E2" w:rsidRDefault="008C2518" w:rsidP="00886B6D">
+          <w:p w14:paraId="081EB858" w14:textId="2AF27F92" w:rsidR="00886B6D" w:rsidRPr="002D7A25" w:rsidRDefault="00FB2999" w:rsidP="00886B6D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="ru-RU"/>
                 </w:rPr>
-                <w:id w:val="-1624299937"/>
+                <w:id w:val="-424114773"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F349E2">
+                <w:r w:rsidR="000A24DA" w:rsidRPr="000A24DA">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                     <w:lang w:eastAsia="ru-RU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4312C7ED" w14:textId="01E4AF0A" w:rsidR="00BD4911" w:rsidRPr="002D7A25" w:rsidRDefault="00BD4911" w:rsidP="009213A1">
+    <w:p w14:paraId="52DD1300" w14:textId="41B29F45" w:rsidR="007E3DF9" w:rsidRPr="002D7A25" w:rsidRDefault="007E3DF9" w:rsidP="009213A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="18"/>
-        <w:tblW w:w="10065" w:type="dxa"/>
-        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3923"/>
+        <w:gridCol w:w="3781"/>
         <w:gridCol w:w="2302"/>
         <w:gridCol w:w="2139"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="6654AB6F" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="6654AB6F" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="685"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="3781" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097D7A79" w14:textId="27889202" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ответственные лица</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DD02915" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -12206,211 +16178,211 @@
           <w:tcPr>
             <w:tcW w:w="2139" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C3E8FA0" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:ind w:left="709" w:hanging="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57189D3A" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:ind w:left="709" w:hanging="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="35141056" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="35141056" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="3781" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5941BAB5" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>По организационным вопросам:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49A4957C" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:ind w:left="709" w:hanging="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2139" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A0786D2" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:ind w:left="709" w:hanging="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DCBF8CA" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:ind w:left="709" w:hanging="709"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="140D4C56" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="140D4C56" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="3781" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DC37A7F" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>По техническим вопросам:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F3F5060" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2139" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AFB3E7B" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0398B2BA" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="6217B107" w14:textId="77777777" w:rsidTr="002D7A25">
+      <w:tr w:rsidR="009213A1" w:rsidRPr="002D7A25" w14:paraId="6217B107" w14:textId="77777777" w:rsidTr="00945DDF">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3923" w:type="dxa"/>
+            <w:tcW w:w="3781" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D362CA6" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7A25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>По вопросам, связанных с оплатой услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -12421,51 +16393,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2139" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13D4B634" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="625E98C5" w14:textId="77777777" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="00284A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07B1964C" w14:textId="77777777" w:rsidR="00DC07D5" w:rsidRPr="002D7A25" w:rsidRDefault="00DC07D5" w:rsidP="009213A1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15CBAC24" w14:textId="5092896D" w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidRDefault="009213A1" w:rsidP="009213A1">
@@ -13050,272 +17022,244 @@
         <w:t xml:space="preserve">в электронном виде по ЭДО с использованием </w:t>
       </w:r>
       <w:r w:rsidR="00E60565" w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">электронной подписи </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7A25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>представителя организации, действующего на основании доверенности или устава.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidSect="00827CF5">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+    <w:sectPr w:rsidR="009213A1" w:rsidRPr="002D7A25" w:rsidSect="00047F44">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="850" w:bottom="1418" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="991" w:bottom="1418" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E0542CE" w14:textId="77777777" w:rsidR="008C2518" w:rsidRDefault="008C2518" w:rsidP="001E7298">
+    <w:p w14:paraId="66F33D2A" w14:textId="77777777" w:rsidR="00FB2999" w:rsidRDefault="00FB2999" w:rsidP="001E7298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A69DA8D" w14:textId="77777777" w:rsidR="008C2518" w:rsidRDefault="008C2518" w:rsidP="001E7298">
+    <w:p w14:paraId="37724521" w14:textId="77777777" w:rsidR="00FB2999" w:rsidRDefault="00FB2999" w:rsidP="001E7298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="06CAB5CE" w14:textId="77777777" w:rsidR="00510DD3" w:rsidRDefault="00510DD3">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-806086015"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="2339B7EE" w14:textId="79E79F3B" w:rsidR="00F52487" w:rsidRDefault="00F52487">
+      <w:p w14:paraId="2339B7EE" w14:textId="79E79F3B" w:rsidR="005103A4" w:rsidRDefault="005103A4">
         <w:pPr>
           <w:pStyle w:val="af2"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="1FC7BE95" w14:textId="77777777" w:rsidR="00F52487" w:rsidRDefault="00F52487">
-[...9 lines deleted...]
-  <w:p w14:paraId="7911795A" w14:textId="77777777" w:rsidR="00510DD3" w:rsidRDefault="00510DD3">
+  <w:p w14:paraId="1FC7BE95" w14:textId="77777777" w:rsidR="005103A4" w:rsidRDefault="005103A4">
     <w:pPr>
       <w:pStyle w:val="af2"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FAE7A20" w14:textId="77777777" w:rsidR="008C2518" w:rsidRDefault="008C2518" w:rsidP="001E7298">
+    <w:p w14:paraId="13422062" w14:textId="77777777" w:rsidR="00FB2999" w:rsidRDefault="00FB2999" w:rsidP="001E7298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75A23B90" w14:textId="77777777" w:rsidR="008C2518" w:rsidRDefault="008C2518" w:rsidP="001E7298">
+    <w:p w14:paraId="58EBDDA6" w14:textId="77777777" w:rsidR="00FB2999" w:rsidRDefault="00FB2999" w:rsidP="001E7298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1465770F" w14:textId="77777777" w:rsidR="00510DD3" w:rsidRDefault="00510DD3">
+  <w:p w14:paraId="120B6028" w14:textId="5C9AB622" w:rsidR="005103A4" w:rsidRDefault="005103A4">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="48B73639" w14:textId="77777777" w:rsidR="005103A4" w:rsidRDefault="005103A4">
     <w:pPr>
       <w:pStyle w:val="af0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="5DC1E6C0" w14:textId="77777777" w:rsidR="00510DD3" w:rsidRDefault="00510DD3">
-[...9 lines deleted...]
-  <w:p w14:paraId="61859ACF" w14:textId="127C09F5" w:rsidR="00F76C68" w:rsidRDefault="00F76C68">
+  <w:p w14:paraId="1E3D9690" w14:textId="2BC802CC" w:rsidR="005103A4" w:rsidRDefault="005103A4" w:rsidP="007E3DF9">
     <w:pPr>
       <w:pStyle w:val="af0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-6"/>
       </w:rPr>
       <w:t>Заявление на у</w:t>
     </w:r>
     <w:r w:rsidRPr="00F42EA1">
       <w:rPr>
         <w:spacing w:val="-6"/>
       </w:rPr>
       <w:t>слуг</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-6"/>
       </w:rPr>
       <w:t>и</w:t>
     </w:r>
     <w:r w:rsidRPr="00F42EA1">
       <w:rPr>
         <w:spacing w:val="-20"/>
       </w:rPr>
@@ -13491,163 +17435,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B3B7F27"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF4132E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9228DBE"/>
     <w:lvl w:ilvl="0" w:tplc="5C9A1382">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -13715,51 +17546,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11A17D1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB1608F8"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -13827,51 +17658,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="161F4F45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC42E86E"/>
     <w:lvl w:ilvl="0" w:tplc="540470BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13917,51 +17748,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CE35452"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2066D5C"/>
     <w:lvl w:ilvl="0" w:tplc="D388BE38">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14007,51 +17838,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F2D2848"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD000316"/>
     <w:lvl w:ilvl="0" w:tplc="7B7CD94C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -14121,51 +17952,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21C41B35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD84EA70"/>
     <w:lvl w:ilvl="0" w:tplc="04190015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14207,51 +18038,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ABA2B44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5440925E"/>
     <w:lvl w:ilvl="0" w:tplc="64D6E600">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -14298,165 +18129,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46236F05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACC0CFBA"/>
     <w:lvl w:ilvl="0" w:tplc="B274BDF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14502,51 +18219,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58EB7B4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46E07C54"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14615,51 +18332,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C571A88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB5E8864"/>
     <w:lvl w:ilvl="0" w:tplc="D388BE38">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14706,278 +18423,273 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="13"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008064DA"/>
     <w:rsid w:val="00004BAF"/>
     <w:rsid w:val="000118A2"/>
     <w:rsid w:val="000330CA"/>
-    <w:rsid w:val="00060436"/>
+    <w:rsid w:val="00047F44"/>
+    <w:rsid w:val="000619C5"/>
+    <w:rsid w:val="00081E9B"/>
+    <w:rsid w:val="000A24DA"/>
     <w:rsid w:val="000F042C"/>
     <w:rsid w:val="000F0DD3"/>
     <w:rsid w:val="001012AF"/>
     <w:rsid w:val="00107FEF"/>
     <w:rsid w:val="001105B2"/>
     <w:rsid w:val="00113701"/>
     <w:rsid w:val="001153EE"/>
     <w:rsid w:val="0014257A"/>
     <w:rsid w:val="00146243"/>
     <w:rsid w:val="00154E49"/>
-    <w:rsid w:val="00171A40"/>
     <w:rsid w:val="00187B5D"/>
     <w:rsid w:val="00192B4B"/>
+    <w:rsid w:val="001C769C"/>
     <w:rsid w:val="001E7298"/>
     <w:rsid w:val="001F58E0"/>
     <w:rsid w:val="0022104C"/>
     <w:rsid w:val="00225BBB"/>
     <w:rsid w:val="00232FE5"/>
     <w:rsid w:val="00284A03"/>
-    <w:rsid w:val="00295CF9"/>
+    <w:rsid w:val="002D70CE"/>
     <w:rsid w:val="002D7A25"/>
     <w:rsid w:val="00302B6F"/>
-    <w:rsid w:val="00382143"/>
     <w:rsid w:val="003A7B5F"/>
     <w:rsid w:val="003D506F"/>
     <w:rsid w:val="003E1EFA"/>
     <w:rsid w:val="003F6A14"/>
     <w:rsid w:val="00401B73"/>
     <w:rsid w:val="00423EB3"/>
+    <w:rsid w:val="00432277"/>
     <w:rsid w:val="00446960"/>
     <w:rsid w:val="00472197"/>
+    <w:rsid w:val="004D2B0B"/>
     <w:rsid w:val="004D3D66"/>
-    <w:rsid w:val="00510DD3"/>
+    <w:rsid w:val="005103A4"/>
     <w:rsid w:val="00516310"/>
+    <w:rsid w:val="00524D50"/>
     <w:rsid w:val="00531CB6"/>
-    <w:rsid w:val="00582DDA"/>
+    <w:rsid w:val="0053513E"/>
+    <w:rsid w:val="00537667"/>
     <w:rsid w:val="00596D05"/>
     <w:rsid w:val="005A73F5"/>
     <w:rsid w:val="005F17FF"/>
-    <w:rsid w:val="0062568D"/>
     <w:rsid w:val="0062678F"/>
-    <w:rsid w:val="00632601"/>
     <w:rsid w:val="0064175D"/>
     <w:rsid w:val="00666024"/>
     <w:rsid w:val="00684818"/>
+    <w:rsid w:val="006944CA"/>
     <w:rsid w:val="006C360B"/>
     <w:rsid w:val="006E78E2"/>
     <w:rsid w:val="007309FA"/>
-    <w:rsid w:val="0074094D"/>
     <w:rsid w:val="007B6D1A"/>
     <w:rsid w:val="007B7EF9"/>
     <w:rsid w:val="007C4C84"/>
-    <w:rsid w:val="007C599C"/>
+    <w:rsid w:val="007E1546"/>
+    <w:rsid w:val="007E3DF9"/>
     <w:rsid w:val="008064DA"/>
-    <w:rsid w:val="00827CF5"/>
     <w:rsid w:val="00882197"/>
     <w:rsid w:val="00886B6D"/>
     <w:rsid w:val="008A6C18"/>
-    <w:rsid w:val="008C2518"/>
     <w:rsid w:val="009213A1"/>
     <w:rsid w:val="00923E02"/>
+    <w:rsid w:val="00945DDF"/>
+    <w:rsid w:val="00946774"/>
+    <w:rsid w:val="00957F91"/>
+    <w:rsid w:val="009650EC"/>
+    <w:rsid w:val="00970603"/>
     <w:rsid w:val="009807AB"/>
+    <w:rsid w:val="009957B2"/>
+    <w:rsid w:val="009B6E26"/>
     <w:rsid w:val="009C5153"/>
     <w:rsid w:val="009C5904"/>
-    <w:rsid w:val="009C796A"/>
     <w:rsid w:val="009D7D2D"/>
     <w:rsid w:val="009E0E16"/>
     <w:rsid w:val="009E66A2"/>
     <w:rsid w:val="009F02C7"/>
     <w:rsid w:val="00A13251"/>
-    <w:rsid w:val="00A13694"/>
     <w:rsid w:val="00A13FBE"/>
-    <w:rsid w:val="00A27E21"/>
     <w:rsid w:val="00A718FA"/>
     <w:rsid w:val="00AC1C98"/>
     <w:rsid w:val="00AD06E2"/>
+    <w:rsid w:val="00AD4121"/>
     <w:rsid w:val="00B2025E"/>
-    <w:rsid w:val="00B22F72"/>
-    <w:rsid w:val="00B26760"/>
     <w:rsid w:val="00B26771"/>
+    <w:rsid w:val="00B46339"/>
     <w:rsid w:val="00B52947"/>
-    <w:rsid w:val="00B82E1B"/>
-    <w:rsid w:val="00BB7A94"/>
     <w:rsid w:val="00BC44CE"/>
     <w:rsid w:val="00BD4911"/>
     <w:rsid w:val="00BE7A47"/>
     <w:rsid w:val="00BE7C3B"/>
     <w:rsid w:val="00BF5360"/>
     <w:rsid w:val="00C07246"/>
     <w:rsid w:val="00C077DA"/>
     <w:rsid w:val="00C1157B"/>
+    <w:rsid w:val="00C171CA"/>
     <w:rsid w:val="00C20A8C"/>
     <w:rsid w:val="00C3714E"/>
     <w:rsid w:val="00C54D39"/>
     <w:rsid w:val="00C62894"/>
     <w:rsid w:val="00C707CE"/>
     <w:rsid w:val="00C7115B"/>
     <w:rsid w:val="00C86D3C"/>
     <w:rsid w:val="00CB7FC7"/>
     <w:rsid w:val="00CE2AF5"/>
     <w:rsid w:val="00CE3768"/>
     <w:rsid w:val="00D014B8"/>
+    <w:rsid w:val="00D0681A"/>
     <w:rsid w:val="00D148F2"/>
     <w:rsid w:val="00D23FF2"/>
-    <w:rsid w:val="00D347CB"/>
     <w:rsid w:val="00D54044"/>
     <w:rsid w:val="00D62761"/>
     <w:rsid w:val="00D96479"/>
     <w:rsid w:val="00DA2B0E"/>
-    <w:rsid w:val="00DB305E"/>
     <w:rsid w:val="00DC07D5"/>
+    <w:rsid w:val="00DD3C37"/>
     <w:rsid w:val="00DE1C80"/>
     <w:rsid w:val="00E03407"/>
-    <w:rsid w:val="00E05433"/>
     <w:rsid w:val="00E17AA5"/>
-    <w:rsid w:val="00E21DD2"/>
+    <w:rsid w:val="00E23C6E"/>
     <w:rsid w:val="00E3075E"/>
     <w:rsid w:val="00E3295B"/>
     <w:rsid w:val="00E60565"/>
+    <w:rsid w:val="00E62955"/>
     <w:rsid w:val="00E77F87"/>
+    <w:rsid w:val="00E8064D"/>
     <w:rsid w:val="00E95365"/>
     <w:rsid w:val="00E96144"/>
     <w:rsid w:val="00EC2C66"/>
-    <w:rsid w:val="00ED1FFB"/>
     <w:rsid w:val="00ED6104"/>
-    <w:rsid w:val="00F00360"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F349E2"/>
     <w:rsid w:val="00F52487"/>
     <w:rsid w:val="00F5772C"/>
-    <w:rsid w:val="00F63B5F"/>
-    <w:rsid w:val="00F76C68"/>
+    <w:rsid w:val="00FA56BD"/>
+    <w:rsid w:val="00FB2999"/>
+    <w:rsid w:val="00FC1749"/>
+    <w:rsid w:val="00FC60D5"/>
     <w:rsid w:val="00FD4B72"/>
     <w:rsid w:val="00FE4B3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="41A40A42"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{54BCE75F-E04F-4E00-9FB8-601B38B62806}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -15707,51 +19419,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2002808355">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passport.moex.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passport.moex.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A0AD30B37E224EEAB3EB4993B43CD101"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EC7F58D5-1623-4FED-90E3-9DFF4731BAAD}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -15775,149 +19487,151 @@
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB5135"/>
     <w:rsid w:val="0000121F"/>
     <w:rsid w:val="0002744C"/>
     <w:rsid w:val="00043ED3"/>
-    <w:rsid w:val="00166B5F"/>
     <w:rsid w:val="001A406E"/>
     <w:rsid w:val="001D5F72"/>
     <w:rsid w:val="00231917"/>
-    <w:rsid w:val="00237772"/>
+    <w:rsid w:val="002F0F85"/>
     <w:rsid w:val="00302EE1"/>
     <w:rsid w:val="004901E8"/>
     <w:rsid w:val="004F653B"/>
     <w:rsid w:val="00540C78"/>
     <w:rsid w:val="00555608"/>
     <w:rsid w:val="005E0A8E"/>
-    <w:rsid w:val="0062201A"/>
-    <w:rsid w:val="0064442F"/>
+    <w:rsid w:val="006960A4"/>
     <w:rsid w:val="006F5229"/>
+    <w:rsid w:val="00722167"/>
     <w:rsid w:val="0074041D"/>
     <w:rsid w:val="0087094F"/>
     <w:rsid w:val="008B1E07"/>
     <w:rsid w:val="00980523"/>
+    <w:rsid w:val="009A259E"/>
+    <w:rsid w:val="009B7A97"/>
     <w:rsid w:val="00A30A6E"/>
-    <w:rsid w:val="00A9114A"/>
     <w:rsid w:val="00A93701"/>
     <w:rsid w:val="00AC041D"/>
+    <w:rsid w:val="00B529C2"/>
     <w:rsid w:val="00BA7FB9"/>
     <w:rsid w:val="00BB5135"/>
     <w:rsid w:val="00BB7995"/>
     <w:rsid w:val="00BD2991"/>
+    <w:rsid w:val="00BF14E2"/>
     <w:rsid w:val="00C562DE"/>
     <w:rsid w:val="00D1376B"/>
+    <w:rsid w:val="00D275C3"/>
     <w:rsid w:val="00DA17FE"/>
     <w:rsid w:val="00DF062B"/>
     <w:rsid w:val="00E561E7"/>
     <w:rsid w:val="00ED4856"/>
-    <w:rsid w:val="00F13CF5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
@@ -16339,53 +20053,57 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BB5135"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0AD30B37E224EEAB3EB4993B43CD1012">
     <w:name w:val="A0AD30B37E224EEAB3EB4993B43CD1012"/>
     <w:rsid w:val="00BB5135"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="517B754760F940AA935273BD8AF19359">
-[...1 lines deleted...]
-    <w:rsid w:val="00A9114A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8353130FD59D4474B7A1FAAA7921FCF5">
+    <w:name w:val="8353130FD59D4474B7A1FAAA7921FCF5"/>
+    <w:rsid w:val="009A259E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EA32900F4044CD480EBA9ACF0335EDA">
+    <w:name w:val="6EA32900F4044CD480EBA9ACF0335EDA"/>
+    <w:rsid w:val="009A259E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -16657,81 +20375,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47E26884-431B-4AF8-9241-CEEF29416D89}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D62CBE00-78D0-4B2A-816C-54C51EDA438E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>597</Words>
-  <Characters>3406</Characters>
+  <Words>782</Words>
+  <Characters>4462</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3996</CharactersWithSpaces>
+  <CharactersWithSpaces>5234</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Никитина Юлия Валерьевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>