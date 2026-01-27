--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -5,20915 +5,22075 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="5B3C0D24" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="005C43C7" w:rsidRDefault="002863D6" w:rsidP="00437032">
+    <w:p w14:paraId="5B3C0D24" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Approved </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D0F958" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="005C43C7" w:rsidRDefault="00CB14C1" w:rsidP="00437032">
+    <w:p w14:paraId="29D0F958" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="00CB14C1" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">by the resolution of the </w:t>
       </w:r>
-      <w:r w:rsidR="002863D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002863D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Supervisory Board</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FA6196" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="005C43C7" w:rsidRDefault="002863D6" w:rsidP="00437032">
+    <w:p w14:paraId="50FA6196" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Moscow Exchange</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307E8F4F" w14:textId="2780B903" w:rsidR="002863D6" w:rsidRPr="005C43C7" w:rsidRDefault="00F43B18" w:rsidP="00437032">
+    <w:p w14:paraId="307E8F4F" w14:textId="6E29F994" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="00F43B18" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F43B18">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>on August 12, 2020 (Minutes No 7)</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00F62C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>June 24,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8509A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Minutes No</w:t>
+      </w:r>
+      <w:r w:rsidR="00F62C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F62C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="024C9F0C" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="005C43C7" w:rsidRDefault="002863D6" w:rsidP="00437032">
+    <w:p w14:paraId="024C9F0C" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="507E3E90" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="507E3E90" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="163304CA" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="163304CA" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E4B8822" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="3E4B8822" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72B25684" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="72B25684" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EAE01CF" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="3EAE01CF" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="348845C8" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="348845C8" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AE9CC7D" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="6AE9CC7D" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2656D883" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="2656D883" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CBCF23A" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="6CBCF23A" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A596B4" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="27A596B4" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16934625" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="16934625" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF6A93F" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="2AF6A93F" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53C7AB61" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="53C7AB61" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E068BBF" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="2E068BBF" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D099334" w14:textId="77777777" w:rsidR="0005221A" w:rsidRDefault="002863D6" w:rsidP="0005221A">
+    <w:p w14:paraId="2D099334" w14:textId="77777777" w:rsidR="0005221A" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="0005221A">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ADMISSION RULES TO PARTICIPATION IN ORGANISED TRADING </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2BDA41" w14:textId="56F9178E" w:rsidR="002863D6" w:rsidRDefault="002863D6" w:rsidP="0005221A">
+    <w:p w14:paraId="4C2BDA41" w14:textId="56F9178E" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="0005221A">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">OF </w:t>
       </w:r>
-      <w:r w:rsidR="00372899">
+      <w:r w:rsidR="00372899" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>MOSCOW EXCHANGE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B4CBBD" w14:textId="473A5DF8" w:rsidR="0005221A" w:rsidRPr="0005221A" w:rsidRDefault="0005221A" w:rsidP="0005221A">
+    <w:p w14:paraId="74B4CBBD" w14:textId="473A5DF8" w:rsidR="0005221A" w:rsidRPr="001C058E" w:rsidRDefault="0005221A" w:rsidP="0005221A">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2533DF84" w14:textId="77777777" w:rsidR="0005221A" w:rsidRPr="0005221A" w:rsidRDefault="0005221A" w:rsidP="0005221A">
+    <w:p w14:paraId="2533DF84" w14:textId="77777777" w:rsidR="0005221A" w:rsidRPr="001C058E" w:rsidRDefault="0005221A" w:rsidP="0005221A">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4960CE79" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="005C43C7" w:rsidRDefault="002863D6" w:rsidP="0005221A">
+    <w:p w14:paraId="4960CE79" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="0005221A">
       <w:pPr>
         <w:pStyle w:val="Noaoon1"/>
         <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> PART III. DERIVATIVES MARKET</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5A83FC" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="005C43C7" w:rsidRDefault="009F459E" w:rsidP="00437032">
+    <w:p w14:paraId="6F5A83FC" w14:textId="77777777" w:rsidR="009F459E" w:rsidRPr="001C058E" w:rsidRDefault="009F459E" w:rsidP="00437032">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E865EF1" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="005C43C7" w:rsidRDefault="002863D6" w:rsidP="00437032">
+    <w:p w14:paraId="7E865EF1" w14:textId="77777777" w:rsidR="002863D6" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="00437032">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F54242" w14:textId="46CEEE3F" w:rsidR="00A31E69" w:rsidRDefault="00EC374C" w:rsidP="00AA45A0">
+    <w:p w14:paraId="03F54242" w14:textId="46CEEE3F" w:rsidR="00A31E69" w:rsidRPr="001C058E" w:rsidRDefault="00EC374C" w:rsidP="00AA45A0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6915"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>TABLE OF CONTENT</w:t>
       </w:r>
-      <w:r w:rsidR="00DE670E">
+      <w:r w:rsidR="00DE670E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00AA45A0">
+      <w:r w:rsidR="00AA45A0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DDE395" w14:textId="77777777" w:rsidR="00DE670E" w:rsidRPr="005C43C7" w:rsidRDefault="00DE670E" w:rsidP="00437032">
+    <w:p w14:paraId="38DDE395" w14:textId="77777777" w:rsidR="00DE670E" w:rsidRPr="001C058E" w:rsidRDefault="00DE670E" w:rsidP="00437032">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F1750EF" w14:textId="52B21896" w:rsidR="007E65A2" w:rsidRDefault="00101415">
+    <w:p w14:paraId="7F1750EF" w14:textId="58EE0BA3" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00101415">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc47461921" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:caps/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Section 01. </w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="0"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>GENERAL PROVISIONS</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461921 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C88D02B" w14:textId="517C21EB" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="3C88D02B" w14:textId="30C386B1" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461922" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 01.01.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Purpose of the Derivatives Market Admission Rules</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461922 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67A6D876" w14:textId="7EE4D364" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="67A6D876" w14:textId="2F90F428" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461923" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 01.02.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Terms and Definitions</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461923 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06CB14B7" w14:textId="0EAD7EB5" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="06CB14B7" w14:textId="0DFFAA47" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461924" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:caps/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Section 02. </w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="0"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>PECULIARITIES OF SUBSCRIPTION FEE AND COMMISSION FEE PAYMENT ON THE DERIVATIVES MARKET</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461924 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37E66EE6" w14:textId="7F0C9618" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="37E66EE6" w14:textId="1889A310" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461925" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Article 02.01. </w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Peculiarities of Subscription Fee Payment on the Derivatives Market</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461925 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E392CCC" w14:textId="447B0FD4" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="1E392CCC" w14:textId="717F05EF" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461926" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Article 02.02. </w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Peculiarities of Commission Fee Payment on the Derivatives Market</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461926 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="12784D47" w14:textId="381FB578" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="12784D47" w14:textId="792081C6" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461927" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:caps/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Section 03. </w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="0"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>REQUIREMENTS TO TRADING MEMBERS</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461927 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C3954FE" w14:textId="756A5DCA" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="2C3954FE" w14:textId="390D42DA" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461928" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 03.01.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Categories of Trading Members on the Derivatives Market and Additional Requirements Set for Admission Thereof to Trading</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461928 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E7E5098" w14:textId="2B335247" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="2E7E5098" w14:textId="2CFF6C75" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461929" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:caps/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">Section 04. </w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="0"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>REGISTRATION OF TRADING MEMBERS</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461929 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3EE69329" w14:textId="754010A8" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="3EE69329" w14:textId="4A0C297D" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461930" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 04.01.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Peculiarities of a Trading Member’s Registration</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461930 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EA871B9" w14:textId="33E3608E" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="2EA871B9" w14:textId="13A305A1" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461931" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:caps/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Section 05.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="0"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:bCs/>
             <w:caps/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> RESTRICTION, PARTICULARITIES OF SUSPENSION AND TERMINATION OF ADMISSION TO TRADING ON thE derivatives MARKET</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461931 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F1F9A48" w14:textId="40BE880A" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="0F1F9A48" w14:textId="52FC7F56" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461932" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 05.01.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">Restriction of </w:t>
+          <w:t>Restriction of a Trading Member’s Admission to Trading on the Derivatives Market</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
-[...17 lines deleted...]
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461932 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A6E67FD" w14:textId="2ED0C81D" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="4A6E67FD" w14:textId="268D1A4D" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461933" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 05.02.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Additional Grounds for and Peculiarities of Suspension of Admission to Trading on the Derivatives Market</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461933 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="089838B8" w14:textId="21067B62" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="089838B8" w14:textId="42C86BD0" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461934" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 05.03.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Additional Grounds for and Peculiarities of Termination of a Trading Member’s Admission to Trading on the Derivatives Market</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461934 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52C49C38" w14:textId="3124C9FD" w:rsidR="007E65A2" w:rsidRDefault="00F43B18">
+    <w:p w14:paraId="52C49C38" w14:textId="30B318E9" w:rsidR="007E65A2" w:rsidRPr="001C058E" w:rsidRDefault="00F62C07">
       <w:pPr>
         <w:pStyle w:val="25"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc47461935" w:history="1">
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Article 05.04.</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2" w:rsidRPr="002C5C1F">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:rStyle w:val="af8"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Resumption of a Trading Member’s Admission to Trading on the Derivatives Market</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc47461935 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="007E65A2">
+        <w:r w:rsidR="007E65A2" w:rsidRPr="001C058E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29BADD6F" w14:textId="76C4EEBA" w:rsidR="00F03524" w:rsidRPr="005C43C7" w:rsidRDefault="00101415" w:rsidP="00437032">
+    <w:p w14:paraId="29BADD6F" w14:textId="76C4EEBA" w:rsidR="00F03524" w:rsidRPr="001C058E" w:rsidRDefault="00101415" w:rsidP="00437032">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:iCs/>
           <w:noProof/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CDAFF6" w14:textId="7421E3ED" w:rsidR="00B9172A" w:rsidRPr="005C43C7" w:rsidRDefault="00BE6CD1" w:rsidP="00437032">
+    <w:p w14:paraId="00CDAFF6" w14:textId="7421E3ED" w:rsidR="00B9172A" w:rsidRPr="001C058E" w:rsidRDefault="00BE6CD1" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Toc244491777"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0017719F">
+      <w:bookmarkStart w:id="0" w:name="_Toc244491777"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc280276911"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc420662970"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc47461921"/>
+      <w:bookmarkStart w:id="4" w:name="_Ref153880896"/>
+      <w:r w:rsidR="0017719F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0017719F" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9172A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">ection </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B9172A" w:rsidRPr="005C43C7">
+        <w:t>01.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00101415" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>01.</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00101415" w:rsidRPr="00101415">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00101415" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:caps/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004B47FF" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>GENERAL PROVISIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="6DE43287" w14:textId="77777777" w:rsidR="00B9172A" w:rsidRPr="005C43C7" w:rsidRDefault="002863D6" w:rsidP="00437032">
+    <w:p w14:paraId="6DE43287" w14:textId="77777777" w:rsidR="00B9172A" w:rsidRPr="001C058E" w:rsidRDefault="002863D6" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc244491778"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="5" w:name="_Toc244491778"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc280276912"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc420662971"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc47461922"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="00B9172A" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B9172A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 01.01.</w:t>
       </w:r>
-      <w:r w:rsidR="00B9172A" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B9172A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00841285" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Purpose of the Derivatives Market Admission Rules</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="00841285" w:rsidRPr="005C43C7">
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="66734DCB" w14:textId="18FE820C" w:rsidR="00705BCD" w:rsidRPr="005C43C7" w:rsidRDefault="00125BC3" w:rsidP="00437032">
+    <w:p w14:paraId="66734DCB" w14:textId="68EC896B" w:rsidR="00705BCD" w:rsidRPr="001C058E" w:rsidRDefault="00125BC3" w:rsidP="00437032">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="174"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Part III </w:t>
       </w:r>
-      <w:r w:rsidRPr="00125BC3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
-[...17 lines deleted...]
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">he Admission </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ules to </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">articipation in </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rganised </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rading </w:t>
+      </w:r>
+      <w:r w:rsidR="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00372899" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Moscow Exchange (</w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereinafter, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the Derivatives Market Admission Rules) constitute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an integral part of the Admission Rules of </w:t>
+      </w:r>
+      <w:r w:rsidR="00372899" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moscow Exchange and, together with </w:t>
+      </w:r>
+      <w:r w:rsidR="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>General Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Admission </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ules to </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">articipation in </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rganised </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rading of </w:t>
       </w:r>
-      <w:r w:rsidR="00372899">
+      <w:r w:rsidR="00372899" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Moscow Exchange (</w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">hereinafter, </w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the General Section of </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Admission Rules), set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
-[...198 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> out requirements to Candidates and </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Derivatives</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Market (</w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereinafter, Trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s), </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CF5" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procedure for </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
-[...125 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> registration in the Trading System, admission procedure</w:t>
       </w:r>
-      <w:r w:rsidR="004F7CF5">
+      <w:r w:rsidR="004F7CF5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00F978EB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00F978EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> procedure for admission to trading restriction, suspension and termination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707C4793" w14:textId="77777777" w:rsidR="00705BCD" w:rsidRPr="005C43C7" w:rsidRDefault="00F978EB" w:rsidP="00437032">
+    <w:p w14:paraId="707C4793" w14:textId="77777777" w:rsidR="00705BCD" w:rsidRPr="001C058E" w:rsidRDefault="00F978EB" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc47461923"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="9" w:name="_Toc47461923"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="00705BCD" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00705BCD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 01.02.</w:t>
       </w:r>
-      <w:r w:rsidR="00705BCD" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00705BCD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002863D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002863D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Terms and </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="002863D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002863D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>efinitions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="6AD2C2A5" w14:textId="39952F4C" w:rsidR="00705BCD" w:rsidRPr="005C43C7" w:rsidRDefault="00DB32B6" w:rsidP="00437032">
+    <w:p w14:paraId="6AD2C2A5" w14:textId="39952F4C" w:rsidR="00705BCD" w:rsidRPr="001C058E" w:rsidRDefault="00DB32B6" w:rsidP="00437032">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>As regards the terms, the definitions</w:t>
       </w:r>
-      <w:r w:rsidR="00B15EAA">
+      <w:r w:rsidR="00B15EAA" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">used in the General Section of </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Admission Rules shall also apply for the purpose of the Derivatives Market Admission Rules</w:t>
       </w:r>
-      <w:r w:rsidR="00471710" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00471710" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328211AE" w14:textId="77777777" w:rsidR="00B9172A" w:rsidRPr="005C43C7" w:rsidRDefault="00B9172A" w:rsidP="00437032">
+    <w:p w14:paraId="328211AE" w14:textId="77777777" w:rsidR="00B9172A" w:rsidRPr="001C058E" w:rsidRDefault="00B9172A" w:rsidP="00437032">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42ECFCAE" w14:textId="5FFD4335" w:rsidR="003C2E6A" w:rsidRDefault="0017719F" w:rsidP="00804B79">
+    <w:p w14:paraId="42ECFCAE" w14:textId="5FFD4335" w:rsidR="003C2E6A" w:rsidRPr="001C058E" w:rsidRDefault="0017719F" w:rsidP="00804B79">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc469886212"/>
-[...13 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="10" w:name="_Toc469886212"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc495217323"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc495221196"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc32733537"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc117914904"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc202591988"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc230606674"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc280276930"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc47461924"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc420662981"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc106193339"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc106788631"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc107305663"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C09" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">ection </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E02C09" w:rsidRPr="005C43C7">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C09" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidR="00101415" w:rsidRPr="00101415">
+      <w:r w:rsidR="00101415" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00101415" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00101415" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004B47FF" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004B47FF" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">PECULIARITIES OF </w:t>
-[...25 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+        <w:t>PECULIARITIES OF SUBSCRIPTION FEE AND COMMISSION FEE PAYMENT ON THE DERIVATIVES MARKET</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="18A66918" w14:textId="45BFA731" w:rsidR="00E36837" w:rsidRPr="008C77EB" w:rsidRDefault="00E36837" w:rsidP="00437032">
+    <w:p w14:paraId="18A66918" w14:textId="45BFA731" w:rsidR="00E36837" w:rsidRPr="001C058E" w:rsidRDefault="00E36837" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc47461925"/>
-      <w:r w:rsidRPr="008C77EB">
+      <w:bookmarkStart w:id="23" w:name="_Toc47461925"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article 02.0</w:t>
       </w:r>
-      <w:r w:rsidR="008E08ED">
+      <w:r w:rsidR="008E08ED" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Peculiarities of Subscription Fee </w:t>
       </w:r>
-      <w:r w:rsidR="00C26845">
+      <w:r w:rsidR="00C26845" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ayment on the Derivatives Market</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="431A74F1" w14:textId="547CC79F" w:rsidR="00E36837" w:rsidRDefault="00EB5739" w:rsidP="00804B79">
+    <w:p w14:paraId="431A74F1" w14:textId="547CC79F" w:rsidR="00E36837" w:rsidRPr="001C058E" w:rsidRDefault="00EB5739" w:rsidP="00804B79">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="182"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="008C77EB" w:rsidRPr="00804B79">
+      <w:r w:rsidR="008C77EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Derivatives Market </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="008C77EB" w:rsidRPr="00804B79">
+      <w:r w:rsidR="008C77EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s obligation to pay the </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="008C77EB" w:rsidRPr="00804B79">
+      <w:r w:rsidR="008C77EB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ubscription </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="008C77EB" w:rsidRPr="00804B79">
-[...15 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="008C77EB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ee shall arise from the date of adoption by the Exchange of the final resolution on admission to trading in accordance with the tariffs established by the Exchange.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6905165E" w14:textId="5713B285" w:rsidR="008C77EB" w:rsidRPr="008C77EB" w:rsidRDefault="008C77EB" w:rsidP="00804B79">
+    <w:p w14:paraId="6905165E" w14:textId="5713B285" w:rsidR="008C77EB" w:rsidRPr="001C058E" w:rsidRDefault="008C77EB" w:rsidP="00804B79">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="182"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The time period for charging the </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ubscription </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ee from </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n the</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Derivatives Market shall be established as </w:t>
       </w:r>
-      <w:r w:rsidR="00CC0194">
+      <w:r w:rsidR="00CC0194" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3 (</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>three</w:t>
       </w:r>
-      <w:r w:rsidR="00CC0194">
+      <w:r w:rsidR="00CC0194" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> calendar months.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033805AB" w14:textId="481DD7CF" w:rsidR="008C77EB" w:rsidRPr="00804B79" w:rsidRDefault="008C77EB" w:rsidP="00804B79">
+    <w:p w14:paraId="033805AB" w14:textId="481DD7CF" w:rsidR="008C77EB" w:rsidRPr="001C058E" w:rsidRDefault="008C77EB" w:rsidP="00804B79">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="182"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ubscription </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ee shall be paid by </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C73848">
+      <w:r w:rsidR="00C73848" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Derivatives Market either on the basis of </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> invoice issued by the Exchange or </w:t>
       </w:r>
-      <w:r w:rsidR="00C73848">
+      <w:r w:rsidR="00C73848" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>under</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the procedure provided for </w:t>
       </w:r>
-      <w:r w:rsidR="003F64E7">
+      <w:r w:rsidR="003F64E7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C77EB">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Clearing Rules.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173E2BB8" w14:textId="4A1381EF" w:rsidR="00E36837" w:rsidRPr="00AA0E35" w:rsidRDefault="00E36837" w:rsidP="00437032">
+    <w:p w14:paraId="173E2BB8" w14:textId="4A1381EF" w:rsidR="00E36837" w:rsidRPr="001C058E" w:rsidRDefault="00E36837" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc47461926"/>
-      <w:r w:rsidRPr="00AA0E35">
+      <w:bookmarkStart w:id="24" w:name="_Toc47461926"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Article 0</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Article 02.0</w:t>
+      </w:r>
+      <w:r w:rsidR="008E08ED" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA0E35">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.0</w:t>
-[...31 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Peculiarities of Commission Fee </w:t>
       </w:r>
-      <w:r w:rsidR="00C26845">
+      <w:r w:rsidR="00C26845" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ayment on the Derivatives Market</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="471FE6F8" w14:textId="4E9D54DB" w:rsidR="00F632A8" w:rsidRPr="003867D3" w:rsidRDefault="00F632A8" w:rsidP="00F632A8">
+    <w:p w14:paraId="471FE6F8" w14:textId="4E9D54DB" w:rsidR="00F632A8" w:rsidRPr="001C058E" w:rsidRDefault="00F632A8" w:rsidP="00F632A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:spacing w:before="120"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The time period of the services rendering by the Exchange on the Derivatives Market (the settlement period for the Exchange fee and other regular payments charging, except for the </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ubscription </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ee) shall be established as </w:t>
       </w:r>
-      <w:r w:rsidR="00CC0194">
+      <w:r w:rsidR="00CC0194" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1 (</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="00CC0194">
+      <w:r w:rsidR="00CC0194" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> calendar month. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DECA09F" w14:textId="40C4D0D6" w:rsidR="00F632A8" w:rsidRDefault="00F632A8" w:rsidP="00F632A8">
+    <w:p w14:paraId="2DECA09F" w14:textId="40C4D0D6" w:rsidR="00F632A8" w:rsidRPr="001C058E" w:rsidRDefault="00F632A8" w:rsidP="00F632A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="709" w:right="6"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ervices shall be deemed rendered to</w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008D3CE4">
+      <w:r w:rsidR="008D3CE4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rading Member in a proper manner for the past time period, unless the </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> declares </w:t>
       </w:r>
-      <w:r w:rsidR="00FC5A3B" w:rsidRPr="003867D3">
+      <w:r w:rsidR="00FC5A3B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">otherwise </w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in writing within </w:t>
       </w:r>
-      <w:r w:rsidR="00CC0194">
+      <w:r w:rsidR="00CC0194" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5 (</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
-      <w:r w:rsidR="00CC0194">
+      <w:r w:rsidR="00CC0194" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003867D3">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> business days upon its expiry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FA5DA9" w14:textId="77777777" w:rsidR="008D3CE4" w:rsidRPr="003867D3" w:rsidRDefault="008D3CE4" w:rsidP="00F632A8">
+    <w:p w14:paraId="64FA5DA9" w14:textId="77777777" w:rsidR="008D3CE4" w:rsidRPr="001C058E" w:rsidRDefault="008D3CE4" w:rsidP="00F632A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="709" w:right="6"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69DAB625" w14:textId="058AFFCA" w:rsidR="00E02C09" w:rsidRPr="005C43C7" w:rsidRDefault="0017719F" w:rsidP="00437032">
+    <w:p w14:paraId="69DAB625" w14:textId="058AFFCA" w:rsidR="00E02C09" w:rsidRPr="001C058E" w:rsidRDefault="0017719F" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc47461927"/>
-      <w:r>
+      <w:bookmarkStart w:id="25" w:name="_Toc47461927"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2E6A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">ection </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003C2E6A" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">03. </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7D58" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">03. </w:t>
-[...5 lines deleted...]
-          <w:caps/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004B47FF" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="004B47FF" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">REQUIREMENTS TO TRADING </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="004B47FF" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">REQUIREMENTS TO TRADING </w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>MEMBERS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w14:paraId="068AA71A" w14:textId="00634206" w:rsidR="00C939BA" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="068AA71A" w14:textId="00634206" w:rsidR="00C939BA" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc427047958"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="34" w:name="_Toc280276937"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc427047958"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc420662984"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc47461928"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc32733541"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc117914908"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc202591991"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc230606677"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc280276937"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Article</w:t>
+      </w:r>
+      <w:r w:rsidR="00C939BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2E6A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>03</w:t>
+      </w:r>
+      <w:r w:rsidR="00C939BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="008B022C" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C939BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C939BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000300C3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Article</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C939BA" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">Categories of </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003C2E6A" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">Trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>03</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C939BA" w:rsidRPr="005C43C7">
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="000300C3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B022C" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">s on the Derivatives Market and Additional Requirements Set for Admission </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6226" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C939BA" w:rsidRPr="005C43C7">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="000300C3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-        <w:tab/>
+        <w:t>hereof to Trading</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidR="000300C3" w:rsidRPr="005C43C7">
-[...59 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w14:paraId="10393503" w14:textId="2E93B49A" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="005E0B86" w:rsidP="00437032">
+    <w:p w14:paraId="10393503" w14:textId="2E93B49A" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="005E0B86" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc420662986"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc420662986"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
-      <w:bookmarkEnd w:id="34"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Admission to trading </w:t>
       </w:r>
-      <w:r w:rsidR="00C26FDE">
+      <w:r w:rsidR="00C26FDE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n the</w:t>
       </w:r>
-      <w:r w:rsidR="001C5090" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="001C5090" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Equity Derivatives </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001C5090" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="001C5090" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Commodities Derivatives and</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="001C5090" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="001C5090" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>or Money Derivatives Sections of the Derivatives Market shall be provided to</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB38023" w14:textId="3F3F3593" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00777053" w:rsidP="00437032">
+    <w:p w14:paraId="7DB38023" w14:textId="3F3F3593" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00777053" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="000300C3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000300C3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rofessional securities market participant</w:t>
       </w:r>
-      <w:r w:rsidR="00387241" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00387241" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">having obtained </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00387241" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s for broker</w:t>
       </w:r>
-      <w:r w:rsidR="00780B92" w:rsidRPr="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activit</w:t>
+      </w:r>
+      <w:r w:rsidR="00237858" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or dealer activit</w:t>
+      </w:r>
+      <w:r w:rsidR="00237858" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or securities management</w:t>
+      </w:r>
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activit</w:t>
+      </w:r>
+      <w:r w:rsidR="00237858" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">having obtained a </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00780B92" w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00237858">
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for broker activit</w:t>
+      </w:r>
+      <w:r w:rsidR="00237858" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ies</w:t>
       </w:r>
-      <w:r w:rsidR="00387241" w:rsidRPr="005C43C7">
-[...26 lines deleted...]
-      <w:r w:rsidR="00780B92" w:rsidRPr="00780B92">
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00780B92" w:rsidRPr="005C43C7">
-[...80 lines deleted...]
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00387241" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> executing trades in</w:t>
       </w:r>
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> commodity</w:t>
       </w:r>
-      <w:r w:rsidR="00387241" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00387241" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> derivatives </w:t>
       </w:r>
-      <w:r w:rsidR="009A0898" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009A0898" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>issued in compliance with the laws of the Russian Federation</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A47CCED" w14:textId="65CE3171" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="6A47CCED" w14:textId="15990CCE" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">resident credit </w:t>
       </w:r>
-      <w:r w:rsidR="006023A2">
+      <w:r w:rsidR="006023A2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>organisations</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Russian Federation </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
-[...17 lines deleted...]
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00A8509A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">licensed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the Bank of Russia </w:t>
+      </w:r>
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> perform banking transactions in Russian roubles and foreign currency gained not less than 6 months prior to the date of applying for admission to trading</w:t>
       </w:r>
-      <w:r w:rsidR="00A84959">
-[...35 lines deleted...]
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A84959" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (hereinafter, credit organisations)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8D9702" w14:textId="32720E50" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00F847EE" w:rsidP="00437032">
+    <w:p w14:paraId="5F8D9702" w14:textId="32720E50" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00F847EE" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>international organisations</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00625804" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00625804" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">incorporated </w:t>
       </w:r>
-      <w:r w:rsidR="007C4361" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007C4361" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">under </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">international treaties </w:t>
       </w:r>
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>signed by</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Russian Federation, </w:t>
       </w:r>
-      <w:r w:rsidR="00E25870">
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
-      <w:r w:rsidR="007C4361" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007C4361" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>hav</w:t>
       </w:r>
-      <w:r w:rsidR="001C07B3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a legal status </w:t>
       </w:r>
-      <w:r w:rsidR="00625804" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00625804" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>equivalent</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to that of a </w:t>
       </w:r>
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">credit </w:t>
       </w:r>
-      <w:r w:rsidR="006023A2">
+      <w:r w:rsidR="006023A2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> as provided for </w:t>
       </w:r>
-      <w:r w:rsidR="003F64E7">
+      <w:r w:rsidR="003F64E7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the la</w:t>
       </w:r>
-      <w:r w:rsidR="007C4361" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007C4361" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="007C4361" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007C4361" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00816A6E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Russian</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00625804" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00625804" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ederation</w:t>
       </w:r>
-      <w:r w:rsidR="00E25870">
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> based on international treaties concluded by them </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E25870" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve"> based on international treaties concluded by them or their constituent instruments. That</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>or their constituent instruments</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E25870">
+        <w:t xml:space="preserve"> mean</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E25870" w:rsidRPr="005C43C7">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76C45" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E25870">
+      <w:r w:rsidR="00DE34FC" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>That</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mean</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E25870">
+        <w:t xml:space="preserve"> execute </w:t>
+      </w:r>
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>transactions</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4361" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in derivatives with for</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eign currency, foreign currency against Russian rouble or against </w:t>
+      </w:r>
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>another</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>foreign</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currency exchange rate</w:t>
+      </w:r>
+      <w:r w:rsidR="0018580A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>interest</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rate</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D76C45" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>they</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+        <w:t>underlying</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE34FC">
+        <w:t xml:space="preserve"> assets</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>may</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">, as well as </w:t>
+      </w:r>
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> execute </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00816A6E" w:rsidRPr="005C43C7">
+        <w:t>futures</w:t>
+      </w:r>
+      <w:r w:rsidR="001C07B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>transactions</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C4361" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve"> on the listed </w:t>
+      </w:r>
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in derivatives with for</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C07B3" w:rsidRPr="005C43C7">
+        <w:t>underlying</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">eign currency, foreign currency against Russian rouble or against </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E25870">
+        <w:t xml:space="preserve"> assets</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84959" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>another</w:t>
-[...160 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (hereinafter, international organisations)</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E70BAE" w14:textId="08B1F362" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00F847EE" w:rsidP="00437032">
+    <w:p w14:paraId="55E70BAE" w14:textId="08B1F362" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00F847EE" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>organisations</w:t>
       </w:r>
-      <w:r w:rsidR="00D76C45" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D76C45" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
-      <w:r w:rsidR="00E25870">
+      <w:r w:rsidR="00E25870" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00D76C45" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D76C45" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>equity</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0CEA" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00FE0CEA" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> size</w:t>
       </w:r>
-      <w:r w:rsidR="00D76C45" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D76C45" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of at least </w:t>
       </w:r>
-      <w:r w:rsidR="00404950">
+      <w:r w:rsidR="00404950" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5 (</w:t>
       </w:r>
-      <w:r w:rsidR="00D76C45" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D76C45" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
-      <w:r w:rsidR="00404950">
+      <w:r w:rsidR="00404950" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00D76C45" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D76C45" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> million roubles</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB7F7E4" w14:textId="77777777" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="1BB7F7E4" w14:textId="1B54388B" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Clearing Houses</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> functioning as a central counterparty for the Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BADABF5" w14:textId="7AF779C5" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00FE0CEA" w:rsidP="00437032">
+    <w:p w14:paraId="5D1B4B85" w14:textId="4C466EFC" w:rsidR="00A8509A" w:rsidRPr="001C058E" w:rsidRDefault="00A8509A" w:rsidP="00A8509A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-Russian Federation banks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> having </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="_Hlk130288413"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a special permit (licence) issued by the central (national) bank or any other public authority </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36CF0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>f the country the non-resident bank is a resident of, whereby the non-resident bank is authorised to carry out banking operations under the national legislation (hereinafter, non-resident banks)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="0909EED0" w14:textId="451C9A34" w:rsidR="00A8509A" w:rsidRPr="00EA49D3" w:rsidRDefault="00A8509A" w:rsidP="00A8509A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-Russian Federation non-credit institutions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>authorised under the national legislation to carry out operations similar to operations carried out under the brokerage licence of a professional market securities participant (hereinafter, non-resident non-credit institutions)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C3C02E" w14:textId="08A0AE08" w:rsidR="00EA49D3" w:rsidRPr="001C058E" w:rsidRDefault="00EA49D3" w:rsidP="00A8509A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the Bank of Russia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F62C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BADABF5" w14:textId="7AF779C5" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00FE0CEA" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Exchange sets the following </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> categories on the Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AAD6CE" w14:textId="542996CD" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00D76425" w:rsidP="00437032">
+    <w:p w14:paraId="50AAD6CE" w14:textId="174123A7" w:rsidR="002E2FE2" w:rsidRPr="00EA49D3" w:rsidRDefault="00D76425" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Category A (</w:t>
       </w:r>
-      <w:r w:rsidR="00437032" w:rsidRPr="005C43C7">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A8509A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «А»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00A47786" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s being </w:t>
       </w:r>
-      <w:r w:rsidR="00F74774" w:rsidRPr="00F74774">
+      <w:r w:rsidR="00F74774" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00A47786" w:rsidRPr="00F74774">
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">learing </w:t>
       </w:r>
-      <w:r w:rsidR="00F74774" w:rsidRPr="00F74774">
+      <w:r w:rsidR="00F74774" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00A47786" w:rsidRPr="00F74774">
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ouses</w:t>
       </w:r>
-      <w:r w:rsidR="00A47786" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the functions of a central counterparty</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00A47786" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s of Category A shall be admitted to trading in the Equity, Commodity and Money Derivatives Sections</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FF7FF7" w14:textId="29712D2C" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00D76425" w:rsidP="00437032">
+    <w:p w14:paraId="390180BB" w14:textId="78C95B94" w:rsidR="00EA49D3" w:rsidRPr="001C058E" w:rsidRDefault="00EA49D3" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...145 lines deleted...]
-      <w:r w:rsidR="00F74774" w:rsidRPr="00F74774">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category B (in Russian: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F62C07">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...157 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37401">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F62C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...109 lines deleted...]
-        <w:t>);</w:t>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37401">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the Bank of Russia. Trading Members of Category B shall be admitted to trading in the Money Derivatives Section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DD0C7C" w14:textId="78923F50" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00D76425" w:rsidP="00437032">
+    <w:p w14:paraId="44FF7FF7" w14:textId="20813B29" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00D76425" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category O (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8509A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О»</w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C16" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s being </w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participants</w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
-[...9 lines deleted...]
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">having obtained </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00CD784A">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s for broker</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74774" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>dealer and/or securities management</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74774" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activit</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ies</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...9 lines deleted...]
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
-[...18 lines deleted...]
-      <w:r w:rsidR="009D714E">
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s of Category O shall be admitted to trading in the Equity, Commodity and Money Derivatives Sections</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to execute trades on their own behalf and at their own expense, on their </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">own </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47786" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">behalf </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and at </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74774" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">expense of their </w:t>
       </w:r>
-      <w:r w:rsidR="009D714E">
+      <w:r w:rsidR="00F74774" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
-[...9 lines deleted...]
-      <w:r w:rsidR="009D714E">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>lient</w:t>
+      </w:r>
+      <w:r w:rsidR="00773E4C" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, also on behalf and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0D07" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74774" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">expense of their </w:t>
       </w:r>
-      <w:r w:rsidR="009D714E">
+      <w:r w:rsidR="009D714E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00C92195" w:rsidRPr="005C43C7">
-[...17 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lients being Clearing Members, and to execute trades with indication of a clearing broker </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>subject to compliance with requirements for admission to trading in the relevant section</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7334BE25" w14:textId="4B7734D0" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00D76425" w:rsidP="00437032">
+    <w:p w14:paraId="18DD0C7C" w14:textId="7ADED0B7" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00D76425" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00437032">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category F1 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8509A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...17 lines deleted...]
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ф1»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C16" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA7C16" w:rsidRPr="005C43C7">
-[...17 lines deleted...]
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s being </w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participants</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
-[...29 lines deleted...]
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, having obtained </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s for broker and/or securities management activit</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
-[...18 lines deleted...]
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s of Category F1 shall be admitted to trading in the Equity Derivatives Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to execute trades on their own behalf and at </w:t>
+      </w:r>
+      <w:r w:rsidR="009D714E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expense of their </w:t>
+      </w:r>
+      <w:r w:rsidR="009D714E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lients, also on behalf and at </w:t>
+      </w:r>
+      <w:r w:rsidR="009D714E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expense of their </w:t>
+      </w:r>
+      <w:r w:rsidR="009D714E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92195" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>lients being Clearing Members, and to execute trades with indication of a clearing broker</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496F8E1F" w14:textId="1343AA07" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="00D76425" w:rsidP="00437032">
+    <w:p w14:paraId="7334BE25" w14:textId="67C9B478" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00D76425" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...9 lines deleted...]
-      <w:r w:rsidR="00437032">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category F2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8509A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ф2»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA7C16" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00BA7C16" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s being </w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participants</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
-[...9 lines deleted...]
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, having obtained</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for dealer activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00CB6843" w:rsidRPr="005C43C7">
-[...98 lines deleted...]
-      <w:r w:rsidR="00C75954" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s of Category F2 shall be admitted to trading in the Equity Derivatives Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>to execute trades on their own behalf and at their own expense and to execute trades with indication of a clearing broker</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AC1EB1" w14:textId="5829E369" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="004F6E37" w:rsidP="00437032">
+    <w:p w14:paraId="496F8E1F" w14:textId="2FD6D14B" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="00D76425" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00437032">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category D1 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD21F6" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...17 lines deleted...]
-      <w:r w:rsidR="00BA7C16" w:rsidRPr="005C43C7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Д1»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C16" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00CA7BA8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s being </w:t>
       </w:r>
-      <w:r w:rsidR="00CA7BA8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participants</w:t>
       </w:r>
-      <w:r w:rsidR="00CA7BA8" w:rsidRPr="005C43C7">
-[...29 lines deleted...]
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, having obtained </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00CA7BA8" w:rsidRPr="005C43C7">
-[...56 lines deleted...]
-      <w:r w:rsidR="00CA7BA8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s for broker and/or securities management activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00CA7BA8" w:rsidRPr="005C43C7">
-[...38 lines deleted...]
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s of Category D1 shall be admitted to trading in the Money Derivatives Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>to execute trades on their own behalf and at</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expense of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>lients, also on behalf and at</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expense of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6843" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>lients being Clearing Members, and to execute trades with indication of a clearing broker</w:t>
+      </w:r>
+      <w:r w:rsidR="00C75954" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01224791" w14:textId="1ADB900B" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="004F6E37" w:rsidP="00437032">
+    <w:p w14:paraId="57AC1EB1" w14:textId="439B16E2" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="004F6E37" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00437032">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category D2 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD21F6" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...17 lines deleted...]
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Д2»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C16" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA7C16" w:rsidRPr="005C43C7">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s being </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>professional securities market participants</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, having obtained</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for dealer activities, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or being </w:t>
+      </w:r>
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">credit </w:t>
+      </w:r>
+      <w:r w:rsidR="006023A2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>organisations</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>international organisations</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C22EF7" w:rsidRPr="005C43C7">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s of Category D2 shall be admitted to trading in the Money Derivatives Section </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>to execute trades on their own behalf and at their own expense</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7BA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to execute trades with indication of a clearing broker</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F3AB3A" w14:textId="0A36A1E9" w:rsidR="00DD21F6" w:rsidRPr="001C058E" w:rsidRDefault="00DD21F6" w:rsidP="00DD21F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category D3</w:t>
+      </w:r>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Д3»)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Trading Members being </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
-          <w:bCs/>
-[...231 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-resident banks </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>which are residents of the countries from the</w:t>
+      </w:r>
+      <w:r w:rsidR="00787931" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36CF0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian-Federation government-approved </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">list of the countries </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36CF0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">residents may be admitted to organised trading where FX derivatives contracts and/or interest rate derivatives contracts are made with </w:t>
+      </w:r>
+      <w:r w:rsidR="00604DD2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>central counterparty</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36CF0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an authorised bank, and which are not banned from making such contracts. Trading Members of Category D3 shall be admitted to the Money Derivatives Section to trade only interest rate derivatives or FX derivatives. Trading Members of Category D3 shall be eligible to execute the said transaction on their own behalf and at their own expense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FC9262" w14:textId="41BAEB0F" w:rsidR="00DD21F6" w:rsidRPr="001C058E" w:rsidRDefault="00DD21F6" w:rsidP="00DD21F6">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1418" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To confirm that there is no ban on entering into FX derivatives and/or interest rate derivatives contracts, non-resident banks shall submit to the Exchange a letter confirming the absence of such a ban.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8889ED" w14:textId="5EFFDCE1" w:rsidR="00DD21F6" w:rsidRPr="001C058E" w:rsidRDefault="00DD21F6" w:rsidP="00DD21F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category D4</w:t>
+      </w:r>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Д4») – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trading Members being </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-resident</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-credit institutions </w:t>
+      </w:r>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which are residents of the countries from the Russian-Federation government-approved list of the countries whose residents </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">admitted to organised trading where FX derivatives contracts and/or interest rate derivatives contracts are made with </w:t>
+      </w:r>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> central counterparty</w:t>
+      </w:r>
+      <w:r w:rsidR="00215468" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an authorised bank, and which are not banned from making such contracts, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-resident banks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorised to carry out operations under the national legislation similar to those carried out under a brokerage licence of a professional securities market participant and have not applied for a different category in accordance with Clause 6 of this Article. Trading Members of Category D4 shall be admitted to the Money Derivatives Section to trade only interest rate derivatives and FX derivatives. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="_Hlk130566292"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Trading Members of Category D4 shall be eligible to execute the said transactions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on their own behalf and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42182" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their own expense, on their own behalf and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42182" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expense of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42182" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
-[...57 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lients, on behalf and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42182" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expense of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42182" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>their C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lients being Clearing Members, and also </w:t>
+      </w:r>
+      <w:r w:rsidR="007A6EF6" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to execute trades </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1551" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>indication of a clearing broker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B20424C" w14:textId="305C1756" w:rsidR="002E2FE2" w:rsidRPr="005C43C7" w:rsidRDefault="004F6E37" w:rsidP="00437032">
+    <w:p w14:paraId="2FC9B3B2" w14:textId="0FF04C49" w:rsidR="00DD21F6" w:rsidRPr="001C058E" w:rsidRDefault="00DD21F6" w:rsidP="001C058E">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1418" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>To confirm that there is no ban on entering into FX derivatives and/or interest rate derivatives contracts</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42182" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-resident non-credit institutions or non-resident banks shall submit to the Exchange a letter confirming the absence of such a ban.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01224791" w14:textId="00964E3E" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="004F6E37" w:rsidP="00437032">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Category T1 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD21F6" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Т1»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7C16" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22EF7" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s being </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22EF7" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>professional securities market participants</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22EF7" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, having obtained </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22EF7" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s for broker activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9199F" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003356B0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inclusive of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="003356B0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">broker activities </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="003356B0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> executing trades only in</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commodity</w:t>
+      </w:r>
+      <w:r w:rsidR="003356B0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> derivatives</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9199F" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22EF7" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>and/or securities management</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s of Category T1 shall be admitted to trading in the Commodity Derivatives Section </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>to execute trades on their own behalf and at</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expense of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lients, also on behalf and at </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">expense of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>lients being Clearing Members, and to execute trades with indication of a clearing broker</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B20424C" w14:textId="4A911FF4" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="004F6E37" w:rsidP="00437032">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Category T2 (</w:t>
       </w:r>
-      <w:r w:rsidR="00437032">
+      <w:r w:rsidR="00DD21F6" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00437032" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Т2»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00BA7C16" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00BA7C16" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s being </w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participants</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, having obtained </w:t>
       </w:r>
-      <w:r w:rsidR="00CD784A">
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for dealer activities</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:r w:rsidR="00CD784A">
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">being </w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>organisations</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
-      <w:r w:rsidR="00CD784A">
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">equity size of at least </w:t>
       </w:r>
-      <w:r w:rsidR="00CE0BA2">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00CE0BA2" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5 (</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
-      <w:r w:rsidR="00CE0BA2">
+      <w:r w:rsidR="00CE0BA2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> million roubles</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s of Category T2 shall be admitted to trading in the Commodity Derivatives Section </w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to execute trades on their own behalf and at their own expense</w:t>
       </w:r>
-      <w:r w:rsidR="00CD784A">
+      <w:r w:rsidR="00CD784A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="007D2D49" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="007D2D49" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to execute trades with indication of a clearing broker</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9C0F10" w14:textId="5837F28C" w:rsidR="002E2FE2" w:rsidRPr="0075584C" w:rsidRDefault="0092251B" w:rsidP="00615C95">
+    <w:p w14:paraId="21BA43D5" w14:textId="5560CA67" w:rsidR="00B42182" w:rsidRPr="001C058E" w:rsidRDefault="00B42182" w:rsidP="00B42182">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Hlk130566480"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category T3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(in Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Т3»)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Trading Members being </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-resident banks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Trading Members of Category T3 shall be admitted to the Commodities Derivatives Section to trade only commodity derivatives. Trading Members of Category T3 shall be eligible to execute the said transaction on their own behalf and </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1551" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their own expense, on their own behalf and </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1551" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>at the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expense of </w:t>
+      </w:r>
+      <w:r w:rsidR="002E1551" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>their Clients</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1551" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>foreign person</w:t>
+      </w:r>
+      <w:r w:rsidR="002E1551" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w14:paraId="01C9104F" w14:textId="23E6A4F0" w:rsidR="00B42182" w:rsidRPr="001C058E" w:rsidRDefault="00B42182" w:rsidP="00B42182">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category T4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(in Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Т4»)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Trading Members being</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-resident non-credit institutions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Trading Members of Category T4 shall be admitted to the Commodities Derivatives Section to trade only commodity derivatives. Trading Members of Category T4 shall be eligible to execute the said transaction on their own behalf and at their own expense, on their own behalf and at the expense of their Client being foreign persons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9C0F10" w14:textId="5837F28C" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="0092251B" w:rsidP="00615C95">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0075584C">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon fulfilment of conditions for admission to trading provided for in the General Section of </w:t>
       </w:r>
-      <w:r w:rsidR="00A40D03" w:rsidRPr="0075584C">
+      <w:r w:rsidR="00A40D03" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0075584C">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Admission Rules</w:t>
       </w:r>
-      <w:r w:rsidR="004C3514" w:rsidRPr="0075584C">
+      <w:r w:rsidR="004C3514" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the present article of the Derivatives Market Admission Rules</w:t>
       </w:r>
-      <w:r w:rsidRPr="0075584C">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A40D03" w:rsidRPr="0075584C">
+      <w:r w:rsidR="00A40D03" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00B11F39" w:rsidRPr="0075584C">
+      <w:r w:rsidR="00B11F39" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B11F39" w:rsidRPr="0075584C">
+        <w:t> Trading Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0075584C">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall be admitted to trading on the Derivatives Market and given an opportunity to con</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4A6E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be admitted to trading on the Derivatives Market and given an opportunity to con</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007A4A6E" w:rsidRPr="0075584C">
+        <w:t>duct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>duct</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0075584C">
+        <w:t xml:space="preserve"> transactions in one or more of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40D03" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> transactions in one or more of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A40D03" w:rsidRPr="0075584C">
+        <w:t>Derivatives M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Derivatives M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0075584C">
+        <w:t xml:space="preserve">arket sections, also within one or two categories </w:t>
+      </w:r>
+      <w:r w:rsidR="00130465" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">arket sections, also within one or two categories </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00130465" w:rsidRPr="0075584C">
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>within</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> one section</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="0075584C">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FAB9A8" w14:textId="414A6103" w:rsidR="002E2FE2" w:rsidRPr="00615C95" w:rsidRDefault="004F6E37" w:rsidP="00615C95">
+    <w:p w14:paraId="60FAB9A8" w14:textId="1EBB98BB" w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidRDefault="004F6E37" w:rsidP="00615C95">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="173"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00615C95">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Exchange </w:t>
       </w:r>
-      <w:r w:rsidR="00D33C3B">
+      <w:r w:rsidR="00D33C3B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="00615C95">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> determine </w:t>
       </w:r>
-      <w:r w:rsidR="003B15A0" w:rsidRPr="00615C95">
+      <w:r w:rsidR="003B15A0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>particular aspects</w:t>
       </w:r>
-      <w:r w:rsidRPr="00615C95">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B15A0" w:rsidRPr="00615C95">
+      <w:r w:rsidR="003B15A0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">regarding the use of admission </w:t>
       </w:r>
-      <w:r w:rsidR="00816A6E" w:rsidRPr="00615C95">
+      <w:r w:rsidR="00816A6E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>requirements</w:t>
       </w:r>
-      <w:r w:rsidR="003B15A0" w:rsidRPr="00615C95">
+      <w:r w:rsidR="003B15A0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> for international organisations, subject to provisions of </w:t>
       </w:r>
-      <w:r w:rsidR="00A40D03" w:rsidRPr="00615C95">
+      <w:r w:rsidR="00A40D03" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="003B15A0" w:rsidRPr="00615C95">
+      <w:r w:rsidR="003B15A0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>relevant international treat</w:t>
       </w:r>
-      <w:r w:rsidR="00A40D03" w:rsidRPr="00615C95">
+      <w:r w:rsidR="00A40D03" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="002E2FE2" w:rsidRPr="00615C95" w:rsidDel="00A064E5">
+      <w:r w:rsidR="002E2FE2" w:rsidRPr="001C058E" w:rsidDel="00A064E5">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB1464A" w14:textId="77777777" w:rsidR="00113B55" w:rsidRDefault="00113B55" w:rsidP="00437032">
+    <w:p w14:paraId="17200EDA" w14:textId="77777777" w:rsidR="00A50608" w:rsidRPr="001C058E" w:rsidRDefault="00A50608" w:rsidP="00A50608">
+      <w:pPr>
+        <w:pStyle w:val="afd"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Non-resident banks and non-resident non-credit institutions shall be admitted to trading under paras 2.7 and 2.8 of Clause 2 subject to applicable laws and regulations of the Russian Federation. If the Bank of Russia sets out further admission requirements for non-resident banks and/or non-resident non-credit institutions to FX derivatives contracts, or if the Bank of Russia imposes restrictions with respect to into by the said organisations, the Exchange applies those requirements and restrictions in addition to the requirements set forth in this Part of the Admission Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDF0053" w14:textId="1682E639" w:rsidR="00A50608" w:rsidRPr="001C058E" w:rsidRDefault="00A50608" w:rsidP="00A50608">
+      <w:pPr>
+        <w:pStyle w:val="afd"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="173"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120" w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the Candidate meets criteria set for both non-resident banks and non-resident non-credit </w:t>
+      </w:r>
+      <w:r w:rsidR="003F3A86" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>institutions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, the Exchange assigns to such person the Category D4, unless the Candidate expressly requests that the Category D3 be assigned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB1464A" w14:textId="77777777" w:rsidR="00113B55" w:rsidRPr="001C058E" w:rsidRDefault="00113B55" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc420662993"/>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc420662993"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="64E239B5" w14:textId="0F4AEAED" w:rsidR="00731AC3" w:rsidRPr="005C43C7" w:rsidRDefault="0017719F" w:rsidP="00437032">
+    <w:p w14:paraId="64E239B5" w14:textId="0F4AEAED" w:rsidR="00731AC3" w:rsidRPr="001C058E" w:rsidRDefault="0017719F" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc47461929"/>
-      <w:r>
+      <w:bookmarkStart w:id="39" w:name="_Toc47461929"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2E6A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">ection </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003C2E6A" w:rsidRPr="005C43C7">
+        <w:t>04</w:t>
+      </w:r>
+      <w:r w:rsidR="00731AC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>04</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00731AC3" w:rsidRPr="005C43C7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5090" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C5090" w:rsidRPr="005C43C7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00731AC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:caps/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="004B47FF" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...38 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
+        <w:t>REGISTRATION OF TRADING MEMBERS</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="55CCB0C4" w14:textId="235E27A4" w:rsidR="009F4BC1" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="55CCB0C4" w14:textId="235E27A4" w:rsidR="009F4BC1" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc47461930"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="40" w:name="_Toc47461930"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc420662996"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="009722D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009722D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D2A30" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="005D2A30" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>04</w:t>
       </w:r>
-      <w:r w:rsidR="009722D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009722D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00163004" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00163004" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009722D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009722D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009722D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009722D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00277C56" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00277C56" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Peculiarities</w:t>
       </w:r>
-      <w:r w:rsidR="0074247D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0074247D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="00C04A7E">
+      <w:r w:rsidR="00C04A7E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="0074247D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0074247D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
-      <w:r w:rsidR="00C26845">
+      <w:r w:rsidR="00C26845" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="0074247D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0074247D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>egistration</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-      <w:r w:rsidR="009722D6" w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidR="009722D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="28A62B24" w14:textId="1F9301FA" w:rsidR="005632DD" w:rsidRPr="005C43C7" w:rsidRDefault="0002434E" w:rsidP="00437032">
+    <w:p w14:paraId="28A62B24" w14:textId="1F9301FA" w:rsidR="005632DD" w:rsidRPr="001C058E" w:rsidRDefault="0002434E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="num" w:pos="934"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5B50" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC5B50" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5B50" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC5B50" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Identifier shall be </w:t>
       </w:r>
-      <w:r w:rsidR="00D53374">
+      <w:r w:rsidR="00D53374" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>single</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5B50" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC5B50" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for all sections of the Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidR="009722D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009722D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D1D90D" w14:textId="00BEFE32" w:rsidR="009722D6" w:rsidRPr="005C43C7" w:rsidRDefault="0002434E" w:rsidP="00437032">
+    <w:p w14:paraId="09D1D90D" w14:textId="00BEFE32" w:rsidR="009722D6" w:rsidRPr="001C058E" w:rsidRDefault="0002434E" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="num" w:pos="934"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00AD05DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AD05DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00AD05DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AD05DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00AD05DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AD05DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Derivatives Market registered as </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00AD05DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AD05DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00AD05DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AD05DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Category O </w:t>
       </w:r>
-      <w:r w:rsidR="00AF3805">
+      <w:r w:rsidR="00AF3805" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00AD05DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AD05DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> be re-registered for Category (Categories) F1 and/or F2 and/or D1 and/or D2 and/or T1 and/or T2 without additional payment of the Admission Fee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52807A73" w14:textId="7A9ACAA6" w:rsidR="009722D6" w:rsidRPr="005C43C7" w:rsidRDefault="00AD05DE" w:rsidP="00437032">
+    <w:p w14:paraId="52807A73" w14:textId="7A9ACAA6" w:rsidR="009722D6" w:rsidRPr="001C058E" w:rsidRDefault="00AD05DE" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="num" w:pos="934"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="6" w:hanging="11"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Such re-registration shall be made provided that the </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not have debts in any and all sections of the Derivatives Market. For the purpose of re-registration</w:t>
       </w:r>
-      <w:r w:rsidR="0002434E">
+      <w:r w:rsidR="0002434E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall file an application with the Exchange executed in the form </w:t>
       </w:r>
-      <w:r w:rsidR="00D13B3A">
+      <w:r w:rsidR="00D13B3A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>included</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Forms of Submitted Documents, on paper or in the form of an electronic document</w:t>
       </w:r>
-      <w:r w:rsidR="009722D6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009722D6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E6667F" w14:textId="74645451" w:rsidR="00130465" w:rsidRPr="005C43C7" w:rsidRDefault="00130465" w:rsidP="00437032">
+    <w:p w14:paraId="25E6667F" w14:textId="6EEC6081" w:rsidR="00130465" w:rsidRPr="001C058E" w:rsidRDefault="00130465" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="num" w:pos="934"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If a </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not meet the terms and conditions for admission to trading in a particular Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0024127F">
+      <w:r w:rsidR="0024127F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ection</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for Category F1 and/or D1 and/or T1, in particular, if the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002006C0">
+        <w:t xml:space="preserve"> for Category F1 and/or D1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50608" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve">and/or D3 and/or D4 and/or T1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>and/or T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50608" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3 and/or T4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in particular, if the </w:t>
+      </w:r>
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> securities market professional participant for broker activities and/or securities management activities and/or</w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> broke</w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> activit</w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ies</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> only </w:t>
       </w:r>
-      <w:r w:rsidR="00580F21">
+      <w:r w:rsidR="00580F21" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in execution of </w:t>
       </w:r>
-      <w:r w:rsidR="00046444">
+      <w:r w:rsidR="00046444" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>trades in commodity derivatives are/</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">is cancelled, the Exchange may, provided that such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> meets the requirements to trading in th</w:t>
       </w:r>
-      <w:r w:rsidR="00046444">
+      <w:r w:rsidR="00046444" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> same section of the Derivatives Market for Category F2 and/or D2 and/or T2, re-register such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and assign Category F2 and/or D2 and/or T2 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E21936">
+        <w:t xml:space="preserve"> and assign Category F2 and/or D2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50608" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>, D3 and/or D4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or T2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50608" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and/or T3 and/or D4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21936" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">to it </w:t>
       </w:r>
-      <w:r w:rsidR="00046444">
+      <w:r w:rsidR="00046444" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">n the respective Derivatives Market section. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F6CC03" w14:textId="77777777" w:rsidR="00113B55" w:rsidRDefault="00113B55" w:rsidP="00437032">
+    <w:p w14:paraId="12F6CC03" w14:textId="77777777" w:rsidR="00113B55" w:rsidRPr="001C058E" w:rsidRDefault="00113B55" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc420662998"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc420662998"/>
     </w:p>
-    <w:p w14:paraId="20FD5992" w14:textId="5422A527" w:rsidR="009F4BC1" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="20FD5992" w14:textId="5422A527" w:rsidR="009F4BC1" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc47461931"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="43" w:name="_Toc47461931"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
-      <w:r w:rsidR="009F4BC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009F4BC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D2A30" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="005D2A30" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>05</w:t>
       </w:r>
-      <w:r w:rsidR="009F4BC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009F4BC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00101415" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00101415" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00101415" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00101415" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-      <w:r w:rsidR="00AC145B" w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidR="00AC145B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">RESTRICTION, </w:t>
       </w:r>
-      <w:r w:rsidR="00E8341D">
+      <w:r w:rsidR="00E8341D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>PARTICULARITIES</w:t>
       </w:r>
-      <w:r w:rsidR="00D10FA3">
+      <w:r w:rsidR="00D10FA3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> OF </w:t>
       </w:r>
-      <w:r w:rsidR="00AC145B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AC145B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:kern w:val="28"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>SUSPENSION AND TERMINATION OF ADMISSION TO TRADING ON thE derivatives MARKET</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="3261FEA5" w14:textId="321FF04E" w:rsidR="00A762F4" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="3261FEA5" w14:textId="321FF04E" w:rsidR="00A762F4" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc420662999"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="44" w:name="_Toc420662999"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc47461932"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="006872AE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="006872AE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D2A30" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="005D2A30" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>05</w:t>
       </w:r>
-      <w:r w:rsidR="006872AE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="006872AE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009F4BC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009F4BC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
-      <w:r w:rsidR="006872AE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="006872AE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006872AE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="006872AE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-      <w:r w:rsidR="00626B78" w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidR="00626B78" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Restriction of </w:t>
       </w:r>
-      <w:r w:rsidR="004A67D2">
+      <w:r w:rsidR="004A67D2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00626B78" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00626B78" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’s Admission to Trading</w:t>
       </w:r>
-      <w:r w:rsidR="004A67D2">
+      <w:r w:rsidR="004A67D2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the Derivatives Market</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="7472DA27" w14:textId="49D3C938" w:rsidR="00D10FA3" w:rsidRPr="00F420E0" w:rsidRDefault="00D10FA3" w:rsidP="00437032">
+    <w:p w14:paraId="7472DA27" w14:textId="49D3C938" w:rsidR="00D10FA3" w:rsidRPr="001C058E" w:rsidRDefault="00D10FA3" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The admission restriction mode shall be understood as a temporary mode </w:t>
       </w:r>
-      <w:r w:rsidR="00384AE3">
+      <w:r w:rsidR="00384AE3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> which a Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the Derivatives Market </w:t>
       </w:r>
-      <w:r w:rsidR="00AF3805">
+      <w:r w:rsidR="00AF3805" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidR="006D3C78">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conduct operations in the Trading System, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">including submitting, amending and revoking </w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C78" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>orders</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      <w:r w:rsidR="00782E73" w:rsidRPr="00F420E0">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only to close the existing positions that are </w:t>
+      </w:r>
+      <w:r w:rsidR="00782E73" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F420E0">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E" w:rsidRPr="00F420E0">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F420E0">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="_Hlk16604119"/>
-      <w:r w:rsidRPr="00F420E0">
+      <w:bookmarkStart w:id="46" w:name="_Hlk16604119"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>positions register</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-      <w:r w:rsidRPr="00F420E0">
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7527FEAE" w14:textId="6EE5ECD6" w:rsidR="00DF07FC" w:rsidRDefault="00DF07FC" w:rsidP="008317C6">
+    <w:p w14:paraId="7527FEAE" w14:textId="6EE5ECD6" w:rsidR="00DF07FC" w:rsidRPr="001C058E" w:rsidRDefault="00DF07FC" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If the admission restriction mode is applied to a Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00384AE3">
+      <w:r w:rsidR="00384AE3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the Derivatives Market</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, it will not be allowed to conduct operations in the Trading System, including submitting, amending and revoking </w:t>
       </w:r>
-      <w:r w:rsidR="006D3C78">
+      <w:r w:rsidR="006D3C78" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>orders</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> that can result in opening</w:t>
       </w:r>
-      <w:r w:rsidR="001F7851">
+      <w:r w:rsidR="001F7851" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the positions that are </w:t>
       </w:r>
-      <w:r w:rsidR="00782E73">
+      <w:r w:rsidR="00782E73" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s positions register. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A624470" w14:textId="58CD0B48" w:rsidR="00DF07FC" w:rsidRDefault="00DF07FC" w:rsidP="00437032">
+    <w:p w14:paraId="1A624470" w14:textId="58CD0B48" w:rsidR="00DF07FC" w:rsidRPr="001C058E" w:rsidRDefault="00DF07FC" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Exchange </w:t>
       </w:r>
-      <w:r w:rsidR="007B1A4A">
+      <w:r w:rsidR="007B1A4A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00A417E5">
+      <w:r w:rsidR="00A417E5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> apply the admission restriction mode to a Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00A417E5">
+      <w:r w:rsidR="00A417E5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> if it has information that provides evidence, in the Exchange’s opinion, </w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A417E5">
+      <w:r w:rsidR="00A417E5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a probability </w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A417E5">
+      <w:r w:rsidR="00A417E5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> has</w:t>
       </w:r>
-      <w:r w:rsidR="00A417E5">
+      <w:r w:rsidR="00A417E5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> breach</w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidR="00A417E5">
+      <w:r w:rsidR="00A417E5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Admission Rules, Trading Rules, Clearing Rules or the laws of the Russian Federation. The mode of restricting admission to participation in trading is applied on the date when the Exchange decides on its introduction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E82D77" w14:textId="086248EF" w:rsidR="00A417E5" w:rsidRDefault="00A417E5" w:rsidP="00437032">
+    <w:p w14:paraId="46E82D77" w14:textId="086248EF" w:rsidR="00A417E5" w:rsidRPr="001C058E" w:rsidRDefault="00A417E5" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Exchange shall apply the admission restriction mode to a Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> if the Bank of Russia has adopted a </w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>resolution</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cancelling a professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> owned by such Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      <w:r w:rsidR="00754538" w:rsidRPr="00754538">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, with the date for termination of obligations relat</w:t>
+      </w:r>
+      <w:r w:rsidR="00754538" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the respective professional activities pointed out in such </w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>resolution</w:t>
       </w:r>
-      <w:r w:rsidR="00484193">
-[...25 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00484193" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, when the Trading Member holds open interest </w:t>
+      </w:r>
+      <w:r w:rsidR="00F279BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">on subaccounts of the </w:t>
       </w:r>
-      <w:r w:rsidR="00E16939">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00E16939" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>positions register</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00B15EAA">
+      <w:r w:rsidR="00B15EAA" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In this case</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, the admission restriction mode shall be applied not later than on </w:t>
       </w:r>
-      <w:r w:rsidR="002C6226">
+      <w:r w:rsidR="002C6226" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> business day following the day the Exchange receives information </w:t>
       </w:r>
-      <w:r w:rsidR="00C34DE2">
+      <w:r w:rsidR="00C34DE2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>about</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Bank of Russia’s </w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>resolution</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> cancellation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54251196" w14:textId="5798AB43" w:rsidR="006F50B7" w:rsidRPr="005C43C7" w:rsidRDefault="00626B78" w:rsidP="00437032">
+    <w:p w14:paraId="54251196" w14:textId="5798AB43" w:rsidR="006F50B7" w:rsidRPr="001C058E" w:rsidRDefault="00626B78" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The following procedure shall be used </w:t>
       </w:r>
-      <w:r w:rsidR="00E870AB">
+      <w:r w:rsidR="00E870AB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>where</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Exchange restrict</w:t>
       </w:r>
-      <w:r w:rsidR="00754538">
+      <w:r w:rsidR="00754538" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB0CE3">
+      <w:r w:rsidR="00DB0CE3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s admission to trading on the Derivatives Market in accordance with Clause </w:t>
       </w:r>
-      <w:r w:rsidR="00AF6241">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AF6241" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="00A417E5">
+      <w:r w:rsidR="00A417E5" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the present </w:t>
       </w:r>
-      <w:r w:rsidR="00C667F6">
+      <w:r w:rsidR="00C667F6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rticle</w:t>
       </w:r>
-      <w:r w:rsidR="006F50B7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="006F50B7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D207BCA" w14:textId="46A35B20" w:rsidR="00DE2284" w:rsidRPr="005C43C7" w:rsidRDefault="00754538" w:rsidP="008317C6">
+    <w:p w14:paraId="2D207BCA" w14:textId="46A35B20" w:rsidR="00DE2284" w:rsidRPr="001C058E" w:rsidRDefault="00754538" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00B17935" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B17935" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00B17935" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B17935" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E2C7B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2C7B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>being</w:t>
       </w:r>
-      <w:r w:rsidR="00B17935" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B17935" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00B17935" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B17935" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">professional </w:t>
       </w:r>
-      <w:r w:rsidR="002E2C7B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2C7B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>securities</w:t>
       </w:r>
-      <w:r w:rsidR="00B17935" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B17935" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> market participant </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6860" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CF6860" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>admitted</w:t>
       </w:r>
-      <w:r w:rsidR="00B17935" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B17935" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to trading in the Equity </w:t>
       </w:r>
-      <w:r w:rsidR="002E2C7B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002E2C7B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Derivatives</w:t>
       </w:r>
-      <w:r w:rsidR="00B17935" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B17935" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Section</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2284" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DE2284" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5239B51F" w14:textId="03832B3A" w:rsidR="000A2CE8" w:rsidRPr="005C43C7" w:rsidRDefault="007E5201" w:rsidP="008317C6">
+    <w:p w14:paraId="5239B51F" w14:textId="03832B3A" w:rsidR="000A2CE8" w:rsidRPr="001C058E" w:rsidRDefault="007E5201" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2127" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the event that all available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00754538" w:rsidRPr="00754538">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00754538" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>) have been cancelled</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to </w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
-[...26 lines deleted...]
-      <w:r w:rsidR="000A2CE8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>trading in the Equity Derivatives Section shall be restricted across all kinds of the Trading Member’s professional activities</w:t>
+      </w:r>
+      <w:r w:rsidR="000A2CE8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE63DB5" w14:textId="33401B8A" w:rsidR="00DE2284" w:rsidRPr="005C43C7" w:rsidRDefault="00290C96" w:rsidP="008317C6">
+    <w:p w14:paraId="0AE63DB5" w14:textId="33401B8A" w:rsidR="00DE2284" w:rsidRPr="001C058E" w:rsidRDefault="00290C96" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2127" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the event that at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="000A6E8C">
+      <w:r w:rsidR="000A6E8C" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>) ha</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> been cancelled</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to trading </w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the Equity Derivatives Section shall be restricted </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">according to the scope of activity corresponding to the cancelled </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD9FB42" w14:textId="4A511099" w:rsidR="008B0088" w:rsidRPr="005C43C7" w:rsidRDefault="00FF46AD" w:rsidP="008317C6">
+    <w:p w14:paraId="3DD9FB42" w14:textId="4A511099" w:rsidR="008B0088" w:rsidRPr="001C058E" w:rsidRDefault="00FF46AD" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6860" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CF6860" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00CF6860" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CF6860" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00CF6860" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00CF6860" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant admitted to trading in the Money Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="008B0088" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B0088" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E88D6C9" w14:textId="2549F02B" w:rsidR="008B0088" w:rsidRPr="005C43C7" w:rsidRDefault="00816A6E" w:rsidP="008317C6">
+    <w:p w14:paraId="6E88D6C9" w14:textId="2549F02B" w:rsidR="008B0088" w:rsidRPr="001C058E" w:rsidRDefault="00816A6E" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2127" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the event that all available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD" w:rsidRPr="00FF46AD">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>) have been cancelled</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission </w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
-[...24 lines deleted...]
-        <w:t>across all kinds of the Trading Member’s professional activities;</w:t>
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>to trading in the Money Derivatives Section shall be restricted across all kinds of the Trading Member’s professional activities;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A4C59F" w14:textId="4C29ED20" w:rsidR="008B0088" w:rsidRPr="005C43C7" w:rsidRDefault="00290C96" w:rsidP="008317C6">
+    <w:p w14:paraId="12A4C59F" w14:textId="4C29ED20" w:rsidR="008B0088" w:rsidRPr="001C058E" w:rsidRDefault="00290C96" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2127" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the event that at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00BF594A">
+      <w:r w:rsidR="00BF594A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>) ha</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> been cancelled</w:t>
       </w:r>
-      <w:r w:rsidR="00FF46AD">
+      <w:r w:rsidR="00FF46AD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
-[...8 lines deleted...]
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> admission to trading in the Money Derivatives </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Section shall be restricted according to the scope of activity corresponding to the cancelled </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="008B0088" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B0088" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563E2E1E" w14:textId="547DAACB" w:rsidR="008B0088" w:rsidRPr="005C43C7" w:rsidRDefault="000F0F20" w:rsidP="00437032">
+    <w:p w14:paraId="563E2E1E" w14:textId="547DAACB" w:rsidR="008B0088" w:rsidRPr="001C058E" w:rsidRDefault="000F0F20" w:rsidP="00437032">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Whe</w:t>
       </w:r>
-      <w:r w:rsidR="00E870AB">
+      <w:r w:rsidR="00E870AB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being a profession</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> securities market participant is a </w:t>
       </w:r>
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">credit </w:t>
       </w:r>
-      <w:r w:rsidR="006023A2">
+      <w:r w:rsidR="006023A2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> compliant with </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>requirement set in Clause</w:t>
       </w:r>
-      <w:r w:rsidR="008B0088" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B0088" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Article </w:t>
       </w:r>
-      <w:r w:rsidR="00DB0FB9" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DB0FB9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>03</w:t>
       </w:r>
-      <w:r w:rsidR="008B0088" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B0088" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB0FB9" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DB0FB9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> hereof</w:t>
       </w:r>
-      <w:r w:rsidR="00025AE8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00025AE8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, the Exchange</w:t>
       </w:r>
-      <w:r w:rsidR="00AF51CB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AF51CB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF51CB" w:rsidRPr="006023A2">
-[...19 lines deleted...]
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="00AF51CB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in the event that the</w:t>
+      </w:r>
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> respective</w:t>
       </w:r>
-      <w:r w:rsidR="00AF51CB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AF51CB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00AF51CB" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00AF51CB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been cancelled, </w:t>
       </w:r>
-      <w:r w:rsidR="00025AE8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00025AE8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">shall have the right not to restrict admission to trading in the Money Derivatives Section, but to </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>assign</w:t>
       </w:r>
-      <w:r w:rsidR="00025AE8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00025AE8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category D2 </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00025AE8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00025AE8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7C0812" w14:textId="3E15E738" w:rsidR="008B0088" w:rsidRPr="005C43C7" w:rsidRDefault="006809B3" w:rsidP="008317C6">
+    <w:p w14:paraId="2A7C0812" w14:textId="3E15E738" w:rsidR="008B0088" w:rsidRPr="001C058E" w:rsidRDefault="006809B3" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="003969F7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="003969F7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="003969F7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="003969F7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="003969F7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="003969F7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant admitted to trading in the Commodity Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="008B0088" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B0088" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734E65D7" w14:textId="2465745D" w:rsidR="008B0088" w:rsidRPr="005C43C7" w:rsidRDefault="0071090D" w:rsidP="008317C6">
+    <w:p w14:paraId="734E65D7" w14:textId="2465745D" w:rsidR="008B0088" w:rsidRPr="001C058E" w:rsidRDefault="0071090D" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2127" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the event that all available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00A84959">
+      <w:r w:rsidR="00A84959" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, those including</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for broker activities, also </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> execution of trades in</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> commodity</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> derivatives only, and/or dealer activities and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3" w:rsidRPr="006809B3">
-[...17 lines deleted...]
-      <w:r w:rsidR="001659FB">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidR="001659FB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been cancelled</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> trading</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Commodity Derivatives Section shall be restricted</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across all kinds of the Trading Member’s professional activities</w:t>
       </w:r>
-      <w:r w:rsidR="008B0088" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B0088" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A5D800" w14:textId="6E5925F9" w:rsidR="008B0088" w:rsidRPr="005C43C7" w:rsidRDefault="00E607DB" w:rsidP="008317C6">
+    <w:p w14:paraId="21A5D800" w14:textId="6E5925F9" w:rsidR="008B0088" w:rsidRPr="001C058E" w:rsidRDefault="00E607DB" w:rsidP="008317C6">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2127" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in the event that at least one of</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="001659FB">
+      <w:r w:rsidR="001659FB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, those including</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for broker activities, also </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> execution of trades in </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">commodity </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>derivatives only, and/or dealer activities and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities</w:t>
       </w:r>
-      <w:r w:rsidR="001659FB">
+      <w:r w:rsidR="001659FB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> ha</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> been cancelled</w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to trading in the Commodity Derivatives Section shall be restricted according to the scope of activity corresponding to the cancelled </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="008B0088" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B0088" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0072706E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0072706E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725C4B3E" w14:textId="3F1611C2" w:rsidR="000A2CE8" w:rsidRPr="005C43C7" w:rsidRDefault="00AF51CB" w:rsidP="00437032">
+    <w:p w14:paraId="725C4B3E" w14:textId="3F1611C2" w:rsidR="000A2CE8" w:rsidRPr="001C058E" w:rsidRDefault="00AF51CB" w:rsidP="00437032">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>Whe</w:t>
       </w:r>
-      <w:r w:rsidR="00E870AB">
+      <w:r w:rsidR="00E870AB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the cancellation of its </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s) the </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> still complies with </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">equity size requirement set in Clause 1.4 Article 03.01 above, the Exchange shall have the right not to restrict admission to trading in the Commodity Derivatives Section, but to </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>assign</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category T2 </w:t>
       </w:r>
-      <w:r w:rsidR="006809B3">
+      <w:r w:rsidR="006809B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00066D20" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00066D20" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BF8228" w14:textId="1A40BA71" w:rsidR="00174D54" w:rsidRDefault="00A01092" w:rsidP="00437032">
+    <w:p w14:paraId="59BF8228" w14:textId="1A40BA71" w:rsidR="00174D54" w:rsidRPr="001C058E" w:rsidRDefault="00A01092" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="0049762A" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0049762A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>mission to trading may be restricted</w:t>
       </w:r>
-      <w:r w:rsidR="0049762A" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0049762A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for one, more than</w:t>
       </w:r>
-      <w:r w:rsidR="00BD386A" w:rsidRPr="005C43C7">
-[...20 lines deleted...]
-      <w:r w:rsidR="00536C9A" w:rsidRPr="00F420E0">
+      <w:r w:rsidR="00BD386A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one or for all sections of the Derivatives Market in respect of one, more than one or all </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="_Hlk16609068"/>
+      <w:r w:rsidR="00536C9A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00BD386A" w:rsidRPr="00F420E0">
+      <w:r w:rsidR="00BD386A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>osition</w:t>
       </w:r>
-      <w:r w:rsidR="000D2524" w:rsidRPr="00F420E0">
+      <w:r w:rsidR="000D2524" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00BD386A" w:rsidRPr="00F420E0">
+      <w:r w:rsidR="00BD386A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00536C9A" w:rsidRPr="00F420E0">
+      <w:r w:rsidR="00536C9A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00BD386A" w:rsidRPr="00F420E0">
+      <w:r w:rsidR="00BD386A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>egister ledgers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-      <w:r w:rsidR="00536C9A" w:rsidRPr="00F420E0">
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidR="00536C9A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="00536C9A" w:rsidRPr="00F420E0">
-[...39 lines deleted...]
-      <w:r w:rsidR="00F047DF" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00536C9A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a Derivatives Market Trading Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00F047DF" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F12375" w14:textId="77777777" w:rsidR="00A417E5" w:rsidRPr="005C43C7" w:rsidRDefault="00A417E5" w:rsidP="00437032">
+    <w:p w14:paraId="22F12375" w14:textId="77777777" w:rsidR="00A417E5" w:rsidRPr="001C058E" w:rsidRDefault="00A417E5" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="179"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Hlk11402385"/>
-      <w:r>
+      <w:bookmarkStart w:id="48" w:name="_Hlk11402385"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The admission restriction mode may be cancelled by the Exchange’s </w:t>
       </w:r>
-      <w:r w:rsidR="00803100">
+      <w:r w:rsidR="00803100" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>resolution</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the reasons for introducing this mode have been eliminated.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="17E9FAB3" w14:textId="09126776" w:rsidR="00A762F4" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="17E9FAB3" w14:textId="09126776" w:rsidR="00A762F4" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc420663000"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="49" w:name="_Toc420663000"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc47461933"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D2A30" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="005D2A30" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>05</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009F4BC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009F4BC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>02</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rounds for and </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">eculiarities of </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">uspension of </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">dmission to </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rading on the Derivatives Market</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="06436B8A" w14:textId="0FE9129D" w:rsidR="002A56B8" w:rsidRPr="005C43C7" w:rsidRDefault="004324B7" w:rsidP="00437032">
+    <w:p w14:paraId="06436B8A" w14:textId="0FE9129D" w:rsidR="002A56B8" w:rsidRPr="001C058E" w:rsidRDefault="004324B7" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Ref356319188"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="51" w:name="_Ref356319188"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Apart from </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">events described in the General Section of </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Admission Rules, the Exchange shall suspend </w:t>
       </w:r>
-      <w:r w:rsidR="0000401E">
+      <w:r w:rsidR="0000401E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’s admission to trading on the Derivatives Market for any of the following grounds</w:t>
       </w:r>
-      <w:r w:rsidR="002A56B8" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="002A56B8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63813DAF" w14:textId="4A665F26" w:rsidR="00C77DE7" w:rsidRPr="005C43C7" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
+    <w:p w14:paraId="63813DAF" w14:textId="4A665F26" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="008864B3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008864B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="008864B3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008864B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="008864B3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008864B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:bookmarkStart w:id="50" w:name="_Hlk16609382"/>
-      <w:r>
+      <w:bookmarkStart w:id="52" w:name="_Hlk16609382"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="008864B3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008864B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-      <w:r w:rsidR="008864B3" w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidR="008864B3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admitted to trading in the Equity Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="00C77DE7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C77DE7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70285763" w14:textId="4B3D480D" w:rsidR="00C77DE7" w:rsidRPr="005C43C7" w:rsidRDefault="008864B3" w:rsidP="00437032">
+    <w:p w14:paraId="70285763" w14:textId="4B3D480D" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="008864B3" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">suspension of all professional securities market participant licences </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD" w:rsidRPr="00DE21BD">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> trading</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Equity Derivatives Section shall be suspended</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across all kinds of the Trading Member’s professional activities</w:t>
       </w:r>
-      <w:r w:rsidR="00C77DE7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C77DE7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56AD519F" w14:textId="79C51F30" w:rsidR="00C77DE7" w:rsidRDefault="00666B57" w:rsidP="00437032">
+    <w:p w14:paraId="56AD519F" w14:textId="79C51F30" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="00666B57" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">suspension of at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD" w:rsidRPr="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> admission to trading in the Equity Derivatives Section shall be suspended according to the scope of activity corresponding to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2391C" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>suspended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD" w:rsidRPr="005C43C7">
-[...17 lines deleted...]
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
-[...43 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1A4A5EC3" w14:textId="2E25147B" w:rsidR="00007C4E" w:rsidRPr="005E253E" w:rsidRDefault="00060A65" w:rsidP="00437032">
+    <w:p w14:paraId="1A4A5EC3" w14:textId="2E25147B" w:rsidR="00007C4E" w:rsidRPr="001C058E" w:rsidRDefault="00060A65" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the event that </w:t>
       </w:r>
-      <w:r w:rsidR="00007C4E">
+      <w:r w:rsidR="00007C4E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">all available </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00007C4E" w:rsidRPr="005B27B7">
+        <w:t>all available professional securities market participant licences for broker and/or dealer and/or securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>professional securities market participant</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00007C4E">
+        <w:t xml:space="preserve"> are cancelled, admission to trading </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in the Equity Derivatives Section shall be suspended across all kinds of the Trading Member’s professional activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00007C4E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> licences for broker and/or dealer and/or securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are cancelled, admission to trading </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00007C4E">
+        <w:t xml:space="preserve">Admission </w:t>
+      </w:r>
+      <w:r w:rsidR="00007C4E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>to trading for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register</w:t>
+      </w:r>
+      <w:r w:rsidR="00420649" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Admission </w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB4823B" w14:textId="5DEB9D6F" w:rsidR="00420649" w:rsidRPr="005C43C7" w:rsidRDefault="00420649" w:rsidP="00437032">
+    <w:p w14:paraId="2FB4823B" w14:textId="5DEB9D6F" w:rsidR="00420649" w:rsidRPr="001C058E" w:rsidRDefault="00420649" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the event that at least one of available </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B27B7">
+        <w:t xml:space="preserve">the event that at least one of available professional securities market participant licences for broker and/or dealer and/or securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities) are cancelled, admission to trading </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in the Equity Derivatives Section shall be suspended according to the scope of activity corresponding to the suspended licence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>professional securities market participant</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>. Admission to trading for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0079F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> licences for broker and/or dealer and/or securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities) are cancelled, admission to trading </w:t>
-[...79 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522126E3" w14:textId="6A8E7EA7" w:rsidR="00C77DE7" w:rsidRPr="005C43C7" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
+    <w:p w14:paraId="522126E3" w14:textId="6A8E7EA7" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant admitted to trading in the Money Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="00C77DE7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C77DE7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDDC268" w14:textId="67733A22" w:rsidR="00C77DE7" w:rsidRPr="005C43C7" w:rsidRDefault="00225003" w:rsidP="00437032">
+    <w:p w14:paraId="5CDDC268" w14:textId="67733A22" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="00225003" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">suspension of all professional securities market participant licences </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD" w:rsidRPr="00DE21BD">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> trading</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Money Derivatives Section shall be suspended</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across all kinds of the Trading Member’s professional activities</w:t>
       </w:r>
-      <w:r w:rsidR="00C77DE7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C77DE7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4277F7DB" w14:textId="0BE86166" w:rsidR="00C77DE7" w:rsidRDefault="00EC5966" w:rsidP="00437032">
+    <w:p w14:paraId="4277F7DB" w14:textId="0BE86166" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="00EC5966" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">suspension of at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD" w:rsidRPr="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> admission to trading in the Money Derivatives Section shall be suspended according to the scope of activity corresponding to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2391C" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>suspended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD" w:rsidRPr="005C43C7">
-[...53 lines deleted...]
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00C77DE7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C77DE7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED4AF1D" w14:textId="71A65DDD" w:rsidR="00E0079F" w:rsidRPr="00B46D50" w:rsidRDefault="00E0079F" w:rsidP="00E0079F">
+    <w:p w14:paraId="6ED4AF1D" w14:textId="71A65DDD" w:rsidR="00E0079F" w:rsidRPr="001C058E" w:rsidRDefault="00E0079F" w:rsidP="00E0079F">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the event that all available </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B27B7">
+        <w:t xml:space="preserve">in the event that all available professional securities market participant licences for broker and/or dealer and/or securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities) are cancelled, admission to trading </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in the Money Derivatives Section shall be suspended across all kinds of the Trading Member’s professional activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>professional securities market participant</w:t>
-[...89 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>. Admission to trading for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CED34F5" w14:textId="1B59D34A" w:rsidR="00E0079F" w:rsidRPr="00E0079F" w:rsidRDefault="00E0079F">
+    <w:p w14:paraId="6CED34F5" w14:textId="1B59D34A" w:rsidR="00E0079F" w:rsidRPr="001C058E" w:rsidRDefault="00E0079F">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E0079F">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the event that at least one of available professional securities market participant licences for broker and/or dealer and/or securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities) are cancelled, admission to trading </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0079F">
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00E0079F">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in the Money Derivatives Section shall be suspended according to the scope of activity corresponding to the suspended licence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. Admission to trading</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register;</w:t>
+        <w:t>. Admission to trading for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6C71DD" w14:textId="2366181E" w:rsidR="00662705" w:rsidRPr="005C43C7" w:rsidRDefault="00662705" w:rsidP="00437032">
+    <w:p w14:paraId="0F6C71DD" w14:textId="2366181E" w:rsidR="00662705" w:rsidRPr="001C058E" w:rsidRDefault="00662705" w:rsidP="00437032">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Whe</w:t>
       </w:r>
-      <w:r w:rsidR="00E870AB">
+      <w:r w:rsidR="00E870AB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being a profession</w:t>
       </w:r>
-      <w:r w:rsidR="00C24E3D">
+      <w:r w:rsidR="00C24E3D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> securities market participant is a </w:t>
       </w:r>
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">credit </w:t>
       </w:r>
-      <w:r w:rsidR="006023A2">
+      <w:r w:rsidR="006023A2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> compliant with</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> requirement set in Clause 1.2 Article 03.01 hereof, the Exchange, in the event that the</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> respective</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been </w:t>
       </w:r>
-      <w:r w:rsidR="00D4462A">
+      <w:r w:rsidR="00D4462A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>suspended</w:t>
       </w:r>
-      <w:r w:rsidR="0068265D">
+      <w:r w:rsidR="0068265D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/cancelled</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, shall have the right not to </w:t>
       </w:r>
-      <w:r w:rsidR="00D42D54" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D42D54" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">suspend </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">admission to trading in the Money Derivatives Section, but to </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>assign</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category D2 </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E58F4F0" w14:textId="4E714040" w:rsidR="00C77DE7" w:rsidRPr="005C43C7" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
+    <w:p w14:paraId="4E58F4F0" w14:textId="4E714040" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00C1405E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C1405E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant admitted to trading in the Commodity Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="00C77DE7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C77DE7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B98A3B" w14:textId="7B00C93C" w:rsidR="00C77DE7" w:rsidRPr="005C43C7" w:rsidRDefault="00511DE8" w:rsidP="00437032">
+    <w:p w14:paraId="45B98A3B" w14:textId="7B00C93C" w:rsidR="00C77DE7" w:rsidRPr="001C058E" w:rsidRDefault="00511DE8" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">suspension of all available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s (for broker activities, also </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> execution of trades in </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">commodity </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>derivatives only, and/or dealer activities and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>trading</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Commodity Derivatives Section shall be suspended</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across all kinds of the Trading Member’s professional activities</w:t>
       </w:r>
-      <w:r w:rsidR="00C77DE7" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C77DE7" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F8DA9D" w14:textId="75E676B6" w:rsidR="00511DE8" w:rsidRDefault="00511DE8" w:rsidP="00437032">
+    <w:p w14:paraId="79F8DA9D" w14:textId="75E676B6" w:rsidR="00511DE8" w:rsidRPr="001C058E" w:rsidRDefault="00511DE8" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">suspension of at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD" w:rsidRPr="005C43C7">
-[...53 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for broker activities, also in execution of trades in commodity derivatives only, and/or dealer activities and/or securities management activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to trading in the </w:t>
       </w:r>
-      <w:r w:rsidR="00E8372A">
-[...8 lines deleted...]
-      <w:r w:rsidR="00E8372A" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00E8372A" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commodity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Derivatives Section shall be suspended according to the scope of activity corresponding to the </w:t>
+      </w:r>
+      <w:r w:rsidR="004D7DFC" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>suspended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
-[...26 lines deleted...]
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C320D00" w14:textId="50FC4412" w:rsidR="00E8372A" w:rsidRPr="00B46D50" w:rsidRDefault="00E8372A" w:rsidP="00E8372A">
+    <w:p w14:paraId="6C320D00" w14:textId="50FC4412" w:rsidR="00E8372A" w:rsidRPr="001C058E" w:rsidRDefault="00E8372A" w:rsidP="00E8372A">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the event that all available </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005B27B7">
+        <w:t xml:space="preserve">in the event that all available professional securities market participant licences </w:t>
+      </w:r>
+      <w:r w:rsidR="0068265D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>professional securities market participant</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">(for broker activities, those including broker activities to execute commodity derivatives contracts, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> licences </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0068265D">
+        <w:t>for broker and/or dealer and/or securities management activities</w:t>
+      </w:r>
+      <w:r w:rsidR="0068265D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">(for broker activities, those including broker activities to execute commodity derivatives contracts, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>for broker and/or dealer and/or securities management activities</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0068265D">
+        <w:t xml:space="preserve"> (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities) are cancelled, admission to trading </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in the Commodity Derivatives Section shall be suspended across all kinds of the Trading Member’s professional activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...71 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>. Admission to trading for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372DE236" w14:textId="5D13BA6C" w:rsidR="00E8372A" w:rsidRPr="00E8372A" w:rsidRDefault="00E8372A">
+    <w:p w14:paraId="372DE236" w14:textId="5D13BA6C" w:rsidR="00E8372A" w:rsidRPr="001C058E" w:rsidRDefault="00E8372A">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E8372A">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the event that at least one of available professional securities market participant licences </w:t>
       </w:r>
-      <w:r w:rsidR="0068265D">
+      <w:r w:rsidR="0068265D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(for broker activities, those including broker activities to execute commodity derivatives contracts, for broker and/or dealer and/or securities management activities) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E8372A">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">(if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective scope of professional activities) are cancelled, admission to trading </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00E8372A">
+        <w:t xml:space="preserve">(if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. Admission to trading</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E8372A">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">to the respective scope of professional activities) are cancelled, admission to trading </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in the Commodity Derivatives Section shall be suspended according to the scope of activity corresponding to the suspended licence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register;</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. Admission to trading for the named reasons shall be suspended for the Trading Member when the Trading Member holds no open interest on subaccounts of the positions register;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE7A96D" w14:textId="3DCC3142" w:rsidR="00254BFE" w:rsidRPr="005C43C7" w:rsidRDefault="00254BFE" w:rsidP="00437032">
+    <w:p w14:paraId="5AE7A96D" w14:textId="3DCC3142" w:rsidR="00254BFE" w:rsidRPr="001C058E" w:rsidRDefault="00254BFE" w:rsidP="00437032">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Whe</w:t>
       </w:r>
-      <w:r w:rsidR="00E870AB">
+      <w:r w:rsidR="00E870AB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the </w:t>
       </w:r>
-      <w:r w:rsidR="00FE604B">
+      <w:r w:rsidR="00FE604B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>suspension</w:t>
       </w:r>
-      <w:r w:rsidR="00AB3ABA">
+      <w:r w:rsidR="00AB3ABA" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>/cancellation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of its </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s) the </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> still complies with</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> equity size requirement set</w:t>
       </w:r>
-      <w:r w:rsidR="00FE604B">
+      <w:r w:rsidR="00FE604B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> out</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Clause 1.4 Article 03.01 above, the Exchange shall have the right not to suspend admission to trading in the Commodity Derivatives Section, but to </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>assign</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category T2 </w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00DE21BD">
+      <w:r w:rsidR="00DE21BD" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045BA620" w14:textId="025185E7" w:rsidR="00EF7B40" w:rsidRPr="005C43C7" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
+    <w:p w14:paraId="045BA620" w14:textId="67D92538" w:rsidR="00EF7B40" w:rsidRPr="001C058E" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="004E2F5B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004E2F5B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="004E2F5B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004E2F5B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="004E2F5B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004E2F5B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Category T2 other than </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="004E2F5B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004E2F5B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">professional securities market participant, in the event that </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
-      <w:r w:rsidR="004E2F5B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004E2F5B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> fail</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="004E2F5B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004E2F5B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to comply with </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="004E2F5B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="004E2F5B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>equity size requirement set in Clause 1.4 Article 03.01 above</w:t>
       </w:r>
-      <w:r w:rsidR="00EF7B40" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00EF7B40" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B00BFD7" w14:textId="15820613" w:rsidR="00F047DF" w:rsidRPr="002A5504" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
+    <w:p w14:paraId="1075B0AF" w14:textId="05570193" w:rsidR="00A50608" w:rsidRPr="001C058E" w:rsidRDefault="00A50608" w:rsidP="00437032">
+      <w:pPr>
+        <w:pStyle w:val="afd"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="6" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for Trading Members of Category D3/D4/T3/T4, in the event that the Exchange receives information from </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36CF0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> central (national) bank or any other authorised body of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36CF0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> country of incorporation </w:t>
+      </w:r>
+      <w:r w:rsidR="00E36CF0" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-resident bank and/or non-resident non-credit institution</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8370B" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a resident of, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>whi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8370B" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in the Exchange’s opinion, necessitates suspension of admission to trading for </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2057" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-resident bank and/or non-resident non-credit institution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B00BFD7" w14:textId="15820613" w:rsidR="00F047DF" w:rsidRPr="001C058E" w:rsidRDefault="00DE21BD" w:rsidP="00437032">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A Trading Member’s a</w:t>
       </w:r>
-      <w:r w:rsidR="000F126B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000F126B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dmission</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="005C43C7">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to trading may be suspended for one, more than one or for all sections of the Derivatives Market in respect of one, more than one or all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="002A5504">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>osition</w:t>
       </w:r>
-      <w:r w:rsidR="000D2524" w:rsidRPr="002A5504">
+      <w:r w:rsidR="000D2524" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="002A5504">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="002A5504">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>egister ledgers</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="009D547D" w:rsidRPr="002A5504">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Derivatives Market Trading Member</w:t>
       </w:r>
-      <w:r w:rsidR="008B7FC3" w:rsidRPr="002A5504">
+      <w:r w:rsidR="008B7FC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CC6701" w14:textId="4ACBC2B6" w:rsidR="00A762F4" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="76CC6701" w14:textId="4ACBC2B6" w:rsidR="00A762F4" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc427047954"/>
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc427047954"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc280276981"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc280277146"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc280277321"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc420663001"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc47461934"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc469886226"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc495217337"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc495221210"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc32733544"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc117914911"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc202591993"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc230606679"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc280276989"/>
       <w:bookmarkEnd w:id="51"/>
-      <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D2A30" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="005D2A30" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>05</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005972E6" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="005972E6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>03</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A762F4" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00A762F4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-      <w:r w:rsidR="00253F64" w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidR="00253F64" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="00253F64" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00253F64" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rounds for and </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00253F64" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00253F64" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">eculiarities of </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00253F64" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00253F64" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ermination of </w:t>
       </w:r>
-      <w:r w:rsidR="009869D1">
+      <w:r w:rsidR="009869D1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a Trading Member’s </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00253F64" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00253F64" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">dmission to </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00253F64" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00253F64" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rading on the Derivatives Market</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="58"/>
     </w:p>
-    <w:p w14:paraId="1A9891A5" w14:textId="24953107" w:rsidR="00186878" w:rsidRPr="005C43C7" w:rsidRDefault="003F292A" w:rsidP="00437032">
+    <w:p w14:paraId="1A9891A5" w14:textId="24953107" w:rsidR="00186878" w:rsidRPr="001C058E" w:rsidRDefault="003F292A" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="176"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Ref353981286"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkStart w:id="67" w:name="_Ref353981286"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Apart from </w:t>
       </w:r>
-      <w:r w:rsidR="009869D1">
+      <w:r w:rsidR="009869D1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">events described in the General Section of </w:t>
       </w:r>
-      <w:r w:rsidR="009869D1">
+      <w:r w:rsidR="009869D1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Admission Rules, the Exchange shall terminate </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s admission to trading on the </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>erivatives Market for any of the following grounds</w:t>
       </w:r>
-      <w:r w:rsidR="00186878" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00186878" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A181937" w14:textId="245091D6" w:rsidR="000A3554" w:rsidRPr="005C43C7" w:rsidRDefault="00B81AA8" w:rsidP="00437032">
+    <w:p w14:paraId="6A181937" w14:textId="245091D6" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="00B81AA8" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant admitted to trading in the Equity Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="398C4E9D" w14:textId="413958E7" w:rsidR="000A3554" w:rsidRPr="005C43C7" w:rsidRDefault="009D547D" w:rsidP="00437032">
+    <w:p w14:paraId="398C4E9D" w14:textId="413958E7" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="009D547D" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cancellation of </w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">all available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8" w:rsidRPr="00B81AA8">
-[...17 lines deleted...]
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>trading</w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Equity Derivatives Section shall be </w:t>
       </w:r>
-      <w:r w:rsidR="0096598B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0096598B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>terminated</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across all kinds of the Trading Member’s professional activities</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B0ABA2" w14:textId="5FC911F0" w:rsidR="000A3554" w:rsidRPr="005E253E" w:rsidRDefault="009D547D" w:rsidP="00437032">
+    <w:p w14:paraId="56B0ABA2" w14:textId="5FC911F0" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="009D547D" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cancellation of </w:t>
       </w:r>
-      <w:r w:rsidR="0096598B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0096598B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="0096598B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0096598B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="0096598B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0096598B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8" w:rsidRPr="00B81AA8">
-[...17 lines deleted...]
-      <w:r w:rsidR="0096598B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidR="0096598B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="0096598B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0096598B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to trading in the Equity Derivatives Section shall be terminated according to the scope of activity corresponding to the cancelled </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC21900" w14:textId="2BAA55C2" w:rsidR="007F0E5C" w:rsidRDefault="007F0E5C" w:rsidP="00437032">
+    <w:p w14:paraId="3FC21900" w14:textId="2BAA55C2" w:rsidR="007F0E5C" w:rsidRPr="001C058E" w:rsidRDefault="007F0E5C" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...71 lines deleted...]
-      <w:r w:rsidR="00176A17">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>suspension of all available professional securities market participant licences (for broker and/or dealer and/or securities management activities) across all kinds of the Trading Member’s professional activities for the reasons specified in Sub-clause 1.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00176A17" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 of Clause 1.1 Article 05.02; admission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>to trading in the Equity Derivatives Section shall be terminated across all kinds of the Trading Member’s professional activities;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF70FFC" w14:textId="59C72CA0" w:rsidR="00176A17" w:rsidRPr="00176A17" w:rsidRDefault="00176A17">
+    <w:p w14:paraId="1FF70FFC" w14:textId="59C72CA0" w:rsidR="00176A17" w:rsidRPr="001C058E" w:rsidRDefault="00176A17">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00176A17">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suspension of all available professional securities market participant licences (for broker and/or dealer and/or securities management activities) across all kinds of the Trading Member’s professional activities for the reasons specified in Sub-clause 1.1.4 of Clause 1.1 Article 05.02; admission to trading in the Equity Derivatives Section shall be terminated </w:t>
+      </w:r>
+      <w:r w:rsidR="005D75E9" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>according to the scope of activity corresponding to the cancelled licence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B55472" w14:textId="0BB1E21A" w:rsidR="000A3554" w:rsidRPr="005C43C7" w:rsidRDefault="00B81AA8" w:rsidP="00437032">
+    <w:p w14:paraId="52B55472" w14:textId="0BB1E21A" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="00B81AA8" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant admitted to trading in the Money Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11757727" w14:textId="58A56CA3" w:rsidR="000A3554" w:rsidRPr="005C43C7" w:rsidRDefault="009D547D" w:rsidP="00437032">
+    <w:p w14:paraId="11757727" w14:textId="58A56CA3" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="009D547D" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cancellation of </w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">all available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8" w:rsidRPr="00B81AA8">
-[...17 lines deleted...]
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>trading</w:t>
       </w:r>
-      <w:r w:rsidR="00925EC1" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00925EC1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Mone</w:t>
       </w:r>
-      <w:r w:rsidR="00DC59DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC59DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>y Derivatives Section shall be terminated</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across all kinds of the Trading Member’s professional activities</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3136E644" w14:textId="77777777" w:rsidR="000403BF" w:rsidRDefault="009D547D" w:rsidP="00437032">
+    <w:p w14:paraId="3136E644" w14:textId="77777777" w:rsidR="000403BF" w:rsidRPr="001C058E" w:rsidRDefault="009D547D" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cancellation of </w:t>
       </w:r>
-      <w:r w:rsidR="00DC59DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC59DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00DC59DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC59DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00DC59DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC59DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (for broker and/or dealer and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8" w:rsidRPr="00B81AA8">
-[...17 lines deleted...]
-      <w:r w:rsidR="00DC59DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC59DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00DC59DE" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00DC59DE" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to trading in the Money Derivatives Section shall be terminated according to the scope of activity corresponding to the cancelled </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="000403BF">
+      <w:r w:rsidR="000403BF" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556ED54E" w14:textId="7755241D" w:rsidR="000403BF" w:rsidRDefault="000403BF" w:rsidP="000403BF">
+    <w:p w14:paraId="556ED54E" w14:textId="7755241D" w:rsidR="000403BF" w:rsidRPr="001C058E" w:rsidRDefault="000403BF" w:rsidP="000403BF">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...71 lines deleted...]
-      <w:r w:rsidR="005D75E9">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>suspension of all available professional securities market participant licences (for broker and/or dealer and/or securities management activities) across all kinds of the Trading Member’s professional activities for the reasons specified in Sub-clause 1.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D75E9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r>
-[...69 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Clause 1.2 Article 05.02; admission to trading in the Money Derivatives Section shall be terminated across all kinds of the Trading Member’s professional activities;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6268CF8F" w14:textId="59E02EF6" w:rsidR="000A3554" w:rsidRPr="005C43C7" w:rsidRDefault="005D75E9" w:rsidP="00437032">
+    <w:p w14:paraId="6268CF8F" w14:textId="59E02EF6" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="005D75E9" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00B46D50">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">suspension of all available professional securities market participant licences (for broker and/or dealer and/or securities management activities) across all kinds of the Trading Member’s professional activities for the reasons specified in Sub-clause 1.2.4 of Clause 1.2 Article 05.02; admission to trading in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00082546" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Derivatives Section shall be terminated according to the scope of activity corresponding to the cancelled licence</w:t>
+      </w:r>
+      <w:r w:rsidR="006E78D0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...89 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="69EF8A39" w14:textId="05E92598" w:rsidR="00D42D54" w:rsidRPr="005C43C7" w:rsidRDefault="00D42D54" w:rsidP="00437032">
+    <w:p w14:paraId="69EF8A39" w14:textId="7D3F22C8" w:rsidR="00D42D54" w:rsidRPr="001C058E" w:rsidRDefault="00D42D54" w:rsidP="00437032">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Whe</w:t>
       </w:r>
-      <w:r w:rsidR="00E870AB">
+      <w:r w:rsidR="00E870AB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being a profession</w:t>
       </w:r>
-      <w:r w:rsidR="00C24E3D">
+      <w:r w:rsidR="00C24E3D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> securities market participant is a </w:t>
       </w:r>
-      <w:r w:rsidR="00780B92">
+      <w:r w:rsidR="00780B92" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">credit </w:t>
       </w:r>
-      <w:r w:rsidR="006023A2">
+      <w:r w:rsidR="006023A2" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>organisation</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> compliant with </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>requirement set in Clause 1.2 Article 03.01 hereof, the Exchange, in the event that the</w:t>
       </w:r>
-      <w:r w:rsidR="00841C8F">
+      <w:r w:rsidR="00841C8F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> respective</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been cancelled, shall have the right not to terminate admission to trading in the Money Derivatives Section, but to </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>assign</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category D2 </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00A8370B" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9CC67C" w14:textId="77777777" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for a non-resident non-credit institution admitted to trading in the Money Derivatives Section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F77680D" w14:textId="0F569243" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00924E48" w:rsidP="00145051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1797" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00145051" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f the Exchange receives information from the central (national) bank or any other authorised public authority of the country the non-resident non-credit institution is a resident of, which shows that </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2057" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00145051" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-resident non-credit institution is not authorised to carry out operations under the national legislation similar to those carried out under a brokerage licence of a professional securities </w:t>
+      </w:r>
+      <w:r w:rsidR="00145051" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">market participant, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="_Hlk130568590"/>
+      <w:r w:rsidR="00145051" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>admission to trading in the Money Derivatives Section shall be terminated</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidR="00145051" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25968E6A" w14:textId="5EB289D9" w:rsidR="000A3554" w:rsidRPr="005C43C7" w:rsidRDefault="00B81AA8" w:rsidP="00437032">
+    <w:p w14:paraId="62DF8EDE" w14:textId="30C3B4E7" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00924E48" w:rsidP="00145051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1797"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="_Hlk130292665"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="00145051" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Exchange receives information from the central (national) bank or any other authorised public authority of the country the non-resident non-credit institution is a resident of, which shows that in respect of the above-mentioned </w:t>
+      </w:r>
+      <w:r w:rsidR="00A955BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidR="00145051" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a ban on making FX derivatives contracts and/or interest rate derivatives, is imposed, admission to participation in trading in the Money Derivatives Section is terminated;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3578B3D0" w14:textId="77777777" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1797" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>upon exclusion of a country the non-resident non-credit institution is a resident of from the Russian Federation Government-approved list(s) of countries whose residents may be admitted to organised trading where FX derivatives contracts and/or interest rate derivatives contracts are entered into with the central counterparty being an authorised bank</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> admission to trading in the Money Derivatives Section is terminated.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p w14:paraId="7297123E" w14:textId="77777777" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28A3D301" w14:textId="205FF087" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2057" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-resident non-credit institution is a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-resident bank meeting criteria</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> set in Sub-clause 1.6 Clause 1 and Sub-clause 2.8 of Clause2 of Article 03.01 of these Admission Rules, the Exchange may, following the cancellation of the right carry out operations under the national legislation similar to those carried out under the brokerage licence of a professional securities market participant, continue admission of such Trading Member to trading in the Commodities Derivatives Section. If such a case, the Exchange assigns Category D3 to the said Trading Member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3550322E" w14:textId="77777777" w:rsidR="00A8370B" w:rsidRPr="001C058E" w:rsidRDefault="00A8370B" w:rsidP="00A8370B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02C2C00B" w14:textId="5BDA76E6" w:rsidR="008820BB" w:rsidRPr="001C058E" w:rsidRDefault="004961E8" w:rsidP="008820BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1418" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for a n</w:t>
+      </w:r>
+      <w:r w:rsidR="008820BB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>on-resident bank admitted to trading in the Money Derivatives Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008820BB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044E09E4" w14:textId="7959D8D8" w:rsidR="008820BB" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="008820BB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if the Exchange receives information from the central (national) bank, or any other authorised public authority of the country of incorporation the non-resident bank is a resident of, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="_Hlk130820327"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>on revocation (cancellation) of the special authorisation (licence) of the central (national) bank or any other public authority of the country of incorporation of the non-resident bank to carry out banking and/or FX operations under the legislation of the country of incorporation of the non-resident bank,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> admission to trading in the Money Derivatives Section shall be terminated</w:t>
+      </w:r>
+      <w:r w:rsidR="008820BB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DE2388" w14:textId="1809CB23" w:rsidR="008820BB" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>if the Exchange receives information from the central (national) bank or any other authorised public authority of the country the non-resident bank is a resident of, which shows that in respect of the above-mentioned person a ban on making FX derivatives contracts and/or interest rate derivatives, is imposed,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>admission to participation in trading in the Money Derivatives Section is terminated</w:t>
+      </w:r>
+      <w:r w:rsidR="008820BB" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2505EF9E" w14:textId="2B5E4DC6" w:rsidR="008820BB" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>upon exclusion of the country the non-resident bank is a resident of from the Russian Federation government-approved list of countries whose residents may be admitted to organised trading where FX derivatives contracts and/or interest rate derivatives contracts are entered into with the central counterparty being an authorised bank, admission to trading in the Money Derivatives Section is terminated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC63512" w14:textId="77777777" w:rsidR="008820BB" w:rsidRPr="001C058E" w:rsidRDefault="008820BB" w:rsidP="008820BB">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1800" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21EEE7FB" w14:textId="1752F686" w:rsidR="008820BB" w:rsidRPr="001C058E" w:rsidRDefault="008820BB" w:rsidP="008820BB">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1440" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2057" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-resident bank is a non-resident non-credit institution meeting criteria set in </w:t>
+      </w:r>
+      <w:r w:rsidR="004961E8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Sub-clause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.7 Clause 1 and </w:t>
+      </w:r>
+      <w:r w:rsidR="004961E8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Sub-clause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.7 Clause 2.7 of Article 03.01 of these </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Admission Rules, the Exchange may, following the revocation (termination) of the special permit (licence) issued by the central (national) bank or any other public authority of the country of incorporation of the non-resident bank to carry out banking and/or FX operations under the national legislation, the Exchange may continue admission of such Trading Member to trading in the Money Derivatives Section. If such a case, the Exchange assigns Category D4 to the said Trading Member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25968E6A" w14:textId="5EB289D9" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="00B81AA8" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00C41316" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C41316" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>professional securities market participant admitted to trading in the Commodity Derivatives Section</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE24CF4" w14:textId="50F0417C" w:rsidR="000A3554" w:rsidRPr="005C43C7" w:rsidRDefault="009D547D" w:rsidP="00437032">
+    <w:p w14:paraId="1BE24CF4" w14:textId="50F0417C" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="009D547D" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cancellation of </w:t>
       </w:r>
-      <w:r w:rsidR="00B6216D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B6216D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">all available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00B6216D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B6216D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s (for broker activities, also </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00B6216D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B6216D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> execution of trades in</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> commodity</w:t>
       </w:r>
-      <w:r w:rsidR="00B6216D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B6216D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> derivatives only, and/or dealer activities and/or securities management</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities</w:t>
       </w:r>
-      <w:r w:rsidR="00B6216D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B6216D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00B6216D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B6216D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">trading </w:t>
       </w:r>
-      <w:r w:rsidR="00B6216D" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B6216D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the Commodity Derivatives Section shall be </w:t>
       </w:r>
-      <w:r w:rsidR="00FB5FED">
+      <w:r w:rsidR="00FB5FED" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>terminated</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> across all kinds of the Trading Member’s professional activities</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AEFB51" w14:textId="6000EE4C" w:rsidR="000A3554" w:rsidRDefault="009D547D" w:rsidP="00437032">
+    <w:p w14:paraId="53AEFB51" w14:textId="6000EE4C" w:rsidR="000A3554" w:rsidRPr="001C058E" w:rsidRDefault="009D547D" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cancellation of </w:t>
       </w:r>
-      <w:r w:rsidR="00D1055E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D1055E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at least one of </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00D1055E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D1055E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">available professional securities market participant </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="00D1055E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D1055E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s (</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8" w:rsidRPr="005C43C7">
-[...53 lines deleted...]
-      <w:r w:rsidR="00D1055E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for broker activities, also in execution of trades in commodity derivatives only, and/or dealer activities and/or securities management activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1055E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00D1055E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00D1055E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to trading in the Commodity Derivatives Section shall be terminated according to the scope of activity corresponding to the cancelled </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidR="000A3554" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000A3554" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275C95BE" w14:textId="34C0F22F" w:rsidR="006E78D0" w:rsidRDefault="006E78D0" w:rsidP="006E78D0">
+    <w:p w14:paraId="275C95BE" w14:textId="34C0F22F" w:rsidR="006E78D0" w:rsidRPr="001C058E" w:rsidRDefault="006E78D0" w:rsidP="006E78D0">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...132 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>suspension of all available professional securities market participant licences (for broker and/or dealer and/or securities management activities) across all kinds of the Trading Member’s professional activities for the reasons specified in Sub-clause 1.3.3 of Clause 1.3 Article 05.02; admission to trading in the Commodity Derivatives Section shall be terminated across all kinds of the Trading Member’s professional activities;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC2B879" w14:textId="4B68050F" w:rsidR="006E78D0" w:rsidRPr="006E78D0" w:rsidRDefault="006E78D0">
+    <w:p w14:paraId="1EC2B879" w14:textId="4B68050F" w:rsidR="006E78D0" w:rsidRPr="001C058E" w:rsidRDefault="006E78D0">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="6" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E78D0">
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> Derivatives Section shall be terminated according to the scope of activity corresponding to the cancelled licence.</w:t>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>suspension of all available professional securities market participant licences (for broker and/or dealer and/or securities management activities) across all kinds of the Trading Member’s professional activities for the reasons specified in Sub-clause 1.3.4 of Clause 1.3 Article 05.02; admission to trading in the Commodity Derivatives Section shall be terminated according to the scope of activity corresponding to the cancelled licence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEC219F" w14:textId="5ED3E783" w:rsidR="00F30142" w:rsidRPr="005C43C7" w:rsidRDefault="00F30142" w:rsidP="00437032">
+    <w:p w14:paraId="7AEC219F" w14:textId="11C624DA" w:rsidR="00F30142" w:rsidRPr="001C058E" w:rsidRDefault="00F30142" w:rsidP="00437032">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Whe</w:t>
       </w:r>
-      <w:r w:rsidR="00E870AB">
+      <w:r w:rsidR="00E870AB" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the cancellation of its </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s) the </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> still complies with </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>equity size requirement set in Clause 1.4 Article 03.01 above, the Exchange shall have the right not to restrict admission to trading in the Commodity Derivatives Section, but to</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> assign </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Category T2 </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD2D0BD" w14:textId="0929168C" w:rsidR="004C58EA" w:rsidRPr="005C43C7" w:rsidRDefault="00B55B7A" w:rsidP="00437032">
+    <w:p w14:paraId="50379C98" w14:textId="17C0E0A7" w:rsidR="004961E8" w:rsidRPr="001C058E" w:rsidRDefault="004961E8" w:rsidP="004961E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Hlk130820463"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for a non-resident non-credit institution admitted to trading in the Commodities Derivatives Section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007F5B4C" w14:textId="77777777" w:rsidR="004961E8" w:rsidRPr="001C058E" w:rsidRDefault="004961E8" w:rsidP="001C058E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="2268" w:right="6" w:hanging="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>If the Exchange receives information from the central (national) bank or any other authorised public authority of the country the non-resident non-credit institution is a resident of, which shows that a non-resident non-credit institution is not authorised to carry out operations under the national legislation similar to those carried out under a brokerage licence of a professional securities market participant, admission to trading in the Commodities Derivatives Section shall be terminated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571FB7E1" w14:textId="4E4033D9" w:rsidR="004961E8" w:rsidRPr="001C058E" w:rsidRDefault="004961E8" w:rsidP="004961E8">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2057" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-resident non-credit institution is a non-resident bank meeting criteria set in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A955BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Sub-clause </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1.6 Clause 1 Article 03.01 of these Admission Rules, the Exchange may, following the cancellation of the right carry out operations under the national legislation similar to those carried out under the brokerage licence of a professional securities market participant, continue admission of such Trading Member to trading in the Commodities Derivatives Section. If such a case, the Exchange assigns Category T3 to the said Trading Member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DE06EB" w14:textId="77777777" w:rsidR="004961E8" w:rsidRPr="001C058E" w:rsidRDefault="004961E8" w:rsidP="004961E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EBC552A" w14:textId="77777777" w:rsidR="004961E8" w:rsidRPr="001C058E" w:rsidRDefault="004961E8" w:rsidP="004961E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Non-resident banks admitted to trading in the Commodities Derivatives Section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514C9763" w14:textId="1011F842" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the Exchange receives information from the central (national) bank or any other authorised public authority of the country of incorporation the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A955BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>non-resident bank is a resident of on revocation (cancellation) of the special permit (licence) issued by the central (national) bank or any other public authority of the country of incorporation of the non-resident bank to carry out banking and/or FX operations under the legislation of the country of incorporation of the non-resident bank, admission to trading in the Commodities Derivatives Section shall be terminated;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="025896F2" w14:textId="77777777" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA37D8F" w14:textId="02DEC543" w:rsidR="00145051" w:rsidRPr="001C058E" w:rsidRDefault="00145051" w:rsidP="00145051">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="720" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2057" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non-resident non-credit institution is a non-resident bank meeting eligibility criteria set in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A955BA" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Sub-clause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.7 Clause 1 Article 03.01 of these Admission Rules, the Exchange may, following the revocation (termination) of the special permit (licence) issued by the central (national) bank or any other public authority of the country of incorporation of the non-resident bank to carry out banking and/or FX operations under the national legislation, continue admission of such Trading Member to trading in the Commodities Derivatives Section. If such a case, the Exchange assigns Category T4 to the said Trading Member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798075E4" w14:textId="77777777" w:rsidR="004961E8" w:rsidRPr="001C058E" w:rsidRDefault="004961E8" w:rsidP="00437032">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:right="6"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FD2D0BD" w14:textId="0929168C" w:rsidR="004C58EA" w:rsidRPr="001C058E" w:rsidRDefault="00B55B7A" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">termination of </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">nternational </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">reaty or </w:t>
       </w:r>
-      <w:r w:rsidR="00C52E7A">
+      <w:r w:rsidR="00C52E7A" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>amendment of</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>an i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">nternational </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">reaty and/or </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>constituent</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> documents of </w:t>
       </w:r>
-      <w:r w:rsidR="00F43BA1">
+      <w:r w:rsidR="00F43BA1" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> international organisation which make it impossible</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for this international organisation being </w:t>
       </w:r>
-      <w:r w:rsidR="00914DA6">
+      <w:r w:rsidR="00914DA6" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="00B81AA8">
+      <w:r w:rsidR="00B81AA8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ategory D2 to executive trades in derivatives</w:t>
       </w:r>
-      <w:r w:rsidR="009F14E0" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="009F14E0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659EC5CA" w14:textId="36A8204C" w:rsidR="008B7FC3" w:rsidRPr="002A5504" w:rsidRDefault="009D547D" w:rsidP="00437032">
+    <w:p w14:paraId="659EC5CA" w14:textId="36A8204C" w:rsidR="008B7FC3" w:rsidRPr="001C058E" w:rsidRDefault="009D547D" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="176"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0089257E">
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>A Trading Member’s a</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="0089257E">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dmission to trading</w:t>
       </w:r>
-      <w:r w:rsidRPr="0089257E">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="0089257E">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be terminated</w:t>
       </w:r>
-      <w:r w:rsidR="000F126B" w:rsidRPr="0089257E">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidR="000F126B" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for one, more than</w:t>
+      </w:r>
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one or for all sections of the Derivatives Market in respect of one, more than one or all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="002A5504">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>osition</w:t>
       </w:r>
-      <w:r w:rsidR="000D2524" w:rsidRPr="002A5504">
+      <w:r w:rsidR="000D2524" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="002A5504">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="005B5039" w:rsidRPr="002A5504">
+      <w:r w:rsidR="005B5039" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>egister ledgers</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Derivatives Market Trading Member</w:t>
       </w:r>
-      <w:r w:rsidR="008B7FC3" w:rsidRPr="002A5504">
+      <w:r w:rsidR="008B7FC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1716BC23" w14:textId="4E94B92D" w:rsidR="0086015E" w:rsidRPr="005C43C7" w:rsidRDefault="000F126B" w:rsidP="00437032">
+    <w:p w14:paraId="1716BC23" w14:textId="4E94B92D" w:rsidR="0086015E" w:rsidRPr="001C058E" w:rsidRDefault="000F126B" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="afd"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="176"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:before="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="6" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Termination</w:t>
       </w:r>
-      <w:r w:rsidR="00425732" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00425732" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a Category O Trading Member’s </w:t>
       </w:r>
-      <w:r w:rsidR="00425732" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00425732" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>admission to trading</w:t>
       </w:r>
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in a Derivatives Market section</w:t>
       </w:r>
-      <w:r w:rsidR="00425732" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00425732" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not entail changing the category for such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="0086015E" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="0086015E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3C57D1" w14:textId="2CD822D3" w:rsidR="008B7FC3" w:rsidRPr="005C43C7" w:rsidRDefault="001C5090" w:rsidP="00437032">
+    <w:p w14:paraId="5E3C57D1" w14:textId="2CD822D3" w:rsidR="008B7FC3" w:rsidRPr="001C058E" w:rsidRDefault="001C5090" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1985" w:hanging="1985"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc47461935"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc47461935"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
-      <w:r w:rsidRPr="005C43C7">
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Article</w:t>
       </w:r>
-      <w:r w:rsidR="008B7FC3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B7FC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0</w:t>
       </w:r>
-      <w:r w:rsidR="005D2A30" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="005D2A30" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="008B7FC3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B7FC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.04.</w:t>
       </w:r>
-      <w:r w:rsidR="008B7FC3" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="008B7FC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C95707" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C95707" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumption of </w:t>
       </w:r>
-      <w:r w:rsidR="009D547D">
+      <w:r w:rsidR="009D547D" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a Trading Member’s </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00C95707" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C95707" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">dmission to </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DD4">
+      <w:r w:rsidR="00CB1DD4" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00C95707" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00C95707" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>rading on the Derivatives Market</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w14:paraId="4C01C33E" w14:textId="77058627" w:rsidR="0018310C" w:rsidRPr="002A5504" w:rsidRDefault="00596ABB" w:rsidP="00437032">
+    <w:p w14:paraId="4C01C33E" w14:textId="77058627" w:rsidR="0018310C" w:rsidRPr="001C058E" w:rsidRDefault="00596ABB" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9498"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Admission to trading may be resumed</w:t>
       </w:r>
-      <w:r w:rsidR="000F126B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000F126B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0078734F">
+      <w:r w:rsidR="0078734F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">either to the fullest extent, or </w:t>
       </w:r>
-      <w:r w:rsidR="000F126B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000F126B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for one</w:t>
       </w:r>
-      <w:r w:rsidR="0078734F">
+      <w:r w:rsidR="0078734F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r w:rsidR="000F126B" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="000F126B" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> more than</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
-[...19 lines deleted...]
-      <w:r w:rsidR="0078734F" w:rsidRPr="002A5504">
+      <w:r w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one sections of the Derivatives Market in respect of one, more than one or all </w:t>
+      </w:r>
+      <w:r w:rsidR="0078734F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="0078734F" w:rsidRPr="002A5504">
+      <w:r w:rsidR="0078734F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>osition</w:t>
       </w:r>
-      <w:r w:rsidR="000D2524" w:rsidRPr="002A5504">
+      <w:r w:rsidR="000D2524" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="0078734F" w:rsidRPr="002A5504">
+      <w:r w:rsidR="0078734F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> register ledgers of a </w:t>
       </w:r>
-      <w:r w:rsidR="0078734F" w:rsidRPr="002A5504">
+      <w:r w:rsidR="0078734F" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Derivatives Market Trading Member</w:t>
       </w:r>
-      <w:r w:rsidR="008B7FC3" w:rsidRPr="002A5504">
+      <w:r w:rsidR="008B7FC3" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAC04F3" w14:textId="2CF46476" w:rsidR="00091ADF" w:rsidRPr="005C43C7" w:rsidRDefault="006B321A" w:rsidP="00437032">
+    <w:p w14:paraId="7AAC04F3" w14:textId="2CF46476" w:rsidR="00091ADF" w:rsidRPr="001C058E" w:rsidRDefault="006B321A" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the event of entry into force of </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a judicial body’s decision on recogni</w:t>
       </w:r>
-      <w:r w:rsidR="00C174F9">
+      <w:r w:rsidR="00C174F9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>zing</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> invalid the Bank of Russia</w:t>
       </w:r>
-      <w:r w:rsidR="00C174F9">
+      <w:r w:rsidR="00C174F9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’s resolution</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cancelation of </w:t>
       </w:r>
-      <w:r w:rsidR="00C174F9">
+      <w:r w:rsidR="00C174F9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6F06">
+      <w:r w:rsidR="00BD6F06" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Derivatives Market </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
-      <w:r w:rsidR="004D4B85">
+      <w:r w:rsidR="004D4B85" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for carrying out the respective </w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>kind</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of professional activit</w:t>
       </w:r>
-      <w:r w:rsidR="00C174F9">
+      <w:r w:rsidR="00C174F9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ies</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the securities market, the Exchange shall take a  resolution to resume admission to trading for such </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, after submission of all the documents required by the Exchange to adopt </w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> resolution on admission to trading </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00341891">
+        <w:t xml:space="preserve"> resolution on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">admission to trading </w:t>
+      </w:r>
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n the respective sections of the Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidR="00091ADF" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00091ADF" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3446DFE8" w14:textId="200A304D" w:rsidR="00091ADF" w:rsidRPr="005C43C7" w:rsidRDefault="00625F02" w:rsidP="00437032">
+    <w:p w14:paraId="3446DFE8" w14:textId="200A304D" w:rsidR="00091ADF" w:rsidRPr="001C058E" w:rsidRDefault="00625F02" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:widowControl w:val="0"/>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Exchange shall take a decision to resume</w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> a Trading Member’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission to trading in accordance with </w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">provisions hereof within </w:t>
       </w:r>
-      <w:r w:rsidR="001D30F8">
+      <w:r w:rsidR="001D30F8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5 (</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
-      <w:r w:rsidR="001D30F8">
+      <w:r w:rsidR="001D30F8" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> business days</w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> since the date of obtaining the required documents</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and without holding the Derivatives Market Committee</w:t>
       </w:r>
-      <w:r w:rsidR="00FE3AAC">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00FE3AAC" w:rsidRPr="001C058E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidR="00C174F9">
+      <w:r w:rsidR="00C174F9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> meeting</w:t>
       </w:r>
-      <w:r w:rsidR="00091ADF" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00091ADF" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E08840D" w14:textId="54C1014A" w:rsidR="00091ADF" w:rsidRPr="001D30F8" w:rsidRDefault="00625F02" w:rsidP="00437032">
+    <w:p w14:paraId="1E08840D" w14:textId="54C1014A" w:rsidR="00091ADF" w:rsidRPr="001C058E" w:rsidRDefault="00625F02" w:rsidP="00437032">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:widowControl w:val="0"/>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C43C7">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>After resumption of admission to trading</w:t>
       </w:r>
-      <w:r w:rsidR="00C174F9">
+      <w:r w:rsidR="00C174F9" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the Derivatives Market</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be assigned with the same </w:t>
       </w:r>
-      <w:r w:rsidR="002006C0">
+      <w:r w:rsidR="002006C0" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Trading </w:t>
       </w:r>
-      <w:r w:rsidR="00DC615E">
+      <w:r w:rsidR="00DC615E" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Identifier having been valid before </w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">termination of </w:t>
       </w:r>
-      <w:r w:rsidR="00341891">
+      <w:r w:rsidR="00341891" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">this Trading Member’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C43C7">
+      <w:r w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>admission to trading</w:t>
       </w:r>
-      <w:r w:rsidR="00091ADF" w:rsidRPr="005C43C7">
+      <w:r w:rsidR="00091ADF" w:rsidRPr="001C058E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00091ADF" w:rsidRPr="001D30F8" w:rsidSect="00420B4E">
+    <w:sectPr w:rsidR="00091ADF" w:rsidRPr="001C058E" w:rsidSect="00420B4E">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
       </w:footnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="851" w:right="1275" w:bottom="993" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22094FD8" w14:textId="77777777" w:rsidR="005E6462" w:rsidRDefault="005E6462">
+    <w:p w14:paraId="6F0C71A2" w14:textId="77777777" w:rsidR="007604A3" w:rsidRDefault="007604A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39727324" w14:textId="77777777" w:rsidR="005E6462" w:rsidRDefault="005E6462">
+    <w:p w14:paraId="2D5FD570" w14:textId="77777777" w:rsidR="007604A3" w:rsidRDefault="007604A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B6C09B2" w14:textId="77777777" w:rsidR="005E6462" w:rsidRDefault="005E6462"/>
+    <w:p w14:paraId="2678C354" w14:textId="77777777" w:rsidR="007604A3" w:rsidRDefault="007604A3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baltica">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AvantGardeC">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-937903648"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="273FABAF" w14:textId="4AD60750" w:rsidR="009869D1" w:rsidRPr="006B2263" w:rsidRDefault="009869D1">
         <w:pPr>
           <w:pStyle w:val="a9"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="006B2263">
@@ -20944,185 +22104,185 @@
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidRPr="006B2263">
           <w:rPr>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="50AA1A10" w14:textId="77777777" w:rsidR="009869D1" w:rsidRDefault="009869D1" w:rsidP="0062207A">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48029326" w14:textId="77777777" w:rsidR="005E6462" w:rsidRDefault="005E6462">
+    <w:p w14:paraId="216E3F18" w14:textId="77777777" w:rsidR="007604A3" w:rsidRDefault="007604A3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C981211" w14:textId="77777777" w:rsidR="005E6462" w:rsidRDefault="005E6462">
+    <w:p w14:paraId="00B09EF6" w14:textId="77777777" w:rsidR="007604A3" w:rsidRDefault="007604A3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D4BF438" w14:textId="77777777" w:rsidR="005E6462" w:rsidRDefault="005E6462"/>
+    <w:p w14:paraId="27879DAA" w14:textId="77777777" w:rsidR="007604A3" w:rsidRDefault="007604A3"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="41D457C2" w14:textId="77777777" w:rsidR="009869D1" w:rsidRDefault="009869D1" w:rsidP="00DF37AD">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="ab"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ab"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ab"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ab"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ab"/>
         <w:noProof/>
       </w:rPr>
       <w:t>18</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ab"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0A377F27" w14:textId="77777777" w:rsidR="009869D1" w:rsidRDefault="009869D1" w:rsidP="003F3869">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="67D5C8B6" w14:textId="77777777" w:rsidR="009869D1" w:rsidRPr="008915C3" w:rsidRDefault="009869D1" w:rsidP="008915C3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="67D5C8B6" w14:textId="77777777" w:rsidR="009869D1" w:rsidRPr="001C058E" w:rsidRDefault="009869D1" w:rsidP="008915C3">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008915C3">
+    <w:r w:rsidRPr="001C058E">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Admission Rules to Participation in Organised Trading of the Moscow Exchange </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="488D75F9" w14:textId="07CF4455" w:rsidR="009869D1" w:rsidRPr="008915C3" w:rsidRDefault="009869D1" w:rsidP="008915C3">
+  <w:p w14:paraId="488D75F9" w14:textId="07CF4455" w:rsidR="009869D1" w:rsidRPr="001C058E" w:rsidRDefault="009869D1" w:rsidP="008915C3">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008915C3">
+    <w:r w:rsidRPr="001C058E">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Part III. Derivatives Market</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="357D185E" w14:textId="77777777" w:rsidR="009869D1" w:rsidRPr="008915C3" w:rsidRDefault="009869D1" w:rsidP="008915C3">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00B41982"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D54A2CB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
@@ -33482,50 +34642,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7756" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="119" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51DB0958"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7A98904E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1942" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6328" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7550" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9132" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10714" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11936" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="120" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51DD5290"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62804212"/>
     <w:lvl w:ilvl="0" w:tplc="1A64F580">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F7C283CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="19DE99A6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -33567,51 +34840,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F2041E8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10C0D550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="120" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="121" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="530D7347"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87E03F44"/>
     <w:lvl w:ilvl="0" w:tplc="D7BCD810">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -33656,51 +34929,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="121" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="122" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53D5530D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E42F278"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1856" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2576" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -33769,51 +35042,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="122" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="123" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54406F75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2040A07E"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1996" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2716" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -33882,51 +35155,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7756" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="123" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="124" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54F33BDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5624CD2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -33973,51 +35246,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="124" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="125" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56FD7305"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9274DF5A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -34086,51 +35359,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="125" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="126" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5788465E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="935E1AB6"/>
     <w:lvl w:ilvl="0" w:tplc="67303D0A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -34199,51 +35472,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="126" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="127" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57FE7EB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64E87478"/>
     <w:lvl w:ilvl="0" w:tplc="67303D0A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -34312,51 +35585,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="127" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="128" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580F782A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9C1450F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="934" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -34404,51 +35677,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3382" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3886" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4462" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="128" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="129" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="582A028E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5456BDA6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -34490,51 +35763,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="129" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="130" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58502D74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B9CA0E2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -34603,51 +35876,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="130" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="131" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58B60E7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A58452BA"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -34716,51 +35989,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="131" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="132" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="598A4359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA7E816E"/>
     <w:lvl w:ilvl="0" w:tplc="D7BCD810">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -34805,51 +36078,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="132" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="133" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59C115E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BEFC5ED6"/>
     <w:lvl w:ilvl="0" w:tplc="393E8F1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -34894,51 +36167,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="133" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="134" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59F318DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="579A476A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -35007,51 +36280,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="134" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="135" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B92389D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="339C6F32"/>
     <w:lvl w:ilvl="0" w:tplc="46626E68">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -35097,51 +36370,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="135" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="136" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BA47D1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A683FBE"/>
     <w:lvl w:ilvl="0" w:tplc="DA06D5CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -35187,51 +36460,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="136" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="137" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D7A4A47"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7EC1ABA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -35300,51 +36573,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="137" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="138" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EB64252"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A12F2FE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -35389,51 +36662,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="138" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="139" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBD3107"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EED87846"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
@@ -35484,51 +36757,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="139" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="140" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4E0C8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="893072A4"/>
     <w:lvl w:ilvl="0" w:tplc="D766F9A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -35597,51 +36870,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="140" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="141" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FF344DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93467816"/>
     <w:lvl w:ilvl="0" w:tplc="261A1B42">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -35710,51 +36983,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="141" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="142" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61A71466"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7752DFBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -35823,51 +37096,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="142" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="143" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63255D3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB4A22A4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D7BCD810">
@@ -35917,51 +37190,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="143" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="144" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="633076D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FCA8C10"/>
     <w:lvl w:ilvl="0" w:tplc="87B0E7B6">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -36013,51 +37286,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="144" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="145" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63FF7834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="598CB5D0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -36102,51 +37375,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="145" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="146" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="646A08FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1BAB13A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -36188,51 +37461,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="146" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="147" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65926573"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74184E56"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -36277,51 +37550,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="147" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="148" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="665B0D6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96DE3344"/>
     <w:lvl w:ilvl="0" w:tplc="400443FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -36391,51 +37664,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="148" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="149" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="669523E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EACEA54"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36504,51 +37777,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="149" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="150" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66C02423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4852D4CC"/>
     <w:lvl w:ilvl="0" w:tplc="FA72B2C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -36593,51 +37866,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="150" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="151" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69E42CDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E99ED572"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36706,51 +37979,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="151" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="152" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F23D24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE547778"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36819,51 +38092,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="152" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="153" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A731C41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="43D84320"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -36962,51 +38235,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3886"/>
         </w:tabs>
         <w:ind w:left="3886" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4462"/>
         </w:tabs>
         <w:ind w:left="4462" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="153" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="154" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AD24EF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE18A6B8"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -37080,51 +38353,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="154" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="155" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B6A1595"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="402064F8"/>
     <w:lvl w:ilvl="0" w:tplc="AC5E31DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37193,51 +38466,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7909" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="155" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="156" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D5527CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="726C080A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D1681322">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -37285,51 +38558,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="156" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="157" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D9F4C4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07244C04"/>
     <w:lvl w:ilvl="0" w:tplc="C20246C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -37397,51 +38670,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7909" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="157" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="158" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E4D54E4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AC8C0472"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -37539,51 +38812,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="158" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="159" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EFF0017"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BD27B4E"/>
     <w:lvl w:ilvl="0" w:tplc="DF8474F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -37625,51 +38898,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="159" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="160" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F833B00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F9C7A30"/>
     <w:lvl w:ilvl="0" w:tplc="D766F9A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37738,51 +39011,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="160" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="161" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="702B0416"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC2A3364"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2910" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37851,51 +39124,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="161" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="162" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71C2697E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AF7237CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -37994,51 +39267,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3886"/>
         </w:tabs>
         <w:ind w:left="3886" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4462"/>
         </w:tabs>
         <w:ind w:left="4462" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="162" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="163" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73944268"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="194E1466"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38138,51 +39411,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3886"/>
         </w:tabs>
         <w:ind w:left="3886" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4462"/>
         </w:tabs>
         <w:ind w:left="4462" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="163" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="164" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="745F2350"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F904C2FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2138" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -38256,51 +39529,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9926" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10984" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="164" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="165" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="767F3EA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE40E482"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -38342,51 +39615,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="165" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="166" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76A276B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C18E1132"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4990A9E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -38428,51 +39701,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="166" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="167" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76BC5775"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C380BBC0"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38541,51 +39814,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="167" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="168" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76FD2334"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="380A4014"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Title3"/>
       <w:lvlText w:val="Статья %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="1418"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
@@ -38753,51 +40026,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3000" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="168" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="169" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7834350B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71263A72"/>
     <w:lvl w:ilvl="0" w:tplc="D95C161C">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38866,51 +40139,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="169" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="170" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="789C4FF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D684026"/>
     <w:lvl w:ilvl="0" w:tplc="D7BCD810">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4140" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
@@ -38957,51 +40230,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8460" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="170" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="171" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BD036CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1734AF3C"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -39049,51 +40322,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="171" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="172" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C1037C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F9EA07C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -39145,51 +40418,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="172" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="173" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C56550E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6660EED4"/>
     <w:lvl w:ilvl="0" w:tplc="D7BCD810">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -39234,51 +40507,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="173" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="174" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C807AEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E11EDFE0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -39323,51 +40596,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="174" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="175" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D2D78CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFD86F24"/>
     <w:lvl w:ilvl="0" w:tplc="63CE3E9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39409,51 +40682,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="175" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="176" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DB54EB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A34B340"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -39522,51 +40795,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="176" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="177" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E3E528E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFCA4E7E"/>
     <w:lvl w:ilvl="0" w:tplc="D95C161C">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1713" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2433" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -39611,51 +40884,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6033" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6753" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7473" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="177" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="178" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E684035"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C622C22A"/>
     <w:lvl w:ilvl="0" w:tplc="D95C161C">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -39700,51 +40973,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="178" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="179" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F1639F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EE0725A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3294" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -39813,51 +41086,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8334" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="179" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="180" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FDE30A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5D884F0"/>
     <w:lvl w:ilvl="0" w:tplc="BE7E7ACE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -39915,628 +41188,635 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="107"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="60"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="82"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="79"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="174"/>
+    <w:abstractNumId w:val="175"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="72"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="90"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="144"/>
+    <w:abstractNumId w:val="145"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="100"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="179"/>
+    <w:abstractNumId w:val="180"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="116"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="173"/>
+    <w:abstractNumId w:val="174"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="57"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="113"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="155"/>
+    <w:abstractNumId w:val="156"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="119"/>
+    <w:abstractNumId w:val="120"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="108"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="91"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="165"/>
+    <w:abstractNumId w:val="166"/>
   </w:num>
   <w:num w:numId="24">
-    <w:abstractNumId w:val="158"/>
+    <w:abstractNumId w:val="159"/>
   </w:num>
   <w:num w:numId="25">
-    <w:abstractNumId w:val="145"/>
+    <w:abstractNumId w:val="146"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="132"/>
+    <w:abstractNumId w:val="133"/>
   </w:num>
   <w:num w:numId="32">
-    <w:abstractNumId w:val="127"/>
+    <w:abstractNumId w:val="128"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="89"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="35">
-    <w:abstractNumId w:val="143"/>
+    <w:abstractNumId w:val="144"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="37">
-    <w:abstractNumId w:val="134"/>
+    <w:abstractNumId w:val="135"/>
   </w:num>
   <w:num w:numId="38">
-    <w:abstractNumId w:val="157"/>
+    <w:abstractNumId w:val="158"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="67"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="42">
-    <w:abstractNumId w:val="164"/>
+    <w:abstractNumId w:val="165"/>
   </w:num>
   <w:num w:numId="43">
     <w:abstractNumId w:val="78"/>
   </w:num>
   <w:num w:numId="44">
-    <w:abstractNumId w:val="149"/>
+    <w:abstractNumId w:val="150"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="46">
-    <w:abstractNumId w:val="167"/>
+    <w:abstractNumId w:val="168"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="92"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="49">
     <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="50">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="51">
     <w:abstractNumId w:val="99"/>
   </w:num>
   <w:num w:numId="52">
-    <w:abstractNumId w:val="177"/>
+    <w:abstractNumId w:val="178"/>
   </w:num>
   <w:num w:numId="53">
-    <w:abstractNumId w:val="162"/>
+    <w:abstractNumId w:val="163"/>
   </w:num>
   <w:num w:numId="54">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="55">
     <w:abstractNumId w:val="86"/>
   </w:num>
   <w:num w:numId="56">
     <w:abstractNumId w:val="96"/>
   </w:num>
   <w:num w:numId="57">
-    <w:abstractNumId w:val="176"/>
+    <w:abstractNumId w:val="177"/>
   </w:num>
   <w:num w:numId="58">
     <w:abstractNumId w:val="114"/>
   </w:num>
   <w:num w:numId="59">
-    <w:abstractNumId w:val="124"/>
+    <w:abstractNumId w:val="125"/>
   </w:num>
   <w:num w:numId="60">
     <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="61">
     <w:abstractNumId w:val="110"/>
   </w:num>
   <w:num w:numId="62">
-    <w:abstractNumId w:val="147"/>
+    <w:abstractNumId w:val="148"/>
   </w:num>
   <w:num w:numId="63">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="64">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="65">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="66">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="67">
     <w:abstractNumId w:val="87"/>
   </w:num>
   <w:num w:numId="68">
     <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="69">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="70">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="71">
     <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="72">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="73">
-    <w:abstractNumId w:val="161"/>
+    <w:abstractNumId w:val="162"/>
   </w:num>
   <w:num w:numId="74">
-    <w:abstractNumId w:val="135"/>
+    <w:abstractNumId w:val="136"/>
   </w:num>
   <w:num w:numId="75">
     <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="76">
-    <w:abstractNumId w:val="138"/>
+    <w:abstractNumId w:val="139"/>
   </w:num>
   <w:num w:numId="77">
     <w:abstractNumId w:val="75"/>
   </w:num>
   <w:num w:numId="78">
     <w:abstractNumId w:val="73"/>
   </w:num>
   <w:num w:numId="79">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="80">
     <w:abstractNumId w:val="115"/>
   </w:num>
   <w:num w:numId="81">
     <w:abstractNumId w:val="64"/>
   </w:num>
   <w:num w:numId="82">
     <w:abstractNumId w:val="62"/>
   </w:num>
   <w:num w:numId="83">
     <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="84">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="85">
     <w:abstractNumId w:val="83"/>
   </w:num>
   <w:num w:numId="86">
     <w:abstractNumId w:val="76"/>
   </w:num>
   <w:num w:numId="87">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="88">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="89">
-    <w:abstractNumId w:val="148"/>
+    <w:abstractNumId w:val="149"/>
   </w:num>
   <w:num w:numId="90">
-    <w:abstractNumId w:val="160"/>
+    <w:abstractNumId w:val="161"/>
   </w:num>
   <w:num w:numId="91">
     <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="92">
     <w:abstractNumId w:val="69"/>
   </w:num>
   <w:num w:numId="93">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="94">
-    <w:abstractNumId w:val="131"/>
+    <w:abstractNumId w:val="132"/>
   </w:num>
   <w:num w:numId="95">
-    <w:abstractNumId w:val="172"/>
+    <w:abstractNumId w:val="173"/>
   </w:num>
   <w:num w:numId="96">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="97">
     <w:abstractNumId w:val="71"/>
   </w:num>
   <w:num w:numId="98">
-    <w:abstractNumId w:val="139"/>
+    <w:abstractNumId w:val="140"/>
   </w:num>
   <w:num w:numId="99">
     <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="100">
     <w:abstractNumId w:val="68"/>
   </w:num>
   <w:num w:numId="101">
     <w:abstractNumId w:val="111"/>
   </w:num>
   <w:num w:numId="102">
-    <w:abstractNumId w:val="175"/>
+    <w:abstractNumId w:val="176"/>
   </w:num>
   <w:num w:numId="103">
-    <w:abstractNumId w:val="122"/>
+    <w:abstractNumId w:val="123"/>
   </w:num>
   <w:num w:numId="104">
-    <w:abstractNumId w:val="168"/>
+    <w:abstractNumId w:val="169"/>
   </w:num>
   <w:num w:numId="105">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="106">
-    <w:abstractNumId w:val="130"/>
+    <w:abstractNumId w:val="131"/>
   </w:num>
   <w:num w:numId="107">
     <w:abstractNumId w:val="59"/>
   </w:num>
   <w:num w:numId="108">
-    <w:abstractNumId w:val="129"/>
+    <w:abstractNumId w:val="130"/>
   </w:num>
   <w:num w:numId="109">
     <w:abstractNumId w:val="88"/>
   </w:num>
   <w:num w:numId="110">
     <w:abstractNumId w:val="81"/>
   </w:num>
   <w:num w:numId="111">
     <w:abstractNumId w:val="77"/>
   </w:num>
   <w:num w:numId="112">
-    <w:abstractNumId w:val="133"/>
+    <w:abstractNumId w:val="134"/>
   </w:num>
   <w:num w:numId="113">
-    <w:abstractNumId w:val="121"/>
+    <w:abstractNumId w:val="122"/>
   </w:num>
   <w:num w:numId="114">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="115">
     <w:abstractNumId w:val="97"/>
   </w:num>
   <w:num w:numId="116">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="117">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="118">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="119">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="120">
-    <w:abstractNumId w:val="159"/>
+    <w:abstractNumId w:val="160"/>
   </w:num>
   <w:num w:numId="121">
     <w:abstractNumId w:val="80"/>
   </w:num>
   <w:num w:numId="122">
-    <w:abstractNumId w:val="166"/>
+    <w:abstractNumId w:val="167"/>
   </w:num>
   <w:num w:numId="123">
-    <w:abstractNumId w:val="151"/>
+    <w:abstractNumId w:val="152"/>
   </w:num>
   <w:num w:numId="124">
     <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="125">
     <w:abstractNumId w:val="103"/>
   </w:num>
   <w:num w:numId="126">
     <w:abstractNumId w:val="74"/>
   </w:num>
   <w:num w:numId="127">
     <w:abstractNumId w:val="117"/>
   </w:num>
   <w:num w:numId="128">
-    <w:abstractNumId w:val="156"/>
+    <w:abstractNumId w:val="157"/>
   </w:num>
   <w:num w:numId="129">
     <w:abstractNumId w:val="105"/>
   </w:num>
   <w:num w:numId="130">
-    <w:abstractNumId w:val="167"/>
+    <w:abstractNumId w:val="168"/>
   </w:num>
   <w:num w:numId="131">
     <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="132">
-    <w:abstractNumId w:val="120"/>
+    <w:abstractNumId w:val="121"/>
   </w:num>
   <w:num w:numId="133">
-    <w:abstractNumId w:val="126"/>
+    <w:abstractNumId w:val="127"/>
   </w:num>
   <w:num w:numId="134">
     <w:abstractNumId w:val="106"/>
   </w:num>
   <w:num w:numId="135">
     <w:abstractNumId w:val="93"/>
   </w:num>
   <w:num w:numId="136">
-    <w:abstractNumId w:val="125"/>
+    <w:abstractNumId w:val="126"/>
   </w:num>
   <w:num w:numId="137">
-    <w:abstractNumId w:val="152"/>
+    <w:abstractNumId w:val="153"/>
   </w:num>
   <w:num w:numId="138">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="139">
-    <w:abstractNumId w:val="167"/>
+    <w:abstractNumId w:val="168"/>
   </w:num>
   <w:num w:numId="140">
-    <w:abstractNumId w:val="150"/>
+    <w:abstractNumId w:val="151"/>
   </w:num>
   <w:num w:numId="141">
-    <w:abstractNumId w:val="140"/>
+    <w:abstractNumId w:val="141"/>
   </w:num>
   <w:num w:numId="142">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="143">
     <w:abstractNumId w:val="95"/>
   </w:num>
   <w:num w:numId="144">
     <w:abstractNumId w:val="104"/>
   </w:num>
   <w:num w:numId="145">
     <w:abstractNumId w:val="63"/>
   </w:num>
   <w:num w:numId="146">
     <w:abstractNumId w:val="66"/>
   </w:num>
   <w:num w:numId="147">
     <w:abstractNumId w:val="112"/>
   </w:num>
   <w:num w:numId="148">
     <w:abstractNumId w:val="102"/>
   </w:num>
   <w:num w:numId="149">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="150">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="151">
-    <w:abstractNumId w:val="142"/>
+    <w:abstractNumId w:val="143"/>
   </w:num>
   <w:num w:numId="152">
-    <w:abstractNumId w:val="146"/>
+    <w:abstractNumId w:val="147"/>
   </w:num>
   <w:num w:numId="153">
     <w:abstractNumId w:val="70"/>
   </w:num>
   <w:num w:numId="154">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="155">
     <w:abstractNumId w:val="84"/>
   </w:num>
   <w:num w:numId="156">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="157">
     <w:abstractNumId w:val="109"/>
   </w:num>
   <w:num w:numId="158">
     <w:abstractNumId w:val="118"/>
   </w:num>
   <w:num w:numId="159">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="160">
     <w:abstractNumId w:val="98"/>
   </w:num>
   <w:num w:numId="161">
-    <w:abstractNumId w:val="178"/>
+    <w:abstractNumId w:val="179"/>
   </w:num>
   <w:num w:numId="162">
-    <w:abstractNumId w:val="169"/>
+    <w:abstractNumId w:val="170"/>
   </w:num>
   <w:num w:numId="163">
     <w:abstractNumId w:val="85"/>
   </w:num>
   <w:num w:numId="164">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="165">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="166">
-    <w:abstractNumId w:val="123"/>
+    <w:abstractNumId w:val="124"/>
   </w:num>
   <w:num w:numId="167">
     <w:abstractNumId w:val="101"/>
   </w:num>
   <w:num w:numId="168">
-    <w:abstractNumId w:val="154"/>
+    <w:abstractNumId w:val="155"/>
   </w:num>
   <w:num w:numId="169">
-    <w:abstractNumId w:val="170"/>
+    <w:abstractNumId w:val="171"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="170">
-    <w:abstractNumId w:val="153"/>
+    <w:abstractNumId w:val="154"/>
   </w:num>
   <w:num w:numId="171">
-    <w:abstractNumId w:val="171"/>
+    <w:abstractNumId w:val="172"/>
   </w:num>
   <w:num w:numId="172">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="173">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="174">
-    <w:abstractNumId w:val="128"/>
+    <w:abstractNumId w:val="129"/>
   </w:num>
   <w:num w:numId="175">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="176">
-    <w:abstractNumId w:val="136"/>
+    <w:abstractNumId w:val="137"/>
   </w:num>
   <w:num w:numId="177">
     <w:abstractNumId w:val="94"/>
   </w:num>
   <w:num w:numId="178">
-    <w:abstractNumId w:val="141"/>
+    <w:abstractNumId w:val="142"/>
   </w:num>
   <w:num w:numId="179">
-    <w:abstractNumId w:val="163"/>
+    <w:abstractNumId w:val="164"/>
   </w:num>
   <w:num w:numId="180">
-    <w:abstractNumId w:val="137"/>
+    <w:abstractNumId w:val="138"/>
   </w:num>
   <w:num w:numId="181">
     <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="182">
     <w:abstractNumId w:val="26"/>
   </w:num>
+  <w:num w:numId="183">
+    <w:abstractNumId w:val="119"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="182"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF30EF"/>
     <w:rsid w:val="00000D4D"/>
     <w:rsid w:val="000010E6"/>
     <w:rsid w:val="000014D2"/>
     <w:rsid w:val="00002226"/>
     <w:rsid w:val="0000287C"/>
     <w:rsid w:val="00002BED"/>
     <w:rsid w:val="00002D82"/>
     <w:rsid w:val="0000401E"/>
     <w:rsid w:val="00004079"/>
     <w:rsid w:val="00004605"/>
     <w:rsid w:val="000049D2"/>
     <w:rsid w:val="00004C38"/>
     <w:rsid w:val="000051E1"/>
     <w:rsid w:val="00006122"/>
     <w:rsid w:val="00006446"/>
     <w:rsid w:val="000064DB"/>
     <w:rsid w:val="00006C57"/>
     <w:rsid w:val="00006DB9"/>
     <w:rsid w:val="00006ECE"/>
     <w:rsid w:val="0000719D"/>
     <w:rsid w:val="000077DF"/>
     <w:rsid w:val="00007B62"/>
@@ -40797,50 +42077,51 @@
     <w:rsid w:val="000C7177"/>
     <w:rsid w:val="000C754C"/>
     <w:rsid w:val="000C7F2E"/>
     <w:rsid w:val="000D0794"/>
     <w:rsid w:val="000D12CB"/>
     <w:rsid w:val="000D140C"/>
     <w:rsid w:val="000D1D67"/>
     <w:rsid w:val="000D1E53"/>
     <w:rsid w:val="000D1E74"/>
     <w:rsid w:val="000D23AE"/>
     <w:rsid w:val="000D2524"/>
     <w:rsid w:val="000D3081"/>
     <w:rsid w:val="000D34ED"/>
     <w:rsid w:val="000D3535"/>
     <w:rsid w:val="000D367B"/>
     <w:rsid w:val="000D3F5A"/>
     <w:rsid w:val="000D451C"/>
     <w:rsid w:val="000D4BA9"/>
     <w:rsid w:val="000D612E"/>
     <w:rsid w:val="000D63FF"/>
     <w:rsid w:val="000D75CF"/>
     <w:rsid w:val="000E06AA"/>
     <w:rsid w:val="000E0E4D"/>
     <w:rsid w:val="000E0F14"/>
     <w:rsid w:val="000E165B"/>
+    <w:rsid w:val="000E1706"/>
     <w:rsid w:val="000E1BCD"/>
     <w:rsid w:val="000E1DA4"/>
     <w:rsid w:val="000E2107"/>
     <w:rsid w:val="000E21ED"/>
     <w:rsid w:val="000E2B97"/>
     <w:rsid w:val="000E2D75"/>
     <w:rsid w:val="000E369E"/>
     <w:rsid w:val="000E4490"/>
     <w:rsid w:val="000E44A2"/>
     <w:rsid w:val="000E4EA8"/>
     <w:rsid w:val="000E5599"/>
     <w:rsid w:val="000E55DE"/>
     <w:rsid w:val="000E57BD"/>
     <w:rsid w:val="000E5B18"/>
     <w:rsid w:val="000E5C64"/>
     <w:rsid w:val="000E6382"/>
     <w:rsid w:val="000E69B7"/>
     <w:rsid w:val="000E6E97"/>
     <w:rsid w:val="000E70FF"/>
     <w:rsid w:val="000E72BA"/>
     <w:rsid w:val="000E77B7"/>
     <w:rsid w:val="000E7DCF"/>
     <w:rsid w:val="000F003D"/>
     <w:rsid w:val="000F0F20"/>
     <w:rsid w:val="000F1185"/>
@@ -40935,50 +42216,51 @@
     <w:rsid w:val="00134142"/>
     <w:rsid w:val="00134225"/>
     <w:rsid w:val="0013476B"/>
     <w:rsid w:val="001347BE"/>
     <w:rsid w:val="001349D9"/>
     <w:rsid w:val="00134C05"/>
     <w:rsid w:val="00136A97"/>
     <w:rsid w:val="001374A8"/>
     <w:rsid w:val="00140188"/>
     <w:rsid w:val="00140282"/>
     <w:rsid w:val="0014028B"/>
     <w:rsid w:val="00140842"/>
     <w:rsid w:val="00140985"/>
     <w:rsid w:val="00141155"/>
     <w:rsid w:val="00141706"/>
     <w:rsid w:val="00141C29"/>
     <w:rsid w:val="00141C4E"/>
     <w:rsid w:val="00142237"/>
     <w:rsid w:val="00142A3C"/>
     <w:rsid w:val="00142AD5"/>
     <w:rsid w:val="0014328D"/>
     <w:rsid w:val="001435A0"/>
     <w:rsid w:val="00144151"/>
     <w:rsid w:val="00144B08"/>
     <w:rsid w:val="00144EE3"/>
+    <w:rsid w:val="00145051"/>
     <w:rsid w:val="00145727"/>
     <w:rsid w:val="00145F82"/>
     <w:rsid w:val="00146C8B"/>
     <w:rsid w:val="001471C7"/>
     <w:rsid w:val="00147297"/>
     <w:rsid w:val="00147C2F"/>
     <w:rsid w:val="001501DA"/>
     <w:rsid w:val="00150962"/>
     <w:rsid w:val="00150B9C"/>
     <w:rsid w:val="001515B1"/>
     <w:rsid w:val="001518FA"/>
     <w:rsid w:val="001518FB"/>
     <w:rsid w:val="0015195A"/>
     <w:rsid w:val="00151B1F"/>
     <w:rsid w:val="00151F19"/>
     <w:rsid w:val="00152A07"/>
     <w:rsid w:val="00152AFE"/>
     <w:rsid w:val="00153663"/>
     <w:rsid w:val="001537AC"/>
     <w:rsid w:val="0015397C"/>
     <w:rsid w:val="00154A9B"/>
     <w:rsid w:val="00154B5A"/>
     <w:rsid w:val="00154C9A"/>
     <w:rsid w:val="00155562"/>
     <w:rsid w:val="00155E17"/>
@@ -41083,57 +42365,59 @@
     <w:rsid w:val="001A291E"/>
     <w:rsid w:val="001A2986"/>
     <w:rsid w:val="001A3828"/>
     <w:rsid w:val="001A3AA8"/>
     <w:rsid w:val="001A4307"/>
     <w:rsid w:val="001A4314"/>
     <w:rsid w:val="001A4625"/>
     <w:rsid w:val="001A4879"/>
     <w:rsid w:val="001A4A24"/>
     <w:rsid w:val="001A4B79"/>
     <w:rsid w:val="001A4D1B"/>
     <w:rsid w:val="001A5125"/>
     <w:rsid w:val="001A5DBA"/>
     <w:rsid w:val="001A5EBB"/>
     <w:rsid w:val="001A6275"/>
     <w:rsid w:val="001A6899"/>
     <w:rsid w:val="001A6A43"/>
     <w:rsid w:val="001A6DBE"/>
     <w:rsid w:val="001B0560"/>
     <w:rsid w:val="001B2638"/>
     <w:rsid w:val="001B3A04"/>
     <w:rsid w:val="001B3B4C"/>
     <w:rsid w:val="001B461D"/>
     <w:rsid w:val="001B4D99"/>
     <w:rsid w:val="001B5A96"/>
+    <w:rsid w:val="001B5BDA"/>
     <w:rsid w:val="001B6811"/>
     <w:rsid w:val="001B6E56"/>
     <w:rsid w:val="001B7210"/>
     <w:rsid w:val="001B7B9E"/>
     <w:rsid w:val="001B7DED"/>
     <w:rsid w:val="001B7F79"/>
     <w:rsid w:val="001C007B"/>
+    <w:rsid w:val="001C058E"/>
     <w:rsid w:val="001C0611"/>
     <w:rsid w:val="001C07B3"/>
     <w:rsid w:val="001C090B"/>
     <w:rsid w:val="001C1156"/>
     <w:rsid w:val="001C1161"/>
     <w:rsid w:val="001C1877"/>
     <w:rsid w:val="001C1ABE"/>
     <w:rsid w:val="001C1B46"/>
     <w:rsid w:val="001C257C"/>
     <w:rsid w:val="001C3A5E"/>
     <w:rsid w:val="001C4D2F"/>
     <w:rsid w:val="001C5090"/>
     <w:rsid w:val="001C5101"/>
     <w:rsid w:val="001C5A68"/>
     <w:rsid w:val="001C5C4B"/>
     <w:rsid w:val="001C5E23"/>
     <w:rsid w:val="001C5F29"/>
     <w:rsid w:val="001C5F3E"/>
     <w:rsid w:val="001C6E52"/>
     <w:rsid w:val="001C6F9B"/>
     <w:rsid w:val="001C72BE"/>
     <w:rsid w:val="001C7580"/>
     <w:rsid w:val="001C799E"/>
     <w:rsid w:val="001D0544"/>
     <w:rsid w:val="001D0B39"/>
@@ -41229,50 +42513,51 @@
     <w:rsid w:val="0020587C"/>
     <w:rsid w:val="002058D3"/>
     <w:rsid w:val="0020697A"/>
     <w:rsid w:val="0020726F"/>
     <w:rsid w:val="00207278"/>
     <w:rsid w:val="00207790"/>
     <w:rsid w:val="002079EB"/>
     <w:rsid w:val="00207B8C"/>
     <w:rsid w:val="00210234"/>
     <w:rsid w:val="0021047E"/>
     <w:rsid w:val="00210777"/>
     <w:rsid w:val="0021089F"/>
     <w:rsid w:val="00211697"/>
     <w:rsid w:val="002118BA"/>
     <w:rsid w:val="00212510"/>
     <w:rsid w:val="00212CB5"/>
     <w:rsid w:val="002135EA"/>
     <w:rsid w:val="00213668"/>
     <w:rsid w:val="00213712"/>
     <w:rsid w:val="00213866"/>
     <w:rsid w:val="002138DC"/>
     <w:rsid w:val="00213FAD"/>
     <w:rsid w:val="002140A6"/>
     <w:rsid w:val="00214BDA"/>
     <w:rsid w:val="00214DE5"/>
+    <w:rsid w:val="00215468"/>
     <w:rsid w:val="002154EA"/>
     <w:rsid w:val="00215A24"/>
     <w:rsid w:val="00215A56"/>
     <w:rsid w:val="002163FE"/>
     <w:rsid w:val="00216AFD"/>
     <w:rsid w:val="00216B84"/>
     <w:rsid w:val="00220351"/>
     <w:rsid w:val="00221561"/>
     <w:rsid w:val="002215D7"/>
     <w:rsid w:val="00221A87"/>
     <w:rsid w:val="00222913"/>
     <w:rsid w:val="00223A2C"/>
     <w:rsid w:val="00223D33"/>
     <w:rsid w:val="002240F5"/>
     <w:rsid w:val="002244E5"/>
     <w:rsid w:val="00224736"/>
     <w:rsid w:val="002248DA"/>
     <w:rsid w:val="00224FBE"/>
     <w:rsid w:val="00225003"/>
     <w:rsid w:val="00225E81"/>
     <w:rsid w:val="00226B3C"/>
     <w:rsid w:val="00226DBC"/>
     <w:rsid w:val="0022763D"/>
     <w:rsid w:val="0023195F"/>
     <w:rsid w:val="00232122"/>
@@ -41410,50 +42695,51 @@
     <w:rsid w:val="00290365"/>
     <w:rsid w:val="002904A0"/>
     <w:rsid w:val="00290599"/>
     <w:rsid w:val="00290633"/>
     <w:rsid w:val="00290A61"/>
     <w:rsid w:val="00290C96"/>
     <w:rsid w:val="0029279B"/>
     <w:rsid w:val="00292943"/>
     <w:rsid w:val="00292D3C"/>
     <w:rsid w:val="002936F0"/>
     <w:rsid w:val="002941CC"/>
     <w:rsid w:val="00295542"/>
     <w:rsid w:val="0029586A"/>
     <w:rsid w:val="00295B42"/>
     <w:rsid w:val="00295C58"/>
     <w:rsid w:val="00295F0D"/>
     <w:rsid w:val="0029607E"/>
     <w:rsid w:val="0029645A"/>
     <w:rsid w:val="00297538"/>
     <w:rsid w:val="00297DA3"/>
     <w:rsid w:val="00297F38"/>
     <w:rsid w:val="002A008E"/>
     <w:rsid w:val="002A009F"/>
     <w:rsid w:val="002A065B"/>
     <w:rsid w:val="002A0871"/>
+    <w:rsid w:val="002A2057"/>
     <w:rsid w:val="002A24A3"/>
     <w:rsid w:val="002A2C0B"/>
     <w:rsid w:val="002A3AA1"/>
     <w:rsid w:val="002A3C86"/>
     <w:rsid w:val="002A42F9"/>
     <w:rsid w:val="002A48F7"/>
     <w:rsid w:val="002A4C35"/>
     <w:rsid w:val="002A518C"/>
     <w:rsid w:val="002A5424"/>
     <w:rsid w:val="002A54B3"/>
     <w:rsid w:val="002A5504"/>
     <w:rsid w:val="002A5686"/>
     <w:rsid w:val="002A56B8"/>
     <w:rsid w:val="002A5753"/>
     <w:rsid w:val="002A612D"/>
     <w:rsid w:val="002A66DA"/>
     <w:rsid w:val="002A6DFE"/>
     <w:rsid w:val="002A6E3A"/>
     <w:rsid w:val="002A7536"/>
     <w:rsid w:val="002B043B"/>
     <w:rsid w:val="002B04EC"/>
     <w:rsid w:val="002B0514"/>
     <w:rsid w:val="002B06F5"/>
     <w:rsid w:val="002B09E4"/>
     <w:rsid w:val="002B117D"/>
@@ -41502,50 +42788,51 @@
     <w:rsid w:val="002D03FB"/>
     <w:rsid w:val="002D112C"/>
     <w:rsid w:val="002D12FE"/>
     <w:rsid w:val="002D136C"/>
     <w:rsid w:val="002D195C"/>
     <w:rsid w:val="002D1984"/>
     <w:rsid w:val="002D1E0E"/>
     <w:rsid w:val="002D2171"/>
     <w:rsid w:val="002D21F3"/>
     <w:rsid w:val="002D23DE"/>
     <w:rsid w:val="002D2759"/>
     <w:rsid w:val="002D2B35"/>
     <w:rsid w:val="002D2E0B"/>
     <w:rsid w:val="002D331E"/>
     <w:rsid w:val="002D3957"/>
     <w:rsid w:val="002D3C83"/>
     <w:rsid w:val="002D584C"/>
     <w:rsid w:val="002D5A12"/>
     <w:rsid w:val="002D6DA6"/>
     <w:rsid w:val="002D7749"/>
     <w:rsid w:val="002E01FA"/>
     <w:rsid w:val="002E0296"/>
     <w:rsid w:val="002E03D3"/>
     <w:rsid w:val="002E0CEA"/>
     <w:rsid w:val="002E12FF"/>
+    <w:rsid w:val="002E1551"/>
     <w:rsid w:val="002E1576"/>
     <w:rsid w:val="002E1B13"/>
     <w:rsid w:val="002E205E"/>
     <w:rsid w:val="002E20A2"/>
     <w:rsid w:val="002E26B6"/>
     <w:rsid w:val="002E2C7B"/>
     <w:rsid w:val="002E2FE2"/>
     <w:rsid w:val="002E31C7"/>
     <w:rsid w:val="002E3DEF"/>
     <w:rsid w:val="002E401F"/>
     <w:rsid w:val="002E46B9"/>
     <w:rsid w:val="002E4785"/>
     <w:rsid w:val="002E4829"/>
     <w:rsid w:val="002E5184"/>
     <w:rsid w:val="002E547E"/>
     <w:rsid w:val="002E57B0"/>
     <w:rsid w:val="002E5840"/>
     <w:rsid w:val="002E65C3"/>
     <w:rsid w:val="002E68BA"/>
     <w:rsid w:val="002E6959"/>
     <w:rsid w:val="002E6D69"/>
     <w:rsid w:val="002F0150"/>
     <w:rsid w:val="002F0407"/>
     <w:rsid w:val="002F13FC"/>
     <w:rsid w:val="002F15E0"/>
@@ -41898,96 +43185,98 @@
     <w:rsid w:val="003E46FE"/>
     <w:rsid w:val="003E4D1F"/>
     <w:rsid w:val="003E530F"/>
     <w:rsid w:val="003E5641"/>
     <w:rsid w:val="003E5A4D"/>
     <w:rsid w:val="003E5B50"/>
     <w:rsid w:val="003E64B0"/>
     <w:rsid w:val="003E6895"/>
     <w:rsid w:val="003E7541"/>
     <w:rsid w:val="003E7F70"/>
     <w:rsid w:val="003F0154"/>
     <w:rsid w:val="003F0269"/>
     <w:rsid w:val="003F036F"/>
     <w:rsid w:val="003F041A"/>
     <w:rsid w:val="003F081D"/>
     <w:rsid w:val="003F0BED"/>
     <w:rsid w:val="003F1D1E"/>
     <w:rsid w:val="003F1F91"/>
     <w:rsid w:val="003F23E9"/>
     <w:rsid w:val="003F267C"/>
     <w:rsid w:val="003F292A"/>
     <w:rsid w:val="003F2D13"/>
     <w:rsid w:val="003F32BD"/>
     <w:rsid w:val="003F3869"/>
     <w:rsid w:val="003F3976"/>
+    <w:rsid w:val="003F3A86"/>
     <w:rsid w:val="003F42DA"/>
     <w:rsid w:val="003F4790"/>
     <w:rsid w:val="003F4A5D"/>
     <w:rsid w:val="003F4AE2"/>
     <w:rsid w:val="003F4D65"/>
     <w:rsid w:val="003F57EF"/>
     <w:rsid w:val="003F60BF"/>
     <w:rsid w:val="003F64E7"/>
     <w:rsid w:val="003F6979"/>
     <w:rsid w:val="003F76C8"/>
     <w:rsid w:val="003F76E9"/>
     <w:rsid w:val="003F7DB4"/>
     <w:rsid w:val="003F7DDA"/>
     <w:rsid w:val="003F7F80"/>
     <w:rsid w:val="0040020F"/>
     <w:rsid w:val="004006A3"/>
     <w:rsid w:val="00400788"/>
     <w:rsid w:val="00401794"/>
     <w:rsid w:val="004020E7"/>
     <w:rsid w:val="00402214"/>
     <w:rsid w:val="00402224"/>
     <w:rsid w:val="00403444"/>
     <w:rsid w:val="00403634"/>
     <w:rsid w:val="00403FC8"/>
     <w:rsid w:val="0040481A"/>
     <w:rsid w:val="00404950"/>
     <w:rsid w:val="00404AD8"/>
     <w:rsid w:val="00405395"/>
     <w:rsid w:val="0040597C"/>
     <w:rsid w:val="00405D70"/>
     <w:rsid w:val="004062C0"/>
     <w:rsid w:val="00406671"/>
     <w:rsid w:val="00406AFC"/>
     <w:rsid w:val="00406C3B"/>
     <w:rsid w:val="00406DD3"/>
     <w:rsid w:val="0040729E"/>
     <w:rsid w:val="00410268"/>
     <w:rsid w:val="004107C6"/>
     <w:rsid w:val="00411429"/>
     <w:rsid w:val="00411803"/>
     <w:rsid w:val="00411D8B"/>
     <w:rsid w:val="00411E92"/>
     <w:rsid w:val="0041241A"/>
     <w:rsid w:val="00414330"/>
     <w:rsid w:val="004143B6"/>
     <w:rsid w:val="00414F63"/>
+    <w:rsid w:val="00415216"/>
     <w:rsid w:val="00416164"/>
     <w:rsid w:val="00416968"/>
     <w:rsid w:val="00416BC5"/>
     <w:rsid w:val="00416E25"/>
     <w:rsid w:val="00420197"/>
     <w:rsid w:val="00420649"/>
     <w:rsid w:val="00420B4E"/>
     <w:rsid w:val="00420B82"/>
     <w:rsid w:val="004212A5"/>
     <w:rsid w:val="00421357"/>
     <w:rsid w:val="00424181"/>
     <w:rsid w:val="00424992"/>
     <w:rsid w:val="00424B1E"/>
     <w:rsid w:val="00424F21"/>
     <w:rsid w:val="00425732"/>
     <w:rsid w:val="00426849"/>
     <w:rsid w:val="004268A2"/>
     <w:rsid w:val="004269DB"/>
     <w:rsid w:val="00426BF4"/>
     <w:rsid w:val="004275CA"/>
     <w:rsid w:val="0042788C"/>
     <w:rsid w:val="0043086D"/>
     <w:rsid w:val="00430AF9"/>
     <w:rsid w:val="004310C2"/>
     <w:rsid w:val="00431239"/>
@@ -42121,50 +43410,51 @@
     <w:rsid w:val="0048711A"/>
     <w:rsid w:val="0048718D"/>
     <w:rsid w:val="00487488"/>
     <w:rsid w:val="00487DA1"/>
     <w:rsid w:val="00487ED6"/>
     <w:rsid w:val="00490039"/>
     <w:rsid w:val="0049047D"/>
     <w:rsid w:val="00490DEF"/>
     <w:rsid w:val="004916CD"/>
     <w:rsid w:val="004916F0"/>
     <w:rsid w:val="00491AA9"/>
     <w:rsid w:val="00492574"/>
     <w:rsid w:val="0049296F"/>
     <w:rsid w:val="004929D1"/>
     <w:rsid w:val="00493467"/>
     <w:rsid w:val="0049346F"/>
     <w:rsid w:val="004935CB"/>
     <w:rsid w:val="00493DA1"/>
     <w:rsid w:val="0049407E"/>
     <w:rsid w:val="0049469E"/>
     <w:rsid w:val="0049475D"/>
     <w:rsid w:val="00494C52"/>
     <w:rsid w:val="00494D54"/>
     <w:rsid w:val="00495E2E"/>
     <w:rsid w:val="0049607A"/>
+    <w:rsid w:val="004961E8"/>
     <w:rsid w:val="00496343"/>
     <w:rsid w:val="00496C31"/>
     <w:rsid w:val="0049735D"/>
     <w:rsid w:val="004973D4"/>
     <w:rsid w:val="004974A5"/>
     <w:rsid w:val="0049762A"/>
     <w:rsid w:val="004A073E"/>
     <w:rsid w:val="004A0AE6"/>
     <w:rsid w:val="004A0F16"/>
     <w:rsid w:val="004A1242"/>
     <w:rsid w:val="004A12E1"/>
     <w:rsid w:val="004A1C17"/>
     <w:rsid w:val="004A26F5"/>
     <w:rsid w:val="004A2C72"/>
     <w:rsid w:val="004A389B"/>
     <w:rsid w:val="004A4036"/>
     <w:rsid w:val="004A45C5"/>
     <w:rsid w:val="004A47BF"/>
     <w:rsid w:val="004A4E40"/>
     <w:rsid w:val="004A5153"/>
     <w:rsid w:val="004A6147"/>
     <w:rsid w:val="004A6173"/>
     <w:rsid w:val="004A62EC"/>
     <w:rsid w:val="004A66F0"/>
     <w:rsid w:val="004A67D2"/>
@@ -42602,50 +43892,51 @@
     <w:rsid w:val="005F1FE3"/>
     <w:rsid w:val="005F2049"/>
     <w:rsid w:val="005F2101"/>
     <w:rsid w:val="005F283B"/>
     <w:rsid w:val="005F3621"/>
     <w:rsid w:val="005F3877"/>
     <w:rsid w:val="005F3FE0"/>
     <w:rsid w:val="005F4514"/>
     <w:rsid w:val="005F48B5"/>
     <w:rsid w:val="005F59E5"/>
     <w:rsid w:val="005F5DAB"/>
     <w:rsid w:val="005F69F5"/>
     <w:rsid w:val="005F6E55"/>
     <w:rsid w:val="005F79DF"/>
     <w:rsid w:val="005F7BC6"/>
     <w:rsid w:val="00600A5D"/>
     <w:rsid w:val="00600CBA"/>
     <w:rsid w:val="00600ED2"/>
     <w:rsid w:val="00601129"/>
     <w:rsid w:val="00601F21"/>
     <w:rsid w:val="006023A2"/>
     <w:rsid w:val="00603AC4"/>
     <w:rsid w:val="00603DE6"/>
     <w:rsid w:val="006046C0"/>
     <w:rsid w:val="00604B01"/>
+    <w:rsid w:val="00604DD2"/>
     <w:rsid w:val="00605845"/>
     <w:rsid w:val="0060635D"/>
     <w:rsid w:val="006069FC"/>
     <w:rsid w:val="00606A56"/>
     <w:rsid w:val="006071B9"/>
     <w:rsid w:val="006077BE"/>
     <w:rsid w:val="00607C19"/>
     <w:rsid w:val="00610422"/>
     <w:rsid w:val="00610EBE"/>
     <w:rsid w:val="00611129"/>
     <w:rsid w:val="00611392"/>
     <w:rsid w:val="00611C8B"/>
     <w:rsid w:val="00612036"/>
     <w:rsid w:val="00612163"/>
     <w:rsid w:val="00612CFB"/>
     <w:rsid w:val="00612DC1"/>
     <w:rsid w:val="00612EEC"/>
     <w:rsid w:val="0061327E"/>
     <w:rsid w:val="006133CA"/>
     <w:rsid w:val="00613701"/>
     <w:rsid w:val="00613D1E"/>
     <w:rsid w:val="00614BC0"/>
     <w:rsid w:val="00614D9F"/>
     <w:rsid w:val="00615C95"/>
     <w:rsid w:val="00615DB0"/>
@@ -42896,50 +44187,51 @@
     <w:rsid w:val="006B7E20"/>
     <w:rsid w:val="006C0681"/>
     <w:rsid w:val="006C1052"/>
     <w:rsid w:val="006C1E32"/>
     <w:rsid w:val="006C22E3"/>
     <w:rsid w:val="006C4095"/>
     <w:rsid w:val="006C4711"/>
     <w:rsid w:val="006C4760"/>
     <w:rsid w:val="006C48C8"/>
     <w:rsid w:val="006C48DA"/>
     <w:rsid w:val="006C533F"/>
     <w:rsid w:val="006C543E"/>
     <w:rsid w:val="006C5749"/>
     <w:rsid w:val="006C5CB6"/>
     <w:rsid w:val="006C67BF"/>
     <w:rsid w:val="006C6C01"/>
     <w:rsid w:val="006C6E5B"/>
     <w:rsid w:val="006C6EC4"/>
     <w:rsid w:val="006C734D"/>
     <w:rsid w:val="006C76FD"/>
     <w:rsid w:val="006C7872"/>
     <w:rsid w:val="006C7ED2"/>
     <w:rsid w:val="006D08ED"/>
     <w:rsid w:val="006D0C19"/>
     <w:rsid w:val="006D1C86"/>
+    <w:rsid w:val="006D1EEF"/>
     <w:rsid w:val="006D2360"/>
     <w:rsid w:val="006D3C78"/>
     <w:rsid w:val="006D3F9F"/>
     <w:rsid w:val="006D4001"/>
     <w:rsid w:val="006D4B99"/>
     <w:rsid w:val="006D57D4"/>
     <w:rsid w:val="006D6D23"/>
     <w:rsid w:val="006D6DF3"/>
     <w:rsid w:val="006D6F06"/>
     <w:rsid w:val="006D7013"/>
     <w:rsid w:val="006D74C1"/>
     <w:rsid w:val="006D7763"/>
     <w:rsid w:val="006D7F17"/>
     <w:rsid w:val="006E048F"/>
     <w:rsid w:val="006E0BE2"/>
     <w:rsid w:val="006E1026"/>
     <w:rsid w:val="006E1AB1"/>
     <w:rsid w:val="006E1B20"/>
     <w:rsid w:val="006E1BE7"/>
     <w:rsid w:val="006E2798"/>
     <w:rsid w:val="006E2A7A"/>
     <w:rsid w:val="006E2D7F"/>
     <w:rsid w:val="006E3211"/>
     <w:rsid w:val="006E3BEA"/>
     <w:rsid w:val="006E3F9F"/>
@@ -43100,62 +44392,64 @@
     <w:rsid w:val="00750D31"/>
     <w:rsid w:val="00750F3D"/>
     <w:rsid w:val="007515F0"/>
     <w:rsid w:val="00751BAF"/>
     <w:rsid w:val="00751E1A"/>
     <w:rsid w:val="00751FEA"/>
     <w:rsid w:val="00752F47"/>
     <w:rsid w:val="0075369A"/>
     <w:rsid w:val="00753DB2"/>
     <w:rsid w:val="00753E36"/>
     <w:rsid w:val="00754538"/>
     <w:rsid w:val="00755684"/>
     <w:rsid w:val="007556E2"/>
     <w:rsid w:val="0075584C"/>
     <w:rsid w:val="00755D7A"/>
     <w:rsid w:val="00755F21"/>
     <w:rsid w:val="00756B62"/>
     <w:rsid w:val="00756F0C"/>
     <w:rsid w:val="00757082"/>
     <w:rsid w:val="007570C4"/>
     <w:rsid w:val="00757856"/>
     <w:rsid w:val="00757ED6"/>
     <w:rsid w:val="00757EE4"/>
     <w:rsid w:val="00760106"/>
     <w:rsid w:val="007601F0"/>
+    <w:rsid w:val="007604A3"/>
     <w:rsid w:val="007604B6"/>
     <w:rsid w:val="007605B3"/>
     <w:rsid w:val="00760B09"/>
     <w:rsid w:val="00760CEA"/>
     <w:rsid w:val="00760ED1"/>
     <w:rsid w:val="00761B01"/>
     <w:rsid w:val="00761D61"/>
     <w:rsid w:val="0076393E"/>
     <w:rsid w:val="00763F68"/>
     <w:rsid w:val="0076439A"/>
     <w:rsid w:val="00764734"/>
     <w:rsid w:val="00764CA7"/>
+    <w:rsid w:val="00764F63"/>
     <w:rsid w:val="00765177"/>
     <w:rsid w:val="00765D45"/>
     <w:rsid w:val="007661A6"/>
     <w:rsid w:val="007662F1"/>
     <w:rsid w:val="00766673"/>
     <w:rsid w:val="007670EE"/>
     <w:rsid w:val="00767934"/>
     <w:rsid w:val="00767B67"/>
     <w:rsid w:val="00770597"/>
     <w:rsid w:val="007710EA"/>
     <w:rsid w:val="0077144D"/>
     <w:rsid w:val="007714B3"/>
     <w:rsid w:val="0077159B"/>
     <w:rsid w:val="007718CF"/>
     <w:rsid w:val="007720C1"/>
     <w:rsid w:val="00772143"/>
     <w:rsid w:val="007724F3"/>
     <w:rsid w:val="00772CCE"/>
     <w:rsid w:val="007732D5"/>
     <w:rsid w:val="00773E4C"/>
     <w:rsid w:val="007743C2"/>
     <w:rsid w:val="0077519F"/>
     <w:rsid w:val="007751DB"/>
     <w:rsid w:val="00775C4B"/>
     <w:rsid w:val="00776115"/>
@@ -43172,98 +44466,100 @@
     <w:rsid w:val="00780E8E"/>
     <w:rsid w:val="00780FCA"/>
     <w:rsid w:val="007813A2"/>
     <w:rsid w:val="0078147D"/>
     <w:rsid w:val="00782470"/>
     <w:rsid w:val="00782A22"/>
     <w:rsid w:val="00782C67"/>
     <w:rsid w:val="00782CA2"/>
     <w:rsid w:val="00782D84"/>
     <w:rsid w:val="00782E73"/>
     <w:rsid w:val="007835CC"/>
     <w:rsid w:val="00783E34"/>
     <w:rsid w:val="0078437C"/>
     <w:rsid w:val="007849F7"/>
     <w:rsid w:val="00784C1A"/>
     <w:rsid w:val="00785356"/>
     <w:rsid w:val="00785780"/>
     <w:rsid w:val="00785979"/>
     <w:rsid w:val="00785BE3"/>
     <w:rsid w:val="00785CF5"/>
     <w:rsid w:val="00785D55"/>
     <w:rsid w:val="00785DCB"/>
     <w:rsid w:val="00786AF3"/>
     <w:rsid w:val="007872F1"/>
     <w:rsid w:val="0078734F"/>
+    <w:rsid w:val="00787931"/>
     <w:rsid w:val="00787FA3"/>
     <w:rsid w:val="00790131"/>
     <w:rsid w:val="00790210"/>
     <w:rsid w:val="00790A38"/>
     <w:rsid w:val="00790D77"/>
     <w:rsid w:val="0079112B"/>
     <w:rsid w:val="007912FC"/>
     <w:rsid w:val="00791489"/>
     <w:rsid w:val="007920BD"/>
     <w:rsid w:val="007924BC"/>
     <w:rsid w:val="00792AAE"/>
     <w:rsid w:val="00792AB8"/>
     <w:rsid w:val="00792D4F"/>
     <w:rsid w:val="0079322C"/>
     <w:rsid w:val="00793521"/>
     <w:rsid w:val="007935AD"/>
     <w:rsid w:val="00793860"/>
     <w:rsid w:val="00793E3F"/>
     <w:rsid w:val="00794506"/>
     <w:rsid w:val="00794629"/>
     <w:rsid w:val="007946BB"/>
     <w:rsid w:val="007948D7"/>
     <w:rsid w:val="0079522A"/>
     <w:rsid w:val="0079526F"/>
     <w:rsid w:val="00795282"/>
     <w:rsid w:val="00795F22"/>
     <w:rsid w:val="00795F94"/>
     <w:rsid w:val="007966F5"/>
     <w:rsid w:val="00796EBD"/>
     <w:rsid w:val="007970F7"/>
     <w:rsid w:val="0079718C"/>
     <w:rsid w:val="007972CB"/>
     <w:rsid w:val="00797671"/>
     <w:rsid w:val="007978C2"/>
     <w:rsid w:val="00797A59"/>
     <w:rsid w:val="00797B0D"/>
     <w:rsid w:val="00797DB8"/>
     <w:rsid w:val="007A13EE"/>
     <w:rsid w:val="007A1E5E"/>
     <w:rsid w:val="007A2776"/>
     <w:rsid w:val="007A2CEF"/>
     <w:rsid w:val="007A2EFF"/>
     <w:rsid w:val="007A3467"/>
     <w:rsid w:val="007A41E5"/>
     <w:rsid w:val="007A4A6E"/>
     <w:rsid w:val="007A5DCA"/>
     <w:rsid w:val="007A5E50"/>
     <w:rsid w:val="007A66FE"/>
+    <w:rsid w:val="007A6EF6"/>
     <w:rsid w:val="007A714C"/>
     <w:rsid w:val="007A72E7"/>
     <w:rsid w:val="007A72E8"/>
     <w:rsid w:val="007A75BA"/>
     <w:rsid w:val="007B118F"/>
     <w:rsid w:val="007B1A4A"/>
     <w:rsid w:val="007B1B76"/>
     <w:rsid w:val="007B1C50"/>
     <w:rsid w:val="007B1C65"/>
     <w:rsid w:val="007B1D88"/>
     <w:rsid w:val="007B257A"/>
     <w:rsid w:val="007B2DB6"/>
     <w:rsid w:val="007B3B7D"/>
     <w:rsid w:val="007B3E0E"/>
     <w:rsid w:val="007B4087"/>
     <w:rsid w:val="007B40E6"/>
     <w:rsid w:val="007B47C6"/>
     <w:rsid w:val="007B5EA8"/>
     <w:rsid w:val="007B6722"/>
     <w:rsid w:val="007B6EC1"/>
     <w:rsid w:val="007B7F60"/>
     <w:rsid w:val="007C0411"/>
     <w:rsid w:val="007C04EA"/>
     <w:rsid w:val="007C06D9"/>
     <w:rsid w:val="007C0883"/>
@@ -43519,50 +44815,51 @@
     <w:rsid w:val="00872511"/>
     <w:rsid w:val="008725F9"/>
     <w:rsid w:val="00872EB4"/>
     <w:rsid w:val="00872F8D"/>
     <w:rsid w:val="00873638"/>
     <w:rsid w:val="008749E2"/>
     <w:rsid w:val="00874C37"/>
     <w:rsid w:val="00874E72"/>
     <w:rsid w:val="00874E73"/>
     <w:rsid w:val="00874F3C"/>
     <w:rsid w:val="0087558D"/>
     <w:rsid w:val="008758E7"/>
     <w:rsid w:val="00875A72"/>
     <w:rsid w:val="00875D27"/>
     <w:rsid w:val="0087614A"/>
     <w:rsid w:val="0087678F"/>
     <w:rsid w:val="00876DF1"/>
     <w:rsid w:val="00876E87"/>
     <w:rsid w:val="00877136"/>
     <w:rsid w:val="00877747"/>
     <w:rsid w:val="008800BC"/>
     <w:rsid w:val="008802AF"/>
     <w:rsid w:val="008802D0"/>
     <w:rsid w:val="00881A78"/>
     <w:rsid w:val="00881F8B"/>
+    <w:rsid w:val="008820BB"/>
     <w:rsid w:val="008826E9"/>
     <w:rsid w:val="00883ABA"/>
     <w:rsid w:val="008855E1"/>
     <w:rsid w:val="00885D20"/>
     <w:rsid w:val="0088617C"/>
     <w:rsid w:val="008864B3"/>
     <w:rsid w:val="00886592"/>
     <w:rsid w:val="00886593"/>
     <w:rsid w:val="0088687F"/>
     <w:rsid w:val="00886A53"/>
     <w:rsid w:val="00886BC7"/>
     <w:rsid w:val="00886E4D"/>
     <w:rsid w:val="00887F1E"/>
     <w:rsid w:val="008900A7"/>
     <w:rsid w:val="008903DE"/>
     <w:rsid w:val="008904DC"/>
     <w:rsid w:val="00890CD9"/>
     <w:rsid w:val="00891462"/>
     <w:rsid w:val="008915C3"/>
     <w:rsid w:val="008916D2"/>
     <w:rsid w:val="0089174D"/>
     <w:rsid w:val="00891CC5"/>
     <w:rsid w:val="00891DD2"/>
     <w:rsid w:val="00891ED2"/>
     <w:rsid w:val="008920F4"/>
@@ -43734,50 +45031,51 @@
     <w:rsid w:val="00913EBC"/>
     <w:rsid w:val="00914DA6"/>
     <w:rsid w:val="00915A9F"/>
     <w:rsid w:val="00915AD5"/>
     <w:rsid w:val="009163EC"/>
     <w:rsid w:val="00916CA1"/>
     <w:rsid w:val="00916F7C"/>
     <w:rsid w:val="0091755D"/>
     <w:rsid w:val="009177DA"/>
     <w:rsid w:val="00920AA4"/>
     <w:rsid w:val="009212C3"/>
     <w:rsid w:val="009215C3"/>
     <w:rsid w:val="00921959"/>
     <w:rsid w:val="00921BF5"/>
     <w:rsid w:val="0092203D"/>
     <w:rsid w:val="00922236"/>
     <w:rsid w:val="0092251B"/>
     <w:rsid w:val="0092292F"/>
     <w:rsid w:val="0092307C"/>
     <w:rsid w:val="009231F5"/>
     <w:rsid w:val="0092371B"/>
     <w:rsid w:val="00923A41"/>
     <w:rsid w:val="00923B73"/>
     <w:rsid w:val="0092405B"/>
     <w:rsid w:val="00924D44"/>
+    <w:rsid w:val="00924E48"/>
     <w:rsid w:val="00925EC1"/>
     <w:rsid w:val="00926063"/>
     <w:rsid w:val="00926A6C"/>
     <w:rsid w:val="0092754B"/>
     <w:rsid w:val="00927B8F"/>
     <w:rsid w:val="00927F51"/>
     <w:rsid w:val="0093110F"/>
     <w:rsid w:val="0093192E"/>
     <w:rsid w:val="009321C0"/>
     <w:rsid w:val="009322BB"/>
     <w:rsid w:val="00932A30"/>
     <w:rsid w:val="00933789"/>
     <w:rsid w:val="00933C29"/>
     <w:rsid w:val="00934444"/>
     <w:rsid w:val="00934465"/>
     <w:rsid w:val="00935060"/>
     <w:rsid w:val="009350EA"/>
     <w:rsid w:val="0093545D"/>
     <w:rsid w:val="009359F6"/>
     <w:rsid w:val="00937E16"/>
     <w:rsid w:val="00940CA0"/>
     <w:rsid w:val="00941055"/>
     <w:rsid w:val="0094132B"/>
     <w:rsid w:val="00941341"/>
     <w:rsid w:val="00941A37"/>
@@ -44096,84 +45394,86 @@
     <w:rsid w:val="00A2716E"/>
     <w:rsid w:val="00A274B2"/>
     <w:rsid w:val="00A27B64"/>
     <w:rsid w:val="00A27C09"/>
     <w:rsid w:val="00A27E66"/>
     <w:rsid w:val="00A310CD"/>
     <w:rsid w:val="00A31435"/>
     <w:rsid w:val="00A31E69"/>
     <w:rsid w:val="00A31F38"/>
     <w:rsid w:val="00A320C3"/>
     <w:rsid w:val="00A32181"/>
     <w:rsid w:val="00A32665"/>
     <w:rsid w:val="00A327EB"/>
     <w:rsid w:val="00A329C0"/>
     <w:rsid w:val="00A32CFE"/>
     <w:rsid w:val="00A32F69"/>
     <w:rsid w:val="00A334A0"/>
     <w:rsid w:val="00A33694"/>
     <w:rsid w:val="00A33D54"/>
     <w:rsid w:val="00A35069"/>
     <w:rsid w:val="00A35771"/>
     <w:rsid w:val="00A35E37"/>
     <w:rsid w:val="00A35EE6"/>
     <w:rsid w:val="00A36F50"/>
     <w:rsid w:val="00A36FD9"/>
+    <w:rsid w:val="00A37401"/>
     <w:rsid w:val="00A374F5"/>
     <w:rsid w:val="00A376B7"/>
     <w:rsid w:val="00A37A92"/>
     <w:rsid w:val="00A40600"/>
     <w:rsid w:val="00A40726"/>
     <w:rsid w:val="00A4073F"/>
     <w:rsid w:val="00A40D03"/>
     <w:rsid w:val="00A40DD3"/>
     <w:rsid w:val="00A4159C"/>
     <w:rsid w:val="00A417E5"/>
     <w:rsid w:val="00A41834"/>
     <w:rsid w:val="00A418AE"/>
     <w:rsid w:val="00A426AE"/>
     <w:rsid w:val="00A426FC"/>
     <w:rsid w:val="00A42C5A"/>
     <w:rsid w:val="00A430EC"/>
     <w:rsid w:val="00A43139"/>
     <w:rsid w:val="00A43203"/>
     <w:rsid w:val="00A432CF"/>
     <w:rsid w:val="00A43650"/>
     <w:rsid w:val="00A43BF5"/>
     <w:rsid w:val="00A43E95"/>
     <w:rsid w:val="00A43F30"/>
     <w:rsid w:val="00A43FB1"/>
     <w:rsid w:val="00A442FE"/>
     <w:rsid w:val="00A451CD"/>
     <w:rsid w:val="00A4607F"/>
     <w:rsid w:val="00A475F6"/>
     <w:rsid w:val="00A47754"/>
     <w:rsid w:val="00A47786"/>
     <w:rsid w:val="00A4795E"/>
     <w:rsid w:val="00A47B6C"/>
     <w:rsid w:val="00A5024D"/>
     <w:rsid w:val="00A504B5"/>
+    <w:rsid w:val="00A50608"/>
     <w:rsid w:val="00A50AE1"/>
     <w:rsid w:val="00A50CF7"/>
     <w:rsid w:val="00A51623"/>
     <w:rsid w:val="00A51C64"/>
     <w:rsid w:val="00A52569"/>
     <w:rsid w:val="00A526C2"/>
     <w:rsid w:val="00A52743"/>
     <w:rsid w:val="00A5274A"/>
     <w:rsid w:val="00A5349C"/>
     <w:rsid w:val="00A539D8"/>
     <w:rsid w:val="00A53F7B"/>
     <w:rsid w:val="00A54971"/>
     <w:rsid w:val="00A54EAF"/>
     <w:rsid w:val="00A550D1"/>
     <w:rsid w:val="00A55C66"/>
     <w:rsid w:val="00A56436"/>
     <w:rsid w:val="00A5663D"/>
     <w:rsid w:val="00A5681A"/>
     <w:rsid w:val="00A56A5B"/>
     <w:rsid w:val="00A57658"/>
     <w:rsid w:val="00A57D50"/>
     <w:rsid w:val="00A612FF"/>
     <w:rsid w:val="00A61A1C"/>
     <w:rsid w:val="00A637A6"/>
     <w:rsid w:val="00A63D9D"/>
@@ -44192,81 +45492,84 @@
     <w:rsid w:val="00A7140D"/>
     <w:rsid w:val="00A717A4"/>
     <w:rsid w:val="00A71B33"/>
     <w:rsid w:val="00A732A3"/>
     <w:rsid w:val="00A738C8"/>
     <w:rsid w:val="00A73CAD"/>
     <w:rsid w:val="00A73CAF"/>
     <w:rsid w:val="00A73D95"/>
     <w:rsid w:val="00A7478C"/>
     <w:rsid w:val="00A74AB5"/>
     <w:rsid w:val="00A76141"/>
     <w:rsid w:val="00A762F4"/>
     <w:rsid w:val="00A7649C"/>
     <w:rsid w:val="00A77258"/>
     <w:rsid w:val="00A7749A"/>
     <w:rsid w:val="00A7774D"/>
     <w:rsid w:val="00A80512"/>
     <w:rsid w:val="00A80891"/>
     <w:rsid w:val="00A80CB0"/>
     <w:rsid w:val="00A8205D"/>
     <w:rsid w:val="00A8299C"/>
     <w:rsid w:val="00A82CBB"/>
     <w:rsid w:val="00A82DD2"/>
     <w:rsid w:val="00A82EB8"/>
     <w:rsid w:val="00A835BF"/>
+    <w:rsid w:val="00A8370B"/>
     <w:rsid w:val="00A837E1"/>
     <w:rsid w:val="00A840C4"/>
     <w:rsid w:val="00A84959"/>
+    <w:rsid w:val="00A8509A"/>
     <w:rsid w:val="00A853AA"/>
     <w:rsid w:val="00A85CDE"/>
     <w:rsid w:val="00A86489"/>
     <w:rsid w:val="00A86720"/>
     <w:rsid w:val="00A86BA0"/>
     <w:rsid w:val="00A86EF6"/>
     <w:rsid w:val="00A87413"/>
     <w:rsid w:val="00A877FC"/>
     <w:rsid w:val="00A8784D"/>
     <w:rsid w:val="00A879E3"/>
     <w:rsid w:val="00A87A1E"/>
     <w:rsid w:val="00A909A4"/>
     <w:rsid w:val="00A90A01"/>
     <w:rsid w:val="00A90B3C"/>
     <w:rsid w:val="00A90FE1"/>
     <w:rsid w:val="00A9157B"/>
     <w:rsid w:val="00A91603"/>
     <w:rsid w:val="00A91675"/>
     <w:rsid w:val="00A91993"/>
     <w:rsid w:val="00A919D6"/>
     <w:rsid w:val="00A91D3B"/>
     <w:rsid w:val="00A920A3"/>
     <w:rsid w:val="00A92325"/>
     <w:rsid w:val="00A9263D"/>
     <w:rsid w:val="00A928B1"/>
     <w:rsid w:val="00A93769"/>
     <w:rsid w:val="00A9422E"/>
     <w:rsid w:val="00A94E90"/>
+    <w:rsid w:val="00A955BA"/>
     <w:rsid w:val="00A9706C"/>
     <w:rsid w:val="00A976A4"/>
     <w:rsid w:val="00A97F95"/>
     <w:rsid w:val="00AA0AF1"/>
     <w:rsid w:val="00AA1A48"/>
     <w:rsid w:val="00AA1DA3"/>
     <w:rsid w:val="00AA218A"/>
     <w:rsid w:val="00AA26AB"/>
     <w:rsid w:val="00AA2BEB"/>
     <w:rsid w:val="00AA3A79"/>
     <w:rsid w:val="00AA3EC8"/>
     <w:rsid w:val="00AA45A0"/>
     <w:rsid w:val="00AA496E"/>
     <w:rsid w:val="00AA4C15"/>
     <w:rsid w:val="00AA4DBF"/>
     <w:rsid w:val="00AA541D"/>
     <w:rsid w:val="00AA5942"/>
     <w:rsid w:val="00AA5EC5"/>
     <w:rsid w:val="00AA5FC1"/>
     <w:rsid w:val="00AA617D"/>
     <w:rsid w:val="00AA6FFA"/>
     <w:rsid w:val="00AA782F"/>
     <w:rsid w:val="00AA7BB8"/>
     <w:rsid w:val="00AA7FEF"/>
     <w:rsid w:val="00AB00FA"/>
@@ -44443,50 +45746,51 @@
     <w:rsid w:val="00B26C84"/>
     <w:rsid w:val="00B27780"/>
     <w:rsid w:val="00B27978"/>
     <w:rsid w:val="00B27B57"/>
     <w:rsid w:val="00B3030D"/>
     <w:rsid w:val="00B309B7"/>
     <w:rsid w:val="00B30CF0"/>
     <w:rsid w:val="00B30D72"/>
     <w:rsid w:val="00B3134B"/>
     <w:rsid w:val="00B318BF"/>
     <w:rsid w:val="00B32E20"/>
     <w:rsid w:val="00B331CD"/>
     <w:rsid w:val="00B3357A"/>
     <w:rsid w:val="00B34240"/>
     <w:rsid w:val="00B3431D"/>
     <w:rsid w:val="00B354C6"/>
     <w:rsid w:val="00B3553F"/>
     <w:rsid w:val="00B35794"/>
     <w:rsid w:val="00B36843"/>
     <w:rsid w:val="00B369C1"/>
     <w:rsid w:val="00B36D41"/>
     <w:rsid w:val="00B37D22"/>
     <w:rsid w:val="00B37F8E"/>
     <w:rsid w:val="00B40319"/>
     <w:rsid w:val="00B411A2"/>
+    <w:rsid w:val="00B42182"/>
     <w:rsid w:val="00B427B1"/>
     <w:rsid w:val="00B4280E"/>
     <w:rsid w:val="00B42829"/>
     <w:rsid w:val="00B43AE3"/>
     <w:rsid w:val="00B43CDC"/>
     <w:rsid w:val="00B43E15"/>
     <w:rsid w:val="00B44BA7"/>
     <w:rsid w:val="00B44DBA"/>
     <w:rsid w:val="00B4507E"/>
     <w:rsid w:val="00B4518E"/>
     <w:rsid w:val="00B457B7"/>
     <w:rsid w:val="00B45FFA"/>
     <w:rsid w:val="00B461F7"/>
     <w:rsid w:val="00B4711A"/>
     <w:rsid w:val="00B47C16"/>
     <w:rsid w:val="00B47DD4"/>
     <w:rsid w:val="00B500D9"/>
     <w:rsid w:val="00B502B7"/>
     <w:rsid w:val="00B5038E"/>
     <w:rsid w:val="00B51257"/>
     <w:rsid w:val="00B51E1E"/>
     <w:rsid w:val="00B52000"/>
     <w:rsid w:val="00B52441"/>
     <w:rsid w:val="00B52AF3"/>
     <w:rsid w:val="00B52C0B"/>
@@ -45326,50 +46630,51 @@
     <w:rsid w:val="00DC1BEE"/>
     <w:rsid w:val="00DC21E1"/>
     <w:rsid w:val="00DC28FC"/>
     <w:rsid w:val="00DC3346"/>
     <w:rsid w:val="00DC3431"/>
     <w:rsid w:val="00DC3579"/>
     <w:rsid w:val="00DC39A6"/>
     <w:rsid w:val="00DC43E5"/>
     <w:rsid w:val="00DC52AA"/>
     <w:rsid w:val="00DC53F8"/>
     <w:rsid w:val="00DC59DE"/>
     <w:rsid w:val="00DC5B50"/>
     <w:rsid w:val="00DC615E"/>
     <w:rsid w:val="00DC6529"/>
     <w:rsid w:val="00DC6A65"/>
     <w:rsid w:val="00DC6C38"/>
     <w:rsid w:val="00DC7952"/>
     <w:rsid w:val="00DC7D26"/>
     <w:rsid w:val="00DC7D76"/>
     <w:rsid w:val="00DD066A"/>
     <w:rsid w:val="00DD0E77"/>
     <w:rsid w:val="00DD1182"/>
     <w:rsid w:val="00DD1801"/>
     <w:rsid w:val="00DD192A"/>
     <w:rsid w:val="00DD1B68"/>
+    <w:rsid w:val="00DD21F6"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DD27C7"/>
     <w:rsid w:val="00DD3346"/>
     <w:rsid w:val="00DD34AC"/>
     <w:rsid w:val="00DD4273"/>
     <w:rsid w:val="00DD44C5"/>
     <w:rsid w:val="00DD5F19"/>
     <w:rsid w:val="00DD60E0"/>
     <w:rsid w:val="00DD6156"/>
     <w:rsid w:val="00DD622F"/>
     <w:rsid w:val="00DD6354"/>
     <w:rsid w:val="00DD7DE6"/>
     <w:rsid w:val="00DE080D"/>
     <w:rsid w:val="00DE09A7"/>
     <w:rsid w:val="00DE0D54"/>
     <w:rsid w:val="00DE1416"/>
     <w:rsid w:val="00DE1463"/>
     <w:rsid w:val="00DE1F58"/>
     <w:rsid w:val="00DE1FE0"/>
     <w:rsid w:val="00DE21BD"/>
     <w:rsid w:val="00DE221E"/>
     <w:rsid w:val="00DE2284"/>
     <w:rsid w:val="00DE2EBE"/>
     <w:rsid w:val="00DE32EF"/>
     <w:rsid w:val="00DE34FC"/>
@@ -45473,50 +46778,51 @@
     <w:rsid w:val="00E22CEE"/>
     <w:rsid w:val="00E22D0C"/>
     <w:rsid w:val="00E232C9"/>
     <w:rsid w:val="00E25289"/>
     <w:rsid w:val="00E25870"/>
     <w:rsid w:val="00E25DC7"/>
     <w:rsid w:val="00E26AFA"/>
     <w:rsid w:val="00E26CA6"/>
     <w:rsid w:val="00E270FD"/>
     <w:rsid w:val="00E2787F"/>
     <w:rsid w:val="00E27D4B"/>
     <w:rsid w:val="00E30365"/>
     <w:rsid w:val="00E30A5A"/>
     <w:rsid w:val="00E30F5E"/>
     <w:rsid w:val="00E321CF"/>
     <w:rsid w:val="00E329EA"/>
     <w:rsid w:val="00E33123"/>
     <w:rsid w:val="00E333F5"/>
     <w:rsid w:val="00E35418"/>
     <w:rsid w:val="00E355A7"/>
     <w:rsid w:val="00E35B55"/>
     <w:rsid w:val="00E35D14"/>
     <w:rsid w:val="00E36010"/>
     <w:rsid w:val="00E363C2"/>
     <w:rsid w:val="00E36837"/>
+    <w:rsid w:val="00E36CF0"/>
     <w:rsid w:val="00E37F8E"/>
     <w:rsid w:val="00E40013"/>
     <w:rsid w:val="00E4021D"/>
     <w:rsid w:val="00E40289"/>
     <w:rsid w:val="00E403FF"/>
     <w:rsid w:val="00E40770"/>
     <w:rsid w:val="00E41312"/>
     <w:rsid w:val="00E41B4D"/>
     <w:rsid w:val="00E42407"/>
     <w:rsid w:val="00E43181"/>
     <w:rsid w:val="00E43E58"/>
     <w:rsid w:val="00E44485"/>
     <w:rsid w:val="00E44542"/>
     <w:rsid w:val="00E44694"/>
     <w:rsid w:val="00E44B0B"/>
     <w:rsid w:val="00E44B22"/>
     <w:rsid w:val="00E44D2B"/>
     <w:rsid w:val="00E45249"/>
     <w:rsid w:val="00E45941"/>
     <w:rsid w:val="00E46AB1"/>
     <w:rsid w:val="00E4787B"/>
     <w:rsid w:val="00E478A2"/>
     <w:rsid w:val="00E504D2"/>
     <w:rsid w:val="00E50E66"/>
     <w:rsid w:val="00E52352"/>
@@ -45624,50 +46930,51 @@
     <w:rsid w:val="00E92D29"/>
     <w:rsid w:val="00E93394"/>
     <w:rsid w:val="00E9359E"/>
     <w:rsid w:val="00E9376E"/>
     <w:rsid w:val="00E93BCB"/>
     <w:rsid w:val="00E93C5D"/>
     <w:rsid w:val="00E946A3"/>
     <w:rsid w:val="00E952EA"/>
     <w:rsid w:val="00E9662B"/>
     <w:rsid w:val="00E96795"/>
     <w:rsid w:val="00E97500"/>
     <w:rsid w:val="00E97EAB"/>
     <w:rsid w:val="00EA0136"/>
     <w:rsid w:val="00EA0386"/>
     <w:rsid w:val="00EA0DE0"/>
     <w:rsid w:val="00EA1AA0"/>
     <w:rsid w:val="00EA1B73"/>
     <w:rsid w:val="00EA203A"/>
     <w:rsid w:val="00EA252B"/>
     <w:rsid w:val="00EA2753"/>
     <w:rsid w:val="00EA2959"/>
     <w:rsid w:val="00EA2965"/>
     <w:rsid w:val="00EA3048"/>
     <w:rsid w:val="00EA4073"/>
     <w:rsid w:val="00EA466F"/>
+    <w:rsid w:val="00EA49D3"/>
     <w:rsid w:val="00EA5227"/>
     <w:rsid w:val="00EA557C"/>
     <w:rsid w:val="00EA6E0D"/>
     <w:rsid w:val="00EA6E62"/>
     <w:rsid w:val="00EA72A5"/>
     <w:rsid w:val="00EA762A"/>
     <w:rsid w:val="00EA79BF"/>
     <w:rsid w:val="00EA7C4E"/>
     <w:rsid w:val="00EB069D"/>
     <w:rsid w:val="00EB0A15"/>
     <w:rsid w:val="00EB0C89"/>
     <w:rsid w:val="00EB1339"/>
     <w:rsid w:val="00EB20BD"/>
     <w:rsid w:val="00EB221B"/>
     <w:rsid w:val="00EB2679"/>
     <w:rsid w:val="00EB2698"/>
     <w:rsid w:val="00EB277F"/>
     <w:rsid w:val="00EB2CBD"/>
     <w:rsid w:val="00EB3B35"/>
     <w:rsid w:val="00EB3E43"/>
     <w:rsid w:val="00EB4A2F"/>
     <w:rsid w:val="00EB4A55"/>
     <w:rsid w:val="00EB4C04"/>
     <w:rsid w:val="00EB4C6D"/>
     <w:rsid w:val="00EB5526"/>
@@ -45886,50 +47193,51 @@
     <w:rsid w:val="00F52A25"/>
     <w:rsid w:val="00F52A66"/>
     <w:rsid w:val="00F52B5F"/>
     <w:rsid w:val="00F531D7"/>
     <w:rsid w:val="00F53574"/>
     <w:rsid w:val="00F5384D"/>
     <w:rsid w:val="00F53A9C"/>
     <w:rsid w:val="00F53D13"/>
     <w:rsid w:val="00F54653"/>
     <w:rsid w:val="00F54B35"/>
     <w:rsid w:val="00F54E3D"/>
     <w:rsid w:val="00F561D4"/>
     <w:rsid w:val="00F5625A"/>
     <w:rsid w:val="00F56275"/>
     <w:rsid w:val="00F57218"/>
     <w:rsid w:val="00F576F8"/>
     <w:rsid w:val="00F57A04"/>
     <w:rsid w:val="00F57F68"/>
     <w:rsid w:val="00F61E0B"/>
     <w:rsid w:val="00F6236D"/>
     <w:rsid w:val="00F624DE"/>
     <w:rsid w:val="00F628D9"/>
     <w:rsid w:val="00F628E0"/>
     <w:rsid w:val="00F629E2"/>
     <w:rsid w:val="00F62AA2"/>
+    <w:rsid w:val="00F62C07"/>
     <w:rsid w:val="00F632A8"/>
     <w:rsid w:val="00F636AC"/>
     <w:rsid w:val="00F64B41"/>
     <w:rsid w:val="00F64CF0"/>
     <w:rsid w:val="00F659FB"/>
     <w:rsid w:val="00F65B30"/>
     <w:rsid w:val="00F6628A"/>
     <w:rsid w:val="00F66D20"/>
     <w:rsid w:val="00F66EDF"/>
     <w:rsid w:val="00F6706F"/>
     <w:rsid w:val="00F674EA"/>
     <w:rsid w:val="00F7005A"/>
     <w:rsid w:val="00F70306"/>
     <w:rsid w:val="00F708DA"/>
     <w:rsid w:val="00F70B20"/>
     <w:rsid w:val="00F713E0"/>
     <w:rsid w:val="00F716F1"/>
     <w:rsid w:val="00F7184F"/>
     <w:rsid w:val="00F718E6"/>
     <w:rsid w:val="00F7192C"/>
     <w:rsid w:val="00F71A0E"/>
     <w:rsid w:val="00F7229A"/>
     <w:rsid w:val="00F7248C"/>
     <w:rsid w:val="00F736ED"/>
     <w:rsid w:val="00F74056"/>
@@ -46122,74 +47430,74 @@
     <w:rsid w:val="00FF6131"/>
     <w:rsid w:val="00FF6780"/>
     <w:rsid w:val="00FF6EB3"/>
     <w:rsid w:val="00FF7518"/>
     <w:rsid w:val="00FF7547"/>
     <w:rsid w:val="00FF7B73"/>
     <w:rsid w:val="00FF7C94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="40949AB2"/>
   <w15:docId w15:val="{BA26CDCA-0044-4B1A-800A-47E1571264A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -46510,50 +47818,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a5">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003E5641"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Baltica" w:hAnsi="Baltica"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a5"/>
     <w:next w:val="a5"/>
     <w:qFormat/>
     <w:rsid w:val="00403FC8"/>
     <w:pPr>
       <w:keepNext/>
@@ -47940,51 +49252,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Noaoon1">
     <w:name w:val="Noaoon1"/>
     <w:basedOn w:val="a5"/>
     <w:rsid w:val="002863D6"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="10031049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="460727245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -48362,87 +49674,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago" Version="15"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1C548D0-C622-4A3C-B1E1-5A1373811A9D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8844B853-EB4D-4729-9BED-4A75C8B2296B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>29219</Characters>
+  <Pages>17</Pages>
+  <Words>6738</Words>
+  <Characters>39450</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>243</Lines>
-  <Paragraphs>68</Paragraphs>
+  <Lines>328</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Правила членства</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34276</CharactersWithSpaces>
+  <CharactersWithSpaces>46096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="246" baseType="variant">
       <vt:variant>
         <vt:i4>1572914</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>242</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc383704240</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2031666</vt:i4>
       </vt:variant>
       <vt:variant>