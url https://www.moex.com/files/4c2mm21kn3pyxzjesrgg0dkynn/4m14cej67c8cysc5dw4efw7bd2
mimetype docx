--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -65,51 +65,51 @@
   <Override PartName="/customXml/itemProps59.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps60.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps61.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps62.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps63.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="62037321" w14:textId="77777777" w:rsidR="00C92081" w:rsidRPr="003C5D49" w:rsidRDefault="009128FF" w:rsidP="00270195">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc106788617"/>
       <w:bookmarkStart w:id="1" w:name="_Toc107305648"/>
       <w:bookmarkStart w:id="2" w:name="_Toc116448441"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
@@ -136,70 +136,117 @@
         <w:t>by the resolution of the Supervisory Board</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037323" w14:textId="77777777" w:rsidR="00C92081" w:rsidRPr="003C5D49" w:rsidRDefault="009128FF" w:rsidP="00C92081">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moscow Exchange</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037324" w14:textId="77777777" w:rsidR="00EE42CA" w:rsidRPr="00EE42CA" w:rsidRDefault="009128FF" w:rsidP="00EE42CA">
+    <w:p w14:paraId="62037324" w14:textId="4794FD1F" w:rsidR="00EE42CA" w:rsidRPr="00EE42CA" w:rsidRDefault="00D63FC1" w:rsidP="00EE42CA">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>___ ___________ 2023 (Minutes No.__)</w:t>
+        <w:t>o</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n August 7,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6427">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="009128FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Minutes No.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA15DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009128FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037325" w14:textId="77777777" w:rsidR="00C92081" w:rsidRPr="00C92081" w:rsidRDefault="00C92081" w:rsidP="00C92081">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62037326" w14:textId="77777777" w:rsidR="00C92081" w:rsidRPr="00C92081" w:rsidRDefault="00C92081" w:rsidP="00C92081">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -519,51 +566,51 @@
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>TABLE OF CONTENTS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="62037339" w14:textId="77777777" w:rsidR="00CB6E49" w:rsidRPr="00807A5A" w:rsidRDefault="00CB6E49" w:rsidP="00F50C02">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2467D7CF" w14:textId="36A4F7C6" w:rsidR="00342979" w:rsidRDefault="009128FF" w:rsidP="00416A81">
+    <w:p w14:paraId="2467D7CF" w14:textId="616C8725" w:rsidR="00342979" w:rsidRDefault="009128FF" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807A5A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00453F13" w:rsidRPr="00807A5A">
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00807A5A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc138240763" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
           </w:rPr>
           <w:t>SECTION 01.</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
@@ -587,65 +634,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240763 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3ECEEB21" w14:textId="5770126A" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="3ECEEB21" w14:textId="061ED1B4" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240764" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>Artilce 01.01</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
@@ -664,65 +711,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240764 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="231F1D0B" w14:textId="02F19077" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="231F1D0B" w14:textId="66D59287" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240765" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>Artilce 01.02</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
@@ -741,65 +788,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240765 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7BA9F07B" w14:textId="048BC206" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="7BA9F07B" w14:textId="107B7314" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:ind w:right="-234"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240766" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
           </w:rPr>
           <w:t>SECTION 02.</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="auto"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
@@ -815,65 +862,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240766 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="417B9572" w14:textId="76BFE012" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="417B9572" w14:textId="0BB783D8" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240767" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>Artilce 02.01</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
@@ -892,65 +939,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240767 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D210C82" w14:textId="4B0251B4" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="3D210C82" w14:textId="4B0660BF" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240768" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>Artilce 02.02</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
@@ -969,65 +1016,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240768 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37E9A5C1" w14:textId="21FF509E" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="37E9A5C1" w14:textId="4EBA58C7" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:ind w:right="-234"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240769" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
           </w:rPr>
           <w:t>SECTION 03.</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="auto"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
@@ -1043,65 +1090,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240769 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="19889E61" w14:textId="03F6E358" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="19889E61" w14:textId="5DEC9884" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240770" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>Artilce 03.01</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
@@ -1120,65 +1167,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240770 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2930AABC" w14:textId="19B758C6" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="2930AABC" w14:textId="58A3F211" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240771" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>Artilce 03.02</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
@@ -1197,65 +1244,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240771 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B12AA50" w14:textId="03D11669" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="4B12AA50" w14:textId="248A6885" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:ind w:right="-234"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240772" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
           </w:rPr>
           <w:t>SECTION 04.</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="auto"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
@@ -1271,65 +1318,65 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240772 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="261CABDC" w14:textId="73F0BE62" w:rsidR="00342979" w:rsidRDefault="00DD7A87" w:rsidP="00416A81">
+    <w:p w14:paraId="261CABDC" w14:textId="6CD870D5" w:rsidR="00342979" w:rsidRDefault="000B2C72" w:rsidP="00416A81">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc138240773" w:history="1">
         <w:r w:rsidR="00342979" w:rsidRPr="007B3764">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>Artilce 04.01</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:tab/>
@@ -1348,529 +1395,528 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc138240773 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00342979">
+        <w:r w:rsidR="00F83C71">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r w:rsidR="00342979">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="62037345" w14:textId="34F9E6DF" w:rsidR="00460AEC" w:rsidRPr="00B57BE8" w:rsidRDefault="009128FF" w:rsidP="00E00798">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="9498"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10490"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1276" w:right="49" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807A5A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="597A875A" w14:textId="11D7AFF9" w:rsidR="00342979" w:rsidRPr="00342979" w:rsidRDefault="009128FF" w:rsidP="00342979">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2127"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:hanging="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Toc467659693"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc107305650"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc467659693"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc138240763"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc469886203"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc495217312"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc495221185"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc105913980"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc114987110"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc106788619"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc107305650"/>
       <w:r w:rsidRPr="00B61397">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>GENERAL PROVISIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="62037347" w14:textId="77777777" w:rsidR="001D3654" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="00342979">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2127"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:spacing w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc467659694"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_Toc463342913"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc467659694"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc138240764"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc316385742"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc331671222"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc339010554"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc360177449"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc385580391"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc413164719"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc414455938"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc423076523"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc434331256"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc449341011"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc462148972"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc463342913"/>
       <w:r w:rsidRPr="00342979">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Purpose of Deposit Market Admission Rules</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="62037348" w14:textId="77777777" w:rsidR="00965E29" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="00B92514">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This Part VI. Deposit Market Section of the Admission Rules to Participation in Organised Trading of the Moscow Exchange (hereinafter, the Deposit Market Admission Rules) is an integral part of the Admission Rules of the Moscow Exchange and, jointly with Part I General Section of the Admission Rules to Participation in Organised Trading of the Moscow Exchange (hereinafter, the General Section of the Admission Rules), sets out requirements to Candidates and Trading Members on the Deposit Market (Deposit Market Section) (hereinafter, Trading Members), an admission procedure and procedure for suspension and termination of Trading Members’ admission to trading. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037349" w14:textId="31BB8FB7" w:rsidR="003A5A1F" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002E79F0">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2127"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc467659695"/>
-      <w:bookmarkStart w:id="27" w:name="_Toc138240765"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc467659695"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc138240765"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Terms and Definitions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="6203734A" w14:textId="77777777" w:rsidR="00765395" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="005E0A73">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="82"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>For the purposes of the Deposit Market Admission Rules, terms defined in the General Section of the Admission Rules shall apply.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203734B" w14:textId="77777777" w:rsidR="00CB6E49" w:rsidRPr="0004456C" w:rsidRDefault="009128FF" w:rsidP="00DB1B61">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="200" w:before="480"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc465864752"/>
-[...233 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc465864752"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc465865053"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc466363116"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc466363534"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc465864753"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc465865054"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc466363117"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc466363535"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc465864755"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc465865056"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc466363119"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc466363537"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc465864757"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc465865058"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc466363121"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc466363539"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc465864761"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc465865062"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc466363125"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc466363543"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc465864764"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc465865065"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc466363128"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc466363546"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc465864765"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc465865066"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc466363129"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc466363547"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc465864766"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc465865067"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc466363130"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc466363548"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc465864769"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc465865070"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc466363133"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc466363551"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc465864770"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc465865071"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc466363134"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc466363552"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc465864773"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc465865074"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc466363137"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc466363555"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc465864780"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc465865081"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc466363144"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc466363562"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc465864789"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc465865090"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc466363153"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc466363571"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc465864790"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc465865091"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc466363154"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc466363572"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc465864791"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc465865092"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc466363155"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc466363573"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc465864792"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc465865093"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc466363156"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc466363574"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc465864793"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc465865094"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc466363157"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc466363575"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc465864794"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc465865095"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc466363158"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc466363576"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc465864798"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc465865099"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc466363162"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc466363580"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc465864799"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc465865100"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc466363163"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc466363581"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc353978290"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc413318274"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc413411327"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc413773973"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc465864800"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc465865101"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc466363164"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc466363582"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc465864801"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc465865102"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc466363165"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc466363583"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc465864802"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc465865103"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc466363166"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc466363584"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc465864804"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc465865105"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc466363168"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc466363586"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc465864805"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc465865106"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc466363169"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc466363587"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc465864806"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc465865107"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc466363170"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc466363588"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc465864808"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc465865109"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc466363172"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc466363590"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc465864809"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc465865110"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc466363173"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc466363591"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc465864812"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc465865113"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc466363176"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc466363594"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc465864815"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc465865116"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc466363179"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc466363597"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc465864816"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc465865117"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc466363180"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc466363598"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc465864818"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc465865119"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc466363182"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc466363600"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc465864820"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc465865121"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc466363184"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc466363602"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc465864821"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc465865122"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc466363185"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc466363603"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc465864822"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc465865123"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc466363186"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc466363604"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc465864823"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc465865124"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc466363187"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc466363605"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc433901883"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc422213983"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc422326940"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc422387463"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc364935258"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc365899370"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc365903030"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc365904210"/>
+      <w:bookmarkStart w:id="185" w:name="_Toc365905583"/>
+      <w:bookmarkStart w:id="186" w:name="_Toc367281606"/>
+      <w:bookmarkStart w:id="187" w:name="_Toc367283852"/>
+      <w:bookmarkStart w:id="188" w:name="_Toc368584651"/>
+      <w:bookmarkStart w:id="189" w:name="_Toc368585645"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc368587733"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc465864830"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc465865131"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc466363194"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc466363612"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc465864834"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc465865135"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc466363198"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc466363616"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc465864835"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc465865136"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc466363199"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc466363617"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc465864844"/>
+      <w:bookmarkStart w:id="204" w:name="_Toc465865145"/>
+      <w:bookmarkStart w:id="205" w:name="_Toc466363208"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc466363626"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc465864847"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc465865148"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc466363211"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc466363629"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc465864848"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc465865149"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc466363212"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc466363630"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc465864849"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc465865150"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc466363213"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc466363631"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc465864850"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc465865151"/>
+      <w:bookmarkStart w:id="221" w:name="_Toc466363214"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc466363632"/>
+      <w:bookmarkStart w:id="223" w:name="_Toc465864851"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc465865152"/>
+      <w:bookmarkStart w:id="225" w:name="_Toc466363215"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc466363633"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc465864853"/>
+      <w:bookmarkStart w:id="228" w:name="_Toc465865154"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc466363217"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc466363635"/>
+      <w:bookmarkStart w:id="231" w:name="_Toc465864854"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc465865155"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc466363218"/>
+      <w:bookmarkStart w:id="234" w:name="_Toc466363636"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc465864855"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc465865156"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc466363219"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc466363637"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc465864856"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc465865157"/>
+      <w:bookmarkStart w:id="241" w:name="_Toc466363220"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc466363638"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc106193338"/>
+      <w:bookmarkStart w:id="244" w:name="_Toc106788630"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc107305662"/>
+      <w:bookmarkStart w:id="246" w:name="_Toc316385751"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc331671231"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc339010563"/>
+      <w:bookmarkStart w:id="249" w:name="_Toc385580401"/>
+      <w:bookmarkStart w:id="250" w:name="_Toc413164729"/>
+      <w:bookmarkStart w:id="251" w:name="_Toc414455948"/>
+      <w:bookmarkStart w:id="252" w:name="_Toc423076533"/>
+      <w:bookmarkStart w:id="253" w:name="_Toc434331266"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc449341022"/>
+      <w:bookmarkStart w:id="255" w:name="_Toc462148983"/>
+      <w:bookmarkStart w:id="256" w:name="_Toc463342924"/>
+      <w:bookmarkStart w:id="257" w:name="_Toc467659696"/>
+      <w:bookmarkStart w:id="258" w:name="_Toc138240766"/>
+      <w:bookmarkStart w:id="259" w:name="_Toc316385754"/>
+      <w:bookmarkStart w:id="260" w:name="_Toc331671234"/>
+      <w:bookmarkStart w:id="261" w:name="_Toc339010566"/>
+      <w:bookmarkStart w:id="262" w:name="_Toc360177461"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
@@ -2040,177 +2086,178 @@
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
+      <w:bookmarkEnd w:id="242"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ADDITIONAL REQUIREMENTS TO TRADING MEMBERS ON THE DEPOSIT MARKET</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
+      <w:bookmarkEnd w:id="258"/>
     </w:p>
     <w:p w14:paraId="6203734C" w14:textId="77777777" w:rsidR="00CB6E49" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002E79F0">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="262" w:name="_Toc106193339"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:id="281" w:name="_Toc138240767"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc106193339"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc106788631"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc107305663"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc316385752"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc331671232"/>
+      <w:bookmarkStart w:id="268" w:name="_Ref353979131"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc339010564"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc385580402"/>
+      <w:bookmarkStart w:id="271" w:name="_Toc413164730"/>
+      <w:bookmarkStart w:id="272" w:name="_Toc414455949"/>
+      <w:bookmarkStart w:id="273" w:name="_Toc423076534"/>
+      <w:bookmarkStart w:id="274" w:name="_Toc434331267"/>
+      <w:bookmarkStart w:id="275" w:name="_Toc449341023"/>
+      <w:bookmarkStart w:id="276" w:name="_Toc462148984"/>
+      <w:bookmarkStart w:id="277" w:name="_Toc463342925"/>
+      <w:bookmarkStart w:id="278" w:name="_Ref466367144"/>
+      <w:bookmarkStart w:id="279" w:name="_Ref466451293"/>
+      <w:bookmarkStart w:id="280" w:name="_Ref477771504"/>
+      <w:bookmarkStart w:id="281" w:name="_Toc467659697"/>
+      <w:bookmarkStart w:id="282" w:name="_Toc138240767"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Categories of Trading Members on the Deposit Market Section and Additional Requirements Set for Admission Thereof to Trading</w:t>
       </w:r>
-      <w:bookmarkStart w:id="282" w:name="_Toc106193343"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="258"/>
+      <w:bookmarkStart w:id="283" w:name="_Toc106193343"/>
+      <w:bookmarkStart w:id="284" w:name="_Toc106788635"/>
+      <w:bookmarkStart w:id="285" w:name="_Toc107305667"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
+      <w:bookmarkEnd w:id="282"/>
     </w:p>
     <w:p w14:paraId="6203734D" w14:textId="77777777" w:rsidR="00A851AF" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="00F80C68">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="285" w:name="_Toc106193345"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="282"/>
+      <w:bookmarkStart w:id="286" w:name="_Toc106193345"/>
+      <w:bookmarkStart w:id="287" w:name="_Toc106788637"/>
+      <w:bookmarkStart w:id="288" w:name="_Toc107305669"/>
+      <w:bookmarkStart w:id="289" w:name="_Toc316385758"/>
+      <w:bookmarkStart w:id="290" w:name="_Toc331671237"/>
+      <w:bookmarkStart w:id="291" w:name="_Toc339010569"/>
+      <w:bookmarkStart w:id="292" w:name="_Toc360177463"/>
+      <w:bookmarkStart w:id="293" w:name="_Ref356315878"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
+      <w:bookmarkEnd w:id="285"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Admission to trading in the Deposit Market Section may be granted to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>clearing firms</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the functions of the Central Counterparty and to following entities qualifying under the laws of the Russian Federation and the requirements to Candidates/Trading Members set forth in the Admission Rules and Trading Rules:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203734E" w14:textId="77777777" w:rsidR="00B45BA1" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="00F80C68">
       <w:pPr>
@@ -2684,51 +2731,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The organisation’s activities show no reasons for undergoing bankruptcy-prevention procedures in accordance with the laws of the Russian Federation on insolvency (bankruptcy). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203735D" w14:textId="77777777" w:rsidR="00041C4C" w:rsidRPr="00041C4C" w:rsidRDefault="009128FF" w:rsidP="00F63B8B">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1843" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="293" w:name="_Hlk130303785"/>
+      <w:bookmarkStart w:id="294" w:name="_Hlk130303785"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The company has at least 2 in-house employees with:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203735E" w14:textId="77777777" w:rsidR="00041C4C" w:rsidRPr="00041C4C" w:rsidRDefault="009128FF" w:rsidP="00F63B8B">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="105"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="2268" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2928,220 +2975,373 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="62037367" w14:textId="77777777" w:rsidR="0055406A" w:rsidRDefault="009128FF" w:rsidP="0055406A">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To confirm the fulfilment of the requirements stated in the present Sub-Clause, a letter about the Candidate’s compliance with the requirements shall be submitted to the Exchange. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:p w14:paraId="62037368" w14:textId="77777777" w:rsidR="00B5541E" w:rsidRDefault="009128FF" w:rsidP="0055406A">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>federal executive bodies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> responsible for the federal budget implementation according to the laws of the Russian Federation and authorised to participate in organised trading according to the Russian Federation legislation;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037369" w14:textId="77777777" w:rsidR="008871E2" w:rsidRPr="009A362A" w:rsidRDefault="009128FF" w:rsidP="008871E2">
+    <w:p w14:paraId="62037369" w14:textId="466D9643" w:rsidR="008871E2" w:rsidRPr="00D63FC1" w:rsidRDefault="009128FF" w:rsidP="008871E2">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>bodies of executive authorities of the subjects of the Russian Federation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>, that are responsible for preparing and organizing the execution of budgets of the subjects of the Russian Federation (hereinafter, regional authorities of the Russian Federation).</w:t>
+        <w:t>, that are responsible for preparing and organizing the execution of budgets of the subjects of the Russian Federation (hereinafter, regional authorities of the Russian Federation)</w:t>
+      </w:r>
+      <w:r w:rsidR="005A41BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203736A" w14:textId="77777777" w:rsidR="0055406A" w:rsidRDefault="009128FF" w:rsidP="002F1801">
+    <w:p w14:paraId="266F46EA" w14:textId="77777777" w:rsidR="005A41BD" w:rsidRPr="00CA513B" w:rsidRDefault="005A41BD" w:rsidP="00D63FC1">
+      <w:pPr>
+        <w:pStyle w:val="aff"/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="99"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>non-profit organisations founded by federal authorities and/or state authorities of the constituent entities of the Russian Federation to promote investment and enhance regional growth (hereinafter referred to as "non-profit investment organisations");</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8F528D" w14:textId="5892D804" w:rsidR="005A41BD" w:rsidRPr="009A362A" w:rsidRDefault="005A41BD" w:rsidP="005A41BD">
+      <w:pPr>
+        <w:pStyle w:val="aff"/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="99"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">commercial organisations fully owned by federal authorities and/or state authorities of </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the constituent </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>entities of the Russian Federation to promote investment and enhance regional growth (hereinafter referred to as "commercial investment organisations");</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6203736A" w14:textId="752A5DFB" w:rsidR="0055406A" w:rsidRPr="002315CE" w:rsidRDefault="009128FF" w:rsidP="005A41BD">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>non-resident banks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> holding a special permit (licence) of the central (national) bank or other competent authority of the state of establishment authorising the non-resident bank to carry out banking operations under the personal law of the non-resident bank (hereinafter, the non-resident banks):</w:t>
+        <w:t xml:space="preserve"> holding a special permit (licence) of the central (national) bank or other competent authority of the state of establishment authorising the non-resident bank to carry out banking operations under the personal law of the non-resident bank (hereinafter, the non-resident banks)</w:t>
+      </w:r>
+      <w:r w:rsidR="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203736B" w14:textId="77777777" w:rsidR="008871E2" w:rsidRPr="002C2098" w:rsidRDefault="009128FF" w:rsidP="002C2098">
+    <w:p w14:paraId="68A777D4" w14:textId="2B0A78CD" w:rsidR="002315CE" w:rsidRPr="002315CE" w:rsidRDefault="002315CE" w:rsidP="002315CE">
+      <w:pPr>
+        <w:pStyle w:val="aff"/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="99"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>non-resident legal entities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that are residents of countries included in the Russian-Federation government-approved list(s) of the countries whose residents may be admitted to organised trading where FX purchase and sale contracts and/or FX derivatives contracts are entered into with the central counterparty being an authorised bank and that are eligible to engage in activities stipulated by national legislation similar to the activities carried out under a licence of a professional securities market participant for brokerage activities (hereinafter referred to as "non-resident brokers");</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6203736B" w14:textId="77777777" w:rsidR="008871E2" w:rsidRPr="002C2098" w:rsidRDefault="009128FF" w:rsidP="002315CE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>non-resident legal entities</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> registered at the territory of EurAsEC member states parties to the Agreement on cooperation in organisation of the integrated foreign exchange market dated 25 January 2016 and/or EAEU member states meting the following requirements (hereinafter, non-credit organisation of EurAsEC/EAEU member state):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203736C" w14:textId="77777777" w:rsidR="008871E2" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="008871E2">
+    <w:p w14:paraId="6203736C" w14:textId="25826F44" w:rsidR="008871E2" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002315CE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1843" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Equity of at least of one billion (1,000,000,000) roubles</w:t>
+        <w:t xml:space="preserve">Equity of at least of </w:t>
+      </w:r>
+      <w:r w:rsidR="006574B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>five hundred million</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="006574B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>00,000,000) roubles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203736D" w14:textId="77777777" w:rsidR="008871E2" w:rsidRPr="00041C4C" w:rsidRDefault="009128FF" w:rsidP="008871E2">
+    <w:p w14:paraId="6203736D" w14:textId="77777777" w:rsidR="008871E2" w:rsidRPr="00041C4C" w:rsidRDefault="009128FF" w:rsidP="002315CE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1843" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The company has at least 2 in-house employees with:</w:t>
       </w:r>
     </w:p>
@@ -3214,77 +3414,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">an employee has a track record with financial market experience. Assessment of the required track records takes account of a six-month work experience specifically related to execution of transactions in financial instruments and/or placement of cash funds, inclusive of decision-making on transaction execution, preparation of relevant recommendations, control over transactions, financial market research and risk management. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037371" w14:textId="77777777" w:rsidR="008871E2" w:rsidRPr="00754470" w:rsidRDefault="009128FF" w:rsidP="002C2098">
       <w:pPr>
         <w:keepLines/>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The employees shall have no prior criminal records for committing economic crimes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037372" w14:textId="77777777" w:rsidR="008871E2" w:rsidRDefault="009128FF" w:rsidP="002C2098">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To confirm the fulfilment of the requirements above, a letter about complying with the requirements of the Candidate being a non-credit organisation of EurAsEC/EAEU member state shall be submitted to the Exchange. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037373" w14:textId="77777777" w:rsidR="001D00FE" w:rsidRDefault="009128FF" w:rsidP="001D00FE">
+    <w:p w14:paraId="62037373" w14:textId="77777777" w:rsidR="001D00FE" w:rsidRDefault="009128FF" w:rsidP="002315CE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="99"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>credit rating agencies</w:t>
       </w:r>
@@ -3292,59 +3493,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> qualifying under the following criteria:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037374" w14:textId="77777777" w:rsidR="001D00FE" w:rsidRDefault="009128FF" w:rsidP="001D00FE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="107"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="294" w:name="_Hlk130822894"/>
+      <w:bookmarkStart w:id="295" w:name="_Hlk130822894"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The company is listed on the Bank of Russia’s List of Credit Rating Agencies</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="294"/>
+      <w:bookmarkEnd w:id="295"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037375" w14:textId="77777777" w:rsidR="001D00FE" w:rsidRPr="001D00FE" w:rsidRDefault="009128FF" w:rsidP="001D00FE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="107"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3407,51 +3608,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="62037378" w14:textId="77777777" w:rsidR="001D00FE" w:rsidRPr="001D00FE" w:rsidRDefault="009128FF" w:rsidP="001D00FE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="107"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>and employee has ACI Dealing Certificate and/or ACI Diploma and/or CFA Certificate;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037379" w14:textId="77777777" w:rsidR="001D00FE" w:rsidRPr="001D00FE" w:rsidRDefault="009128FF" w:rsidP="001D00FE">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>and/or</w:t>
       </w:r>
@@ -3607,580 +3807,950 @@
         </w:rPr>
         <w:t xml:space="preserve">above </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements shall be submitted to the Exchange. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037380" w14:textId="77777777" w:rsidR="001D00FE" w:rsidRPr="001D00FE" w:rsidRDefault="001D00FE" w:rsidP="001D00FE">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62037381" w14:textId="77777777" w:rsidR="000517C7" w:rsidRPr="003C5D49" w:rsidRDefault="009128FF" w:rsidP="007E3706">
+    <w:p w14:paraId="62037381" w14:textId="17F34AF6" w:rsidR="000517C7" w:rsidRPr="003C5D49" w:rsidRDefault="009128FF" w:rsidP="007E3706">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>If the Candidate/Trading Member being a non-credit organisation of EurAsEC/EAEU member state, or the Candidate/Trading Member being other than a non-credit financial organisation (as defined in Sub-Clauses 1.4 and 1. 8 of Clause 1 above), fails to meet equity (capital) requirements, the Candidate/Trading Member shall  be admitted to trading/shall participate in trading on the Deposit Market if the  Clearing House notifies of admission of the Candidate/Trading Member  to clearing/clearing services under the guarantee they provided pursuant to the Clearing Rules.</w:t>
+        <w:t xml:space="preserve">If the Candidate/Trading Member being a non-credit organisation of EurAsEC/EAEU member state, or the Candidate/Trading Member being other than a non-credit financial organisation (as defined in Sub-Clauses 1.4 and </w:t>
+      </w:r>
+      <w:r w:rsidR="006574B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1.11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Clause 1 above), fails to meet equity (capital) requirements, the Candidate/Trading Member shall  be admitted to trading/shall participate in trading on the Deposit Market if the  Clearing House notifies of admission of the Candidate/Trading Member  to clearing/clearing services under the guarantee they provided pursuant to the Clearing Rules.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037382" w14:textId="77777777" w:rsidR="008F3CC6" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002C2098">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Trading Members will be classed by the Exchange according to the following categories:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037383" w14:textId="77777777" w:rsidR="00E83BE8" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
+    <w:p w14:paraId="62037383" w14:textId="6B8F8F3D" w:rsidR="00E83BE8" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category B (Russian: </w:t>
+        <w:t>Category B (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Б») — Trading Members other than falling under Category V, Category L, Category I, Category E, Category Ts, Category N, Category K, Category R and Category D;</w:t>
+        <w:t xml:space="preserve"> «Б») — Trading Members other than falling under Category V, Category L, Category I, Category E, Category Ts, Category N, Category K, Category R</w:t>
+      </w:r>
+      <w:r w:rsidR="006574B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Category D</w:t>
+      </w:r>
+      <w:r w:rsidR="006574B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, Category S and Category M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037384" w14:textId="77777777" w:rsidR="00C633DB" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
+    <w:p w14:paraId="62037384" w14:textId="25B1416A" w:rsidR="00C633DB" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category V (Russian: </w:t>
+        <w:t>Category V (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «B») – Trading Members with a central counterparty’s functions;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037385" w14:textId="77777777" w:rsidR="008F3CC6" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
+    <w:p w14:paraId="62037385" w14:textId="6087DAD6" w:rsidR="008F3CC6" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category I (Russian: </w:t>
+        <w:t>Category I (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «И») – Trading Members being credit organisations;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037386" w14:textId="77777777" w:rsidR="002325A2" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
+    <w:p w14:paraId="62037386" w14:textId="06343D4D" w:rsidR="002325A2" w:rsidRDefault="009128FF" w:rsidP="008F3CC6">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category L (Russian: </w:t>
+        <w:t>Category L (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Л») – Trading Members being non-credit financial organisations and international financial organisations;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037387" w14:textId="77777777" w:rsidR="002E451A" w:rsidRDefault="009128FF" w:rsidP="0055406A">
+    <w:p w14:paraId="62037387" w14:textId="73D0BA3C" w:rsidR="002E451A" w:rsidRDefault="009128FF" w:rsidP="0055406A">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category E (Russian: </w:t>
+        <w:t>Category E (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Е») – Trading Members being non-resident banks not belonging to Category Ts;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037388" w14:textId="77777777" w:rsidR="00446E27" w:rsidRDefault="009128FF" w:rsidP="0055406A">
+    <w:p w14:paraId="62037388" w14:textId="139156F4" w:rsidR="00446E27" w:rsidRDefault="009128FF" w:rsidP="0055406A">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category Ts (Russian: </w:t>
+        <w:t>Category Ts (</w:t>
+      </w:r>
+      <w:r w:rsidR="006574B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Ц») – Trading Members being non-resident banks that are central (national) banks of the states of their incorporation;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037389" w14:textId="77777777" w:rsidR="00343198" w:rsidRDefault="009128FF" w:rsidP="0055406A">
+    <w:p w14:paraId="62037389" w14:textId="7D77091F" w:rsidR="00343198" w:rsidRDefault="009128FF" w:rsidP="0055406A">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Category N (Russian: </w:t>
+        <w:t>Category N (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Н») – Trading Members being non-credit organisations of EAEC/EAEU member states;</w:t>
+        <w:t xml:space="preserve"> «Н») – Trading Members being </w:t>
+      </w:r>
+      <w:r w:rsidR="006574B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>non-resident brokers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203738A" w14:textId="77777777" w:rsidR="009A362A" w:rsidRDefault="009128FF" w:rsidP="009A362A">
+    <w:p w14:paraId="6203738A" w14:textId="7E93F2A9" w:rsidR="009A362A" w:rsidRDefault="009128FF" w:rsidP="009A362A">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category K (Russian: </w:t>
+        <w:t>Category K (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «К») – federal executive bodies responsible for the federal budget implementation according to the laws of the Russian Federation and authorised to participate in organised trading</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>according to the regulatory acts adopted by the Russian Federation Government;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203738B" w14:textId="77777777" w:rsidR="00DF563A" w:rsidRDefault="009128FF" w:rsidP="009A362A">
+    <w:p w14:paraId="6203738B" w14:textId="5AA5F51A" w:rsidR="00DF563A" w:rsidRDefault="009128FF" w:rsidP="009A362A">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category R (Russian: </w:t>
+        <w:t>Category R (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Р») – regional authorities of the Russian Federation.</w:t>
+        <w:t xml:space="preserve"> «Р») – regional authorities of the Russian Federation</w:t>
+      </w:r>
+      <w:r w:rsidR="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203738C" w14:textId="77777777" w:rsidR="009A362A" w:rsidRPr="009A362A" w:rsidRDefault="009128FF" w:rsidP="009A362A">
+    <w:p w14:paraId="6203738C" w14:textId="1A87CE3B" w:rsidR="009A362A" w:rsidRPr="002315CE" w:rsidRDefault="009128FF" w:rsidP="009A362A">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Category D (Russian: </w:t>
+        <w:t>Category D (</w:t>
+      </w:r>
+      <w:r w:rsidR="00306321">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Russian: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Категория</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Д») – credit rating agencies</w:t>
       </w:r>
+      <w:r w:rsidR="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6203738D" w14:textId="77777777" w:rsidR="00853816" w:rsidRPr="00853816" w:rsidRDefault="009128FF" w:rsidP="00853816">
+    <w:p w14:paraId="726B8BD1" w14:textId="581DCAC7" w:rsidR="002315CE" w:rsidRDefault="002315CE" w:rsidP="002315CE">
+      <w:pPr>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category M (in Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «M») – Trading Members being non-credit organisations of EAEC/EAEU member states;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DFC5D1" w14:textId="54880979" w:rsidR="002315CE" w:rsidRPr="009A362A" w:rsidRDefault="002315CE" w:rsidP="002315CE">
+      <w:pPr>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Category S (in Russian: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Категория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «С») – Trading Members being non-profit </w:t>
+      </w:r>
+      <w:r w:rsidR="007C644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>nvestment organisations and commercial investment organisations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6203738D" w14:textId="68583376" w:rsidR="00853816" w:rsidRPr="002315CE" w:rsidRDefault="009128FF" w:rsidP="00853816">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>In the event that all the licences of a Trading Member that is a non-credit financial organisation listed in Sub-Clause 1.3.1 hereof are revoked, and/or such Trading Member that is a microfinance organization is removed from the state register of microfinance organisations and/or when the credit rating agency is removed from the List of Credit Rating Agencies, the Exchange shall be entitled to change the category for such Trading Member on the Deposit Market to Category B, provided that the Trading Member meets Category B admission requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ABB1C86" w14:textId="49BBF3F6" w:rsidR="002315CE" w:rsidRPr="002315CE" w:rsidRDefault="002315CE" w:rsidP="00D63FC1">
+      <w:pPr>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the event that a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Non-Resident Broker Trading Member ceases to have the right for activities stipulated by the national legislation similar to the activities carried out under the licence of a professional securities market participant for brokerage activities, the Exchange may change the category of such Trading Member to Category M, provided such Trading Member complies with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Category M admission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203738E" w14:textId="77777777" w:rsidR="00E02000" w:rsidRPr="009C73A0" w:rsidRDefault="009128FF" w:rsidP="00E02000">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
@@ -4211,275 +4781,274 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The Exchange may further specify particularities for applying requirements provided for in the General Part of the Admission Rules for Trading Members to submit documents and information in accordance with the forms of submitted documents by Trading Members of categories "K" and "R".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037390" w14:textId="77777777" w:rsidR="001A0C89" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002E79F0">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="295" w:name="_Toc466363229"/>
-[...215 lines deleted...]
-      <w:bookmarkEnd w:id="285"/>
+      <w:bookmarkStart w:id="296" w:name="_Toc466363229"/>
+      <w:bookmarkStart w:id="297" w:name="_Toc466363647"/>
+      <w:bookmarkStart w:id="298" w:name="_Toc365899375"/>
+      <w:bookmarkStart w:id="299" w:name="_Toc365903035"/>
+      <w:bookmarkStart w:id="300" w:name="_Toc365904215"/>
+      <w:bookmarkStart w:id="301" w:name="_Toc365905588"/>
+      <w:bookmarkStart w:id="302" w:name="_Toc337647252"/>
+      <w:bookmarkStart w:id="303" w:name="_Toc337747774"/>
+      <w:bookmarkStart w:id="304" w:name="_Toc338067033"/>
+      <w:bookmarkStart w:id="305" w:name="_Toc338079631"/>
+      <w:bookmarkStart w:id="306" w:name="_Toc338080222"/>
+      <w:bookmarkStart w:id="307" w:name="_Toc365899380"/>
+      <w:bookmarkStart w:id="308" w:name="_Toc365903040"/>
+      <w:bookmarkStart w:id="309" w:name="_Toc365904220"/>
+      <w:bookmarkStart w:id="310" w:name="_Toc365905593"/>
+      <w:bookmarkStart w:id="311" w:name="_Toc365899383"/>
+      <w:bookmarkStart w:id="312" w:name="_Toc365903043"/>
+      <w:bookmarkStart w:id="313" w:name="_Toc365904223"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc365905596"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc365899398"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc365903058"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc365904238"/>
+      <w:bookmarkStart w:id="318" w:name="_Toc365905611"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc364935263"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc365899405"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc365903065"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc365904245"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc365905618"/>
+      <w:bookmarkStart w:id="324" w:name="_Toc364935270"/>
+      <w:bookmarkStart w:id="325" w:name="_Toc365899412"/>
+      <w:bookmarkStart w:id="326" w:name="_Toc365903072"/>
+      <w:bookmarkStart w:id="327" w:name="_Toc365904252"/>
+      <w:bookmarkStart w:id="328" w:name="_Toc365905625"/>
+      <w:bookmarkStart w:id="329" w:name="_Toc353372789"/>
+      <w:bookmarkStart w:id="330" w:name="_Toc353377897"/>
+      <w:bookmarkStart w:id="331" w:name="_Toc353378826"/>
+      <w:bookmarkStart w:id="332" w:name="_Toc353379076"/>
+      <w:bookmarkStart w:id="333" w:name="_Toc353962072"/>
+      <w:bookmarkStart w:id="334" w:name="_Toc353962579"/>
+      <w:bookmarkStart w:id="335" w:name="_Toc353962928"/>
+      <w:bookmarkStart w:id="336" w:name="_Toc353976150"/>
+      <w:bookmarkStart w:id="337" w:name="_Toc353976427"/>
+      <w:bookmarkStart w:id="338" w:name="_Toc353978297"/>
+      <w:bookmarkStart w:id="339" w:name="_Toc354043972"/>
+      <w:bookmarkStart w:id="340" w:name="_Toc354047212"/>
+      <w:bookmarkStart w:id="341" w:name="_Toc356380788"/>
+      <w:bookmarkStart w:id="342" w:name="_Toc357675024"/>
+      <w:bookmarkStart w:id="343" w:name="_Toc357688916"/>
+      <w:bookmarkStart w:id="344" w:name="_Toc357690985"/>
+      <w:bookmarkStart w:id="345" w:name="_Toc353372790"/>
+      <w:bookmarkStart w:id="346" w:name="_Toc353377898"/>
+      <w:bookmarkStart w:id="347" w:name="_Toc353378827"/>
+      <w:bookmarkStart w:id="348" w:name="_Toc353379077"/>
+      <w:bookmarkStart w:id="349" w:name="_Toc353962073"/>
+      <w:bookmarkStart w:id="350" w:name="_Toc353962580"/>
+      <w:bookmarkStart w:id="351" w:name="_Toc353962929"/>
+      <w:bookmarkStart w:id="352" w:name="_Toc353976151"/>
+      <w:bookmarkStart w:id="353" w:name="_Toc353976428"/>
+      <w:bookmarkStart w:id="354" w:name="_Toc353978298"/>
+      <w:bookmarkStart w:id="355" w:name="_Toc354043973"/>
+      <w:bookmarkStart w:id="356" w:name="_Toc354047213"/>
+      <w:bookmarkStart w:id="357" w:name="_Toc356380789"/>
+      <w:bookmarkStart w:id="358" w:name="_Toc357675025"/>
+      <w:bookmarkStart w:id="359" w:name="_Toc357688917"/>
+      <w:bookmarkStart w:id="360" w:name="_Toc357690986"/>
+      <w:bookmarkStart w:id="361" w:name="_Toc353372791"/>
+      <w:bookmarkStart w:id="362" w:name="_Toc353377899"/>
+      <w:bookmarkStart w:id="363" w:name="_Toc353378828"/>
+      <w:bookmarkStart w:id="364" w:name="_Toc353379078"/>
+      <w:bookmarkStart w:id="365" w:name="_Toc353962074"/>
+      <w:bookmarkStart w:id="366" w:name="_Toc353962581"/>
+      <w:bookmarkStart w:id="367" w:name="_Toc353962930"/>
+      <w:bookmarkStart w:id="368" w:name="_Toc353976152"/>
+      <w:bookmarkStart w:id="369" w:name="_Toc353976429"/>
+      <w:bookmarkStart w:id="370" w:name="_Toc353978299"/>
+      <w:bookmarkStart w:id="371" w:name="_Toc354043974"/>
+      <w:bookmarkStart w:id="372" w:name="_Toc354047214"/>
+      <w:bookmarkStart w:id="373" w:name="_Toc356380790"/>
+      <w:bookmarkStart w:id="374" w:name="_Toc357675026"/>
+      <w:bookmarkStart w:id="375" w:name="_Toc357688918"/>
+      <w:bookmarkStart w:id="376" w:name="_Toc357690987"/>
+      <w:bookmarkStart w:id="377" w:name="_Toc353372792"/>
+      <w:bookmarkStart w:id="378" w:name="_Toc353377900"/>
+      <w:bookmarkStart w:id="379" w:name="_Toc353378829"/>
+      <w:bookmarkStart w:id="380" w:name="_Toc353379079"/>
+      <w:bookmarkStart w:id="381" w:name="_Toc353962075"/>
+      <w:bookmarkStart w:id="382" w:name="_Toc353962582"/>
+      <w:bookmarkStart w:id="383" w:name="_Toc353962931"/>
+      <w:bookmarkStart w:id="384" w:name="_Toc353976153"/>
+      <w:bookmarkStart w:id="385" w:name="_Toc353976430"/>
+      <w:bookmarkStart w:id="386" w:name="_Toc353978300"/>
+      <w:bookmarkStart w:id="387" w:name="_Toc354043975"/>
+      <w:bookmarkStart w:id="388" w:name="_Toc354047215"/>
+      <w:bookmarkStart w:id="389" w:name="_Toc356380791"/>
+      <w:bookmarkStart w:id="390" w:name="_Toc357675027"/>
+      <w:bookmarkStart w:id="391" w:name="_Toc357688919"/>
+      <w:bookmarkStart w:id="392" w:name="_Toc357690988"/>
+      <w:bookmarkStart w:id="393" w:name="_Toc353372793"/>
+      <w:bookmarkStart w:id="394" w:name="_Toc353377901"/>
+      <w:bookmarkStart w:id="395" w:name="_Toc353378830"/>
+      <w:bookmarkStart w:id="396" w:name="_Toc353379080"/>
+      <w:bookmarkStart w:id="397" w:name="_Toc353962076"/>
+      <w:bookmarkStart w:id="398" w:name="_Toc353962583"/>
+      <w:bookmarkStart w:id="399" w:name="_Toc353962932"/>
+      <w:bookmarkStart w:id="400" w:name="_Toc353976154"/>
+      <w:bookmarkStart w:id="401" w:name="_Toc353976431"/>
+      <w:bookmarkStart w:id="402" w:name="_Toc353978301"/>
+      <w:bookmarkStart w:id="403" w:name="_Toc354043976"/>
+      <w:bookmarkStart w:id="404" w:name="_Toc354047216"/>
+      <w:bookmarkStart w:id="405" w:name="_Toc356380792"/>
+      <w:bookmarkStart w:id="406" w:name="_Toc357675028"/>
+      <w:bookmarkStart w:id="407" w:name="_Toc357688920"/>
+      <w:bookmarkStart w:id="408" w:name="_Toc357690989"/>
+      <w:bookmarkStart w:id="409" w:name="_Toc353372794"/>
+      <w:bookmarkStart w:id="410" w:name="_Toc353377902"/>
+      <w:bookmarkStart w:id="411" w:name="_Toc353378831"/>
+      <w:bookmarkStart w:id="412" w:name="_Toc353379081"/>
+      <w:bookmarkStart w:id="413" w:name="_Toc353962077"/>
+      <w:bookmarkStart w:id="414" w:name="_Toc353962584"/>
+      <w:bookmarkStart w:id="415" w:name="_Toc353962933"/>
+      <w:bookmarkStart w:id="416" w:name="_Toc353976155"/>
+      <w:bookmarkStart w:id="417" w:name="_Toc353976432"/>
+      <w:bookmarkStart w:id="418" w:name="_Toc353978302"/>
+      <w:bookmarkStart w:id="419" w:name="_Toc354043977"/>
+      <w:bookmarkStart w:id="420" w:name="_Toc354047217"/>
+      <w:bookmarkStart w:id="421" w:name="_Toc356380793"/>
+      <w:bookmarkStart w:id="422" w:name="_Toc357675029"/>
+      <w:bookmarkStart w:id="423" w:name="_Toc357688921"/>
+      <w:bookmarkStart w:id="424" w:name="_Toc357690990"/>
+      <w:bookmarkStart w:id="425" w:name="_Toc365899413"/>
+      <w:bookmarkStart w:id="426" w:name="_Toc365903073"/>
+      <w:bookmarkStart w:id="427" w:name="_Toc365904253"/>
+      <w:bookmarkStart w:id="428" w:name="_Toc365905626"/>
+      <w:bookmarkStart w:id="429" w:name="_Toc367281611"/>
+      <w:bookmarkStart w:id="430" w:name="_Toc367283857"/>
+      <w:bookmarkStart w:id="431" w:name="_Toc368584656"/>
+      <w:bookmarkStart w:id="432" w:name="_Toc368585650"/>
+      <w:bookmarkStart w:id="433" w:name="_Toc368587738"/>
+      <w:bookmarkStart w:id="434" w:name="_Toc367281612"/>
+      <w:bookmarkStart w:id="435" w:name="_Toc367283858"/>
+      <w:bookmarkStart w:id="436" w:name="_Toc368584657"/>
+      <w:bookmarkStart w:id="437" w:name="_Toc368585651"/>
+      <w:bookmarkStart w:id="438" w:name="_Toc368587739"/>
+      <w:bookmarkStart w:id="439" w:name="_Toc367281620"/>
+      <w:bookmarkStart w:id="440" w:name="_Toc367283866"/>
+      <w:bookmarkStart w:id="441" w:name="_Toc368584665"/>
+      <w:bookmarkStart w:id="442" w:name="_Toc368585659"/>
+      <w:bookmarkStart w:id="443" w:name="_Toc368587747"/>
+      <w:bookmarkStart w:id="444" w:name="_Toc367281622"/>
+      <w:bookmarkStart w:id="445" w:name="_Toc367283868"/>
+      <w:bookmarkStart w:id="446" w:name="_Toc368584667"/>
+      <w:bookmarkStart w:id="447" w:name="_Toc368585661"/>
+      <w:bookmarkStart w:id="448" w:name="_Toc368587749"/>
+      <w:bookmarkStart w:id="449" w:name="_Toc367281623"/>
+      <w:bookmarkStart w:id="450" w:name="_Toc367283869"/>
+      <w:bookmarkStart w:id="451" w:name="_Toc368584668"/>
+      <w:bookmarkStart w:id="452" w:name="_Toc368585662"/>
+      <w:bookmarkStart w:id="453" w:name="_Toc368587750"/>
+      <w:bookmarkStart w:id="454" w:name="_Toc367281629"/>
+      <w:bookmarkStart w:id="455" w:name="_Toc367283875"/>
+      <w:bookmarkStart w:id="456" w:name="_Toc368584674"/>
+      <w:bookmarkStart w:id="457" w:name="_Toc368585668"/>
+      <w:bookmarkStart w:id="458" w:name="_Toc368587756"/>
+      <w:bookmarkStart w:id="459" w:name="_Toc367281630"/>
+      <w:bookmarkStart w:id="460" w:name="_Toc367283876"/>
+      <w:bookmarkStart w:id="461" w:name="_Toc368584675"/>
+      <w:bookmarkStart w:id="462" w:name="_Toc368585669"/>
+      <w:bookmarkStart w:id="463" w:name="_Toc368587757"/>
+      <w:bookmarkStart w:id="464" w:name="_Toc367281633"/>
+      <w:bookmarkStart w:id="465" w:name="_Toc367283879"/>
+      <w:bookmarkStart w:id="466" w:name="_Toc368584678"/>
+      <w:bookmarkStart w:id="467" w:name="_Toc368585672"/>
+      <w:bookmarkStart w:id="468" w:name="_Toc368587760"/>
+      <w:bookmarkStart w:id="469" w:name="_Toc367281635"/>
+      <w:bookmarkStart w:id="470" w:name="_Toc367283881"/>
+      <w:bookmarkStart w:id="471" w:name="_Toc368584680"/>
+      <w:bookmarkStart w:id="472" w:name="_Toc368585674"/>
+      <w:bookmarkStart w:id="473" w:name="_Toc368587762"/>
+      <w:bookmarkStart w:id="474" w:name="_Toc367281637"/>
+      <w:bookmarkStart w:id="475" w:name="_Toc367283883"/>
+      <w:bookmarkStart w:id="476" w:name="_Toc368584682"/>
+      <w:bookmarkStart w:id="477" w:name="_Toc368585676"/>
+      <w:bookmarkStart w:id="478" w:name="_Toc368587764"/>
+      <w:bookmarkStart w:id="479" w:name="_Toc367281638"/>
+      <w:bookmarkStart w:id="480" w:name="_Toc367283884"/>
+      <w:bookmarkStart w:id="481" w:name="_Toc368584683"/>
+      <w:bookmarkStart w:id="482" w:name="_Toc368585677"/>
+      <w:bookmarkStart w:id="483" w:name="_Toc368587765"/>
+      <w:bookmarkStart w:id="484" w:name="_Toc466363231"/>
+      <w:bookmarkStart w:id="485" w:name="_Toc466363649"/>
+      <w:bookmarkStart w:id="486" w:name="_Toc466363234"/>
+      <w:bookmarkStart w:id="487" w:name="_Toc466363652"/>
+      <w:bookmarkStart w:id="488" w:name="_Toc466363235"/>
+      <w:bookmarkStart w:id="489" w:name="_Toc466363653"/>
+      <w:bookmarkStart w:id="490" w:name="_Toc466363236"/>
+      <w:bookmarkStart w:id="491" w:name="_Toc466363654"/>
+      <w:bookmarkStart w:id="492" w:name="_Toc465864863"/>
+      <w:bookmarkStart w:id="493" w:name="_Toc465865164"/>
+      <w:bookmarkStart w:id="494" w:name="_Toc466363237"/>
+      <w:bookmarkStart w:id="495" w:name="_Toc466363655"/>
+      <w:bookmarkStart w:id="496" w:name="_Ref365901616"/>
+      <w:bookmarkStart w:id="497" w:name="_Ref365902530"/>
+      <w:bookmarkStart w:id="498" w:name="_Ref367283317"/>
+      <w:bookmarkStart w:id="499" w:name="_Toc385580403"/>
+      <w:bookmarkStart w:id="500" w:name="_Toc413164731"/>
+      <w:bookmarkStart w:id="501" w:name="_Toc414455950"/>
+      <w:bookmarkStart w:id="502" w:name="_Toc423076535"/>
+      <w:bookmarkStart w:id="503" w:name="_Toc434331268"/>
+      <w:bookmarkStart w:id="504" w:name="_Toc449341024"/>
+      <w:bookmarkStart w:id="505" w:name="_Toc462148985"/>
+      <w:bookmarkStart w:id="506" w:name="_Toc463342926"/>
+      <w:bookmarkStart w:id="507" w:name="_Toc467659698"/>
+      <w:bookmarkStart w:id="508" w:name="_Toc138240768"/>
+      <w:bookmarkStart w:id="509" w:name="_Toc316385776"/>
+      <w:bookmarkStart w:id="510" w:name="_Toc331671245"/>
+      <w:bookmarkStart w:id="511" w:name="_Ref364955393"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
-      <w:bookmarkEnd w:id="295"/>
+      <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
@@ -4635,71 +5204,72 @@
       <w:bookmarkEnd w:id="470"/>
       <w:bookmarkEnd w:id="471"/>
       <w:bookmarkEnd w:id="472"/>
       <w:bookmarkEnd w:id="473"/>
       <w:bookmarkEnd w:id="474"/>
       <w:bookmarkEnd w:id="475"/>
       <w:bookmarkEnd w:id="476"/>
       <w:bookmarkEnd w:id="477"/>
       <w:bookmarkEnd w:id="478"/>
       <w:bookmarkEnd w:id="479"/>
       <w:bookmarkEnd w:id="480"/>
       <w:bookmarkEnd w:id="481"/>
       <w:bookmarkEnd w:id="482"/>
       <w:bookmarkEnd w:id="483"/>
       <w:bookmarkEnd w:id="484"/>
       <w:bookmarkEnd w:id="485"/>
       <w:bookmarkEnd w:id="486"/>
       <w:bookmarkEnd w:id="487"/>
       <w:bookmarkEnd w:id="488"/>
       <w:bookmarkEnd w:id="489"/>
       <w:bookmarkEnd w:id="490"/>
       <w:bookmarkEnd w:id="491"/>
       <w:bookmarkEnd w:id="492"/>
       <w:bookmarkEnd w:id="493"/>
       <w:bookmarkEnd w:id="494"/>
+      <w:bookmarkEnd w:id="495"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Extra Admission Conditions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="495"/>
       <w:bookmarkEnd w:id="496"/>
       <w:bookmarkEnd w:id="497"/>
       <w:bookmarkEnd w:id="498"/>
       <w:bookmarkEnd w:id="499"/>
       <w:bookmarkEnd w:id="500"/>
       <w:bookmarkEnd w:id="501"/>
       <w:bookmarkEnd w:id="502"/>
       <w:bookmarkEnd w:id="503"/>
       <w:bookmarkEnd w:id="504"/>
       <w:bookmarkEnd w:id="505"/>
       <w:bookmarkEnd w:id="506"/>
       <w:bookmarkEnd w:id="507"/>
+      <w:bookmarkEnd w:id="508"/>
     </w:p>
     <w:p w14:paraId="62037391" w14:textId="77777777" w:rsidR="00AA7E33" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="005E0A73">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
@@ -4710,3263 +5280,3246 @@
     </w:p>
     <w:p w14:paraId="62037392" w14:textId="77777777" w:rsidR="00446332" w:rsidRPr="002C2098" w:rsidRDefault="009128FF" w:rsidP="002C2098">
       <w:pPr>
         <w:pStyle w:val="aff"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1788"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="num" w:pos="1428"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="511" w:name="_Ref432589849"/>
-      <w:bookmarkEnd w:id="508"/>
+      <w:bookmarkStart w:id="512" w:name="_Ref432589849"/>
       <w:bookmarkEnd w:id="509"/>
+      <w:bookmarkEnd w:id="510"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If a Candidate meets eligibility criteria mentioned in this Article, it shall be admitted to trading in the Deposit Market Section (in all or </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> modes).</w:t>
+        <w:t>If a Candidate meets eligibility criteria mentioned in this Article, it shall be admitted to trading in the Deposit Market Section (in all or particular trading modes).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037393" w14:textId="77777777" w:rsidR="00446332" w:rsidRDefault="00446332" w:rsidP="00446332">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62037394" w14:textId="77777777" w:rsidR="00C27763" w:rsidRPr="0004456C" w:rsidRDefault="009128FF" w:rsidP="002E79F0">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="512" w:name="_Toc466363657"/>
-[...3147 lines deleted...]
-      <w:bookmarkEnd w:id="510"/>
+      <w:bookmarkStart w:id="513" w:name="_Toc466363657"/>
+      <w:bookmarkStart w:id="514" w:name="_Toc465864866"/>
+      <w:bookmarkStart w:id="515" w:name="_Toc465865167"/>
+      <w:bookmarkStart w:id="516" w:name="_Toc466363659"/>
+      <w:bookmarkStart w:id="517" w:name="_Toc465864867"/>
+      <w:bookmarkStart w:id="518" w:name="_Toc465865168"/>
+      <w:bookmarkStart w:id="519" w:name="_Toc466363660"/>
+      <w:bookmarkStart w:id="520" w:name="_Toc465864870"/>
+      <w:bookmarkStart w:id="521" w:name="_Toc465865171"/>
+      <w:bookmarkStart w:id="522" w:name="_Toc466363663"/>
+      <w:bookmarkStart w:id="523" w:name="_Toc465864877"/>
+      <w:bookmarkStart w:id="524" w:name="_Toc465865178"/>
+      <w:bookmarkStart w:id="525" w:name="_Toc466363670"/>
+      <w:bookmarkStart w:id="526" w:name="_Toc465864879"/>
+      <w:bookmarkStart w:id="527" w:name="_Toc465865180"/>
+      <w:bookmarkStart w:id="528" w:name="_Toc466363672"/>
+      <w:bookmarkStart w:id="529" w:name="_Toc465864880"/>
+      <w:bookmarkStart w:id="530" w:name="_Toc465865181"/>
+      <w:bookmarkStart w:id="531" w:name="_Toc466363673"/>
+      <w:bookmarkStart w:id="532" w:name="_Toc465864882"/>
+      <w:bookmarkStart w:id="533" w:name="_Toc465865183"/>
+      <w:bookmarkStart w:id="534" w:name="_Toc466363675"/>
+      <w:bookmarkStart w:id="535" w:name="_Toc421700908"/>
+      <w:bookmarkStart w:id="536" w:name="_Toc421701108"/>
+      <w:bookmarkStart w:id="537" w:name="_Toc421788457"/>
+      <w:bookmarkStart w:id="538" w:name="_Toc422213992"/>
+      <w:bookmarkStart w:id="539" w:name="_Toc422301075"/>
+      <w:bookmarkStart w:id="540" w:name="_Toc421700922"/>
+      <w:bookmarkStart w:id="541" w:name="_Toc421701122"/>
+      <w:bookmarkStart w:id="542" w:name="_Toc421788471"/>
+      <w:bookmarkStart w:id="543" w:name="_Toc422214006"/>
+      <w:bookmarkStart w:id="544" w:name="_Toc422301089"/>
+      <w:bookmarkStart w:id="545" w:name="_Toc422326947"/>
+      <w:bookmarkStart w:id="546" w:name="_Toc422387470"/>
+      <w:bookmarkStart w:id="547" w:name="_Toc422326948"/>
+      <w:bookmarkStart w:id="548" w:name="_Toc422387471"/>
+      <w:bookmarkStart w:id="549" w:name="_Toc422326949"/>
+      <w:bookmarkStart w:id="550" w:name="_Toc422387472"/>
+      <w:bookmarkStart w:id="551" w:name="_Toc422326950"/>
+      <w:bookmarkStart w:id="552" w:name="_Toc422387473"/>
+      <w:bookmarkStart w:id="553" w:name="_Toc422326951"/>
+      <w:bookmarkStart w:id="554" w:name="_Toc422387474"/>
+      <w:bookmarkStart w:id="555" w:name="_Toc422326952"/>
+      <w:bookmarkStart w:id="556" w:name="_Toc422387475"/>
+      <w:bookmarkStart w:id="557" w:name="_Toc422326953"/>
+      <w:bookmarkStart w:id="558" w:name="_Toc422387476"/>
+      <w:bookmarkStart w:id="559" w:name="_Toc422326954"/>
+      <w:bookmarkStart w:id="560" w:name="_Toc422387477"/>
+      <w:bookmarkStart w:id="561" w:name="_Toc422326955"/>
+      <w:bookmarkStart w:id="562" w:name="_Toc422387478"/>
+      <w:bookmarkStart w:id="563" w:name="_Toc422326956"/>
+      <w:bookmarkStart w:id="564" w:name="_Toc422387479"/>
+      <w:bookmarkStart w:id="565" w:name="_Toc422326957"/>
+      <w:bookmarkStart w:id="566" w:name="_Toc422387480"/>
+      <w:bookmarkStart w:id="567" w:name="_Toc422326958"/>
+      <w:bookmarkStart w:id="568" w:name="_Toc422387481"/>
+      <w:bookmarkStart w:id="569" w:name="_Toc422326959"/>
+      <w:bookmarkStart w:id="570" w:name="_Toc422387482"/>
+      <w:bookmarkStart w:id="571" w:name="_Toc422326960"/>
+      <w:bookmarkStart w:id="572" w:name="_Toc422387483"/>
+      <w:bookmarkStart w:id="573" w:name="_Toc422326961"/>
+      <w:bookmarkStart w:id="574" w:name="_Toc422387484"/>
+      <w:bookmarkStart w:id="575" w:name="_Toc422326962"/>
+      <w:bookmarkStart w:id="576" w:name="_Toc422387485"/>
+      <w:bookmarkStart w:id="577" w:name="_Toc422326963"/>
+      <w:bookmarkStart w:id="578" w:name="_Toc422387486"/>
+      <w:bookmarkStart w:id="579" w:name="_Toc422326964"/>
+      <w:bookmarkStart w:id="580" w:name="_Toc422387487"/>
+      <w:bookmarkStart w:id="581" w:name="_Toc422326965"/>
+      <w:bookmarkStart w:id="582" w:name="_Toc422387488"/>
+      <w:bookmarkStart w:id="583" w:name="_Toc466363679"/>
+      <w:bookmarkStart w:id="584" w:name="_Toc465864887"/>
+      <w:bookmarkStart w:id="585" w:name="_Toc465865188"/>
+      <w:bookmarkStart w:id="586" w:name="_Toc466363239"/>
+      <w:bookmarkStart w:id="587" w:name="_Toc466363691"/>
+      <w:bookmarkStart w:id="588" w:name="_Toc466363242"/>
+      <w:bookmarkStart w:id="589" w:name="_Toc466363694"/>
+      <w:bookmarkStart w:id="590" w:name="_Toc466363243"/>
+      <w:bookmarkStart w:id="591" w:name="_Toc466363695"/>
+      <w:bookmarkStart w:id="592" w:name="_Toc466363248"/>
+      <w:bookmarkStart w:id="593" w:name="_Toc466363700"/>
+      <w:bookmarkStart w:id="594" w:name="_Toc466363249"/>
+      <w:bookmarkStart w:id="595" w:name="_Toc466363701"/>
+      <w:bookmarkStart w:id="596" w:name="_Toc466363250"/>
+      <w:bookmarkStart w:id="597" w:name="_Toc466363702"/>
+      <w:bookmarkStart w:id="598" w:name="_Toc466363253"/>
+      <w:bookmarkStart w:id="599" w:name="_Toc466363705"/>
+      <w:bookmarkStart w:id="600" w:name="_Toc466363258"/>
+      <w:bookmarkStart w:id="601" w:name="_Toc466363710"/>
+      <w:bookmarkStart w:id="602" w:name="_Toc466363259"/>
+      <w:bookmarkStart w:id="603" w:name="_Toc466363711"/>
+      <w:bookmarkStart w:id="604" w:name="_Toc466363260"/>
+      <w:bookmarkStart w:id="605" w:name="_Toc466363712"/>
+      <w:bookmarkStart w:id="606" w:name="_Toc465864894"/>
+      <w:bookmarkStart w:id="607" w:name="_Toc465865195"/>
+      <w:bookmarkStart w:id="608" w:name="_Toc466363273"/>
+      <w:bookmarkStart w:id="609" w:name="_Toc466363725"/>
+      <w:bookmarkStart w:id="610" w:name="_Toc465864896"/>
+      <w:bookmarkStart w:id="611" w:name="_Toc465865197"/>
+      <w:bookmarkStart w:id="612" w:name="_Toc466363276"/>
+      <w:bookmarkStart w:id="613" w:name="_Toc466363728"/>
+      <w:bookmarkStart w:id="614" w:name="_Toc465864897"/>
+      <w:bookmarkStart w:id="615" w:name="_Toc465865198"/>
+      <w:bookmarkStart w:id="616" w:name="_Toc466363277"/>
+      <w:bookmarkStart w:id="617" w:name="_Toc466363729"/>
+      <w:bookmarkStart w:id="618" w:name="_Toc465864905"/>
+      <w:bookmarkStart w:id="619" w:name="_Toc465865206"/>
+      <w:bookmarkStart w:id="620" w:name="_Toc466363285"/>
+      <w:bookmarkStart w:id="621" w:name="_Toc466363737"/>
+      <w:bookmarkStart w:id="622" w:name="_Toc465864907"/>
+      <w:bookmarkStart w:id="623" w:name="_Toc465865208"/>
+      <w:bookmarkStart w:id="624" w:name="_Toc466363287"/>
+      <w:bookmarkStart w:id="625" w:name="_Toc466363739"/>
+      <w:bookmarkStart w:id="626" w:name="_Toc465864912"/>
+      <w:bookmarkStart w:id="627" w:name="_Toc465865213"/>
+      <w:bookmarkStart w:id="628" w:name="_Toc466363292"/>
+      <w:bookmarkStart w:id="629" w:name="_Toc466363744"/>
+      <w:bookmarkStart w:id="630" w:name="_Toc465864913"/>
+      <w:bookmarkStart w:id="631" w:name="_Toc465865214"/>
+      <w:bookmarkStart w:id="632" w:name="_Toc466363293"/>
+      <w:bookmarkStart w:id="633" w:name="_Toc466363745"/>
+      <w:bookmarkStart w:id="634" w:name="_Toc316385757"/>
+      <w:bookmarkStart w:id="635" w:name="_Toc316386115"/>
+      <w:bookmarkStart w:id="636" w:name="_Toc316388699"/>
+      <w:bookmarkStart w:id="637" w:name="_Toc316389126"/>
+      <w:bookmarkStart w:id="638" w:name="_Toc316389422"/>
+      <w:bookmarkStart w:id="639" w:name="_Toc316389821"/>
+      <w:bookmarkStart w:id="640" w:name="_Toc316462413"/>
+      <w:bookmarkStart w:id="641" w:name="_Toc316463770"/>
+      <w:bookmarkStart w:id="642" w:name="_Toc316561632"/>
+      <w:bookmarkStart w:id="643" w:name="_Toc318382405"/>
+      <w:bookmarkStart w:id="644" w:name="_Toc321916497"/>
+      <w:bookmarkStart w:id="645" w:name="_Toc321922357"/>
+      <w:bookmarkStart w:id="646" w:name="_Toc322002490"/>
+      <w:bookmarkStart w:id="647" w:name="_Toc322002971"/>
+      <w:bookmarkStart w:id="648" w:name="_Toc322425593"/>
+      <w:bookmarkStart w:id="649" w:name="_Toc323388279"/>
+      <w:bookmarkStart w:id="650" w:name="_Toc323388794"/>
+      <w:bookmarkStart w:id="651" w:name="_Toc323389708"/>
+      <w:bookmarkStart w:id="652" w:name="_Toc323393125"/>
+      <w:bookmarkStart w:id="653" w:name="_Toc323816971"/>
+      <w:bookmarkStart w:id="654" w:name="_Toc323817486"/>
+      <w:bookmarkStart w:id="655" w:name="_Toc323903363"/>
+      <w:bookmarkStart w:id="656" w:name="_Toc365899432"/>
+      <w:bookmarkStart w:id="657" w:name="_Toc365903092"/>
+      <w:bookmarkStart w:id="658" w:name="_Toc365904272"/>
+      <w:bookmarkStart w:id="659" w:name="_Toc365905645"/>
+      <w:bookmarkStart w:id="660" w:name="_Toc365899436"/>
+      <w:bookmarkStart w:id="661" w:name="_Toc365903096"/>
+      <w:bookmarkStart w:id="662" w:name="_Toc365904276"/>
+      <w:bookmarkStart w:id="663" w:name="_Toc365905649"/>
+      <w:bookmarkStart w:id="664" w:name="_Toc365899440"/>
+      <w:bookmarkStart w:id="665" w:name="_Toc365903100"/>
+      <w:bookmarkStart w:id="666" w:name="_Toc365904280"/>
+      <w:bookmarkStart w:id="667" w:name="_Toc365905653"/>
+      <w:bookmarkStart w:id="668" w:name="_Toc365899441"/>
+      <w:bookmarkStart w:id="669" w:name="_Toc365903101"/>
+      <w:bookmarkStart w:id="670" w:name="_Toc365904281"/>
+      <w:bookmarkStart w:id="671" w:name="_Toc365905654"/>
+      <w:bookmarkStart w:id="672" w:name="_Toc365899448"/>
+      <w:bookmarkStart w:id="673" w:name="_Toc365903108"/>
+      <w:bookmarkStart w:id="674" w:name="_Toc365904288"/>
+      <w:bookmarkStart w:id="675" w:name="_Toc365905661"/>
+      <w:bookmarkStart w:id="676" w:name="_Toc321916499"/>
+      <w:bookmarkStart w:id="677" w:name="_Toc321922359"/>
+      <w:bookmarkStart w:id="678" w:name="_Toc322002492"/>
+      <w:bookmarkStart w:id="679" w:name="_Toc322002973"/>
+      <w:bookmarkStart w:id="680" w:name="_Toc322425595"/>
+      <w:bookmarkStart w:id="681" w:name="_Toc323388281"/>
+      <w:bookmarkStart w:id="682" w:name="_Toc323388796"/>
+      <w:bookmarkStart w:id="683" w:name="_Toc323389710"/>
+      <w:bookmarkStart w:id="684" w:name="_Toc323393127"/>
+      <w:bookmarkStart w:id="685" w:name="_Toc323816973"/>
+      <w:bookmarkStart w:id="686" w:name="_Toc323817488"/>
+      <w:bookmarkStart w:id="687" w:name="_Toc323903365"/>
+      <w:bookmarkStart w:id="688" w:name="_Toc365899449"/>
+      <w:bookmarkStart w:id="689" w:name="_Toc365903109"/>
+      <w:bookmarkStart w:id="690" w:name="_Toc365904289"/>
+      <w:bookmarkStart w:id="691" w:name="_Toc365905662"/>
+      <w:bookmarkStart w:id="692" w:name="_Toc365899451"/>
+      <w:bookmarkStart w:id="693" w:name="_Toc365903111"/>
+      <w:bookmarkStart w:id="694" w:name="_Toc365904291"/>
+      <w:bookmarkStart w:id="695" w:name="_Toc365905664"/>
+      <w:bookmarkStart w:id="696" w:name="_Toc365899452"/>
+      <w:bookmarkStart w:id="697" w:name="_Toc365903112"/>
+      <w:bookmarkStart w:id="698" w:name="_Toc365904292"/>
+      <w:bookmarkStart w:id="699" w:name="_Toc365905665"/>
+      <w:bookmarkStart w:id="700" w:name="_Toc365899456"/>
+      <w:bookmarkStart w:id="701" w:name="_Toc365903116"/>
+      <w:bookmarkStart w:id="702" w:name="_Toc365904296"/>
+      <w:bookmarkStart w:id="703" w:name="_Toc365905669"/>
+      <w:bookmarkStart w:id="704" w:name="_Toc365899458"/>
+      <w:bookmarkStart w:id="705" w:name="_Toc365903118"/>
+      <w:bookmarkStart w:id="706" w:name="_Toc365904298"/>
+      <w:bookmarkStart w:id="707" w:name="_Toc365905671"/>
+      <w:bookmarkStart w:id="708" w:name="_Toc365899459"/>
+      <w:bookmarkStart w:id="709" w:name="_Toc365903119"/>
+      <w:bookmarkStart w:id="710" w:name="_Toc365904299"/>
+      <w:bookmarkStart w:id="711" w:name="_Toc365905672"/>
+      <w:bookmarkStart w:id="712" w:name="_Toc365899460"/>
+      <w:bookmarkStart w:id="713" w:name="_Toc365903120"/>
+      <w:bookmarkStart w:id="714" w:name="_Toc365904300"/>
+      <w:bookmarkStart w:id="715" w:name="_Toc365905673"/>
+      <w:bookmarkStart w:id="716" w:name="_Toc365899465"/>
+      <w:bookmarkStart w:id="717" w:name="_Toc365903125"/>
+      <w:bookmarkStart w:id="718" w:name="_Toc365904305"/>
+      <w:bookmarkStart w:id="719" w:name="_Toc365905678"/>
+      <w:bookmarkStart w:id="720" w:name="_Toc365899466"/>
+      <w:bookmarkStart w:id="721" w:name="_Toc365903126"/>
+      <w:bookmarkStart w:id="722" w:name="_Toc365904306"/>
+      <w:bookmarkStart w:id="723" w:name="_Toc365905679"/>
+      <w:bookmarkStart w:id="724" w:name="_Toc321916506"/>
+      <w:bookmarkStart w:id="725" w:name="_Toc321922366"/>
+      <w:bookmarkStart w:id="726" w:name="_Toc322002499"/>
+      <w:bookmarkStart w:id="727" w:name="_Toc322002980"/>
+      <w:bookmarkStart w:id="728" w:name="_Toc322425602"/>
+      <w:bookmarkStart w:id="729" w:name="_Toc323388288"/>
+      <w:bookmarkStart w:id="730" w:name="_Toc323388803"/>
+      <w:bookmarkStart w:id="731" w:name="_Toc323389717"/>
+      <w:bookmarkStart w:id="732" w:name="_Toc323393134"/>
+      <w:bookmarkStart w:id="733" w:name="_Toc323816979"/>
+      <w:bookmarkStart w:id="734" w:name="_Toc323817494"/>
+      <w:bookmarkStart w:id="735" w:name="_Toc323903371"/>
+      <w:bookmarkStart w:id="736" w:name="_Toc321916507"/>
+      <w:bookmarkStart w:id="737" w:name="_Toc321922367"/>
+      <w:bookmarkStart w:id="738" w:name="_Toc322002500"/>
+      <w:bookmarkStart w:id="739" w:name="_Toc322002981"/>
+      <w:bookmarkStart w:id="740" w:name="_Toc322425603"/>
+      <w:bookmarkStart w:id="741" w:name="_Toc323388289"/>
+      <w:bookmarkStart w:id="742" w:name="_Toc323388804"/>
+      <w:bookmarkStart w:id="743" w:name="_Toc323389718"/>
+      <w:bookmarkStart w:id="744" w:name="_Toc323393135"/>
+      <w:bookmarkStart w:id="745" w:name="_Toc323816980"/>
+      <w:bookmarkStart w:id="746" w:name="_Toc323817495"/>
+      <w:bookmarkStart w:id="747" w:name="_Toc323903372"/>
+      <w:bookmarkStart w:id="748" w:name="_Toc321916508"/>
+      <w:bookmarkStart w:id="749" w:name="_Toc321922368"/>
+      <w:bookmarkStart w:id="750" w:name="_Toc322002501"/>
+      <w:bookmarkStart w:id="751" w:name="_Toc322002982"/>
+      <w:bookmarkStart w:id="752" w:name="_Toc322425604"/>
+      <w:bookmarkStart w:id="753" w:name="_Toc323388290"/>
+      <w:bookmarkStart w:id="754" w:name="_Toc323388805"/>
+      <w:bookmarkStart w:id="755" w:name="_Toc323389719"/>
+      <w:bookmarkStart w:id="756" w:name="_Toc323393136"/>
+      <w:bookmarkStart w:id="757" w:name="_Toc323816981"/>
+      <w:bookmarkStart w:id="758" w:name="_Toc323817496"/>
+      <w:bookmarkStart w:id="759" w:name="_Toc323903373"/>
+      <w:bookmarkStart w:id="760" w:name="_Toc321916509"/>
+      <w:bookmarkStart w:id="761" w:name="_Toc321922369"/>
+      <w:bookmarkStart w:id="762" w:name="_Toc322002502"/>
+      <w:bookmarkStart w:id="763" w:name="_Toc322002983"/>
+      <w:bookmarkStart w:id="764" w:name="_Toc322425605"/>
+      <w:bookmarkStart w:id="765" w:name="_Toc323388291"/>
+      <w:bookmarkStart w:id="766" w:name="_Toc323388806"/>
+      <w:bookmarkStart w:id="767" w:name="_Toc323389720"/>
+      <w:bookmarkStart w:id="768" w:name="_Toc323393137"/>
+      <w:bookmarkStart w:id="769" w:name="_Toc323816982"/>
+      <w:bookmarkStart w:id="770" w:name="_Toc323817497"/>
+      <w:bookmarkStart w:id="771" w:name="_Toc323903374"/>
+      <w:bookmarkStart w:id="772" w:name="_Toc321916510"/>
+      <w:bookmarkStart w:id="773" w:name="_Toc321922370"/>
+      <w:bookmarkStart w:id="774" w:name="_Toc322002503"/>
+      <w:bookmarkStart w:id="775" w:name="_Toc322002984"/>
+      <w:bookmarkStart w:id="776" w:name="_Toc322425606"/>
+      <w:bookmarkStart w:id="777" w:name="_Toc323388292"/>
+      <w:bookmarkStart w:id="778" w:name="_Toc323388807"/>
+      <w:bookmarkStart w:id="779" w:name="_Toc323389721"/>
+      <w:bookmarkStart w:id="780" w:name="_Toc323393138"/>
+      <w:bookmarkStart w:id="781" w:name="_Toc323816983"/>
+      <w:bookmarkStart w:id="782" w:name="_Toc323817498"/>
+      <w:bookmarkStart w:id="783" w:name="_Toc323903375"/>
+      <w:bookmarkStart w:id="784" w:name="_Toc316385761"/>
+      <w:bookmarkStart w:id="785" w:name="_Toc316386119"/>
+      <w:bookmarkStart w:id="786" w:name="_Toc316388703"/>
+      <w:bookmarkStart w:id="787" w:name="_Toc316389130"/>
+      <w:bookmarkStart w:id="788" w:name="_Toc316389426"/>
+      <w:bookmarkStart w:id="789" w:name="_Toc316389825"/>
+      <w:bookmarkStart w:id="790" w:name="_Toc316462417"/>
+      <w:bookmarkStart w:id="791" w:name="_Toc316463774"/>
+      <w:bookmarkStart w:id="792" w:name="_Toc316561636"/>
+      <w:bookmarkStart w:id="793" w:name="_Toc318382409"/>
+      <w:bookmarkStart w:id="794" w:name="_Toc321916511"/>
+      <w:bookmarkStart w:id="795" w:name="_Toc321922371"/>
+      <w:bookmarkStart w:id="796" w:name="_Toc322002504"/>
+      <w:bookmarkStart w:id="797" w:name="_Toc322002985"/>
+      <w:bookmarkStart w:id="798" w:name="_Toc322425607"/>
+      <w:bookmarkStart w:id="799" w:name="_Toc323388293"/>
+      <w:bookmarkStart w:id="800" w:name="_Toc323388808"/>
+      <w:bookmarkStart w:id="801" w:name="_Toc323389722"/>
+      <w:bookmarkStart w:id="802" w:name="_Toc323393139"/>
+      <w:bookmarkStart w:id="803" w:name="_Toc323816984"/>
+      <w:bookmarkStart w:id="804" w:name="_Toc323817499"/>
+      <w:bookmarkStart w:id="805" w:name="_Toc323903376"/>
+      <w:bookmarkStart w:id="806" w:name="_Toc316561637"/>
+      <w:bookmarkStart w:id="807" w:name="_Toc318382410"/>
+      <w:bookmarkStart w:id="808" w:name="_Toc321916512"/>
+      <w:bookmarkStart w:id="809" w:name="_Toc321922372"/>
+      <w:bookmarkStart w:id="810" w:name="_Toc322002505"/>
+      <w:bookmarkStart w:id="811" w:name="_Toc322002986"/>
+      <w:bookmarkStart w:id="812" w:name="_Toc322425608"/>
+      <w:bookmarkStart w:id="813" w:name="_Toc323388294"/>
+      <w:bookmarkStart w:id="814" w:name="_Toc323388809"/>
+      <w:bookmarkStart w:id="815" w:name="_Toc323389723"/>
+      <w:bookmarkStart w:id="816" w:name="_Toc323393140"/>
+      <w:bookmarkStart w:id="817" w:name="_Toc323816985"/>
+      <w:bookmarkStart w:id="818" w:name="_Toc323817500"/>
+      <w:bookmarkStart w:id="819" w:name="_Toc323903377"/>
+      <w:bookmarkStart w:id="820" w:name="_Toc316561638"/>
+      <w:bookmarkStart w:id="821" w:name="_Toc318382411"/>
+      <w:bookmarkStart w:id="822" w:name="_Toc321916513"/>
+      <w:bookmarkStart w:id="823" w:name="_Toc321922373"/>
+      <w:bookmarkStart w:id="824" w:name="_Toc322002506"/>
+      <w:bookmarkStart w:id="825" w:name="_Toc322002987"/>
+      <w:bookmarkStart w:id="826" w:name="_Toc322425609"/>
+      <w:bookmarkStart w:id="827" w:name="_Toc323388295"/>
+      <w:bookmarkStart w:id="828" w:name="_Toc323388810"/>
+      <w:bookmarkStart w:id="829" w:name="_Toc323389724"/>
+      <w:bookmarkStart w:id="830" w:name="_Toc323393141"/>
+      <w:bookmarkStart w:id="831" w:name="_Toc323816986"/>
+      <w:bookmarkStart w:id="832" w:name="_Toc323817501"/>
+      <w:bookmarkStart w:id="833" w:name="_Toc323903378"/>
+      <w:bookmarkStart w:id="834" w:name="_Toc316385763"/>
+      <w:bookmarkStart w:id="835" w:name="_Toc316386121"/>
+      <w:bookmarkStart w:id="836" w:name="_Toc316388705"/>
+      <w:bookmarkStart w:id="837" w:name="_Toc316389132"/>
+      <w:bookmarkStart w:id="838" w:name="_Toc316389428"/>
+      <w:bookmarkStart w:id="839" w:name="_Toc316389827"/>
+      <w:bookmarkStart w:id="840" w:name="_Toc316462419"/>
+      <w:bookmarkStart w:id="841" w:name="_Toc316463776"/>
+      <w:bookmarkStart w:id="842" w:name="_Toc316561639"/>
+      <w:bookmarkStart w:id="843" w:name="_Toc318382412"/>
+      <w:bookmarkStart w:id="844" w:name="_Toc321916514"/>
+      <w:bookmarkStart w:id="845" w:name="_Toc321922374"/>
+      <w:bookmarkStart w:id="846" w:name="_Toc322002507"/>
+      <w:bookmarkStart w:id="847" w:name="_Toc322002988"/>
+      <w:bookmarkStart w:id="848" w:name="_Toc322425610"/>
+      <w:bookmarkStart w:id="849" w:name="_Toc323388296"/>
+      <w:bookmarkStart w:id="850" w:name="_Toc323388811"/>
+      <w:bookmarkStart w:id="851" w:name="_Toc323389725"/>
+      <w:bookmarkStart w:id="852" w:name="_Toc323393142"/>
+      <w:bookmarkStart w:id="853" w:name="_Toc323816987"/>
+      <w:bookmarkStart w:id="854" w:name="_Toc323817502"/>
+      <w:bookmarkStart w:id="855" w:name="_Toc323903379"/>
+      <w:bookmarkStart w:id="856" w:name="_Toc321916515"/>
+      <w:bookmarkStart w:id="857" w:name="_Toc321922375"/>
+      <w:bookmarkStart w:id="858" w:name="_Toc322002508"/>
+      <w:bookmarkStart w:id="859" w:name="_Toc322002989"/>
+      <w:bookmarkStart w:id="860" w:name="_Toc322425611"/>
+      <w:bookmarkStart w:id="861" w:name="_Toc323388297"/>
+      <w:bookmarkStart w:id="862" w:name="_Toc323388812"/>
+      <w:bookmarkStart w:id="863" w:name="_Toc323389726"/>
+      <w:bookmarkStart w:id="864" w:name="_Toc323393143"/>
+      <w:bookmarkStart w:id="865" w:name="_Toc323816988"/>
+      <w:bookmarkStart w:id="866" w:name="_Toc323817503"/>
+      <w:bookmarkStart w:id="867" w:name="_Toc323903380"/>
+      <w:bookmarkStart w:id="868" w:name="_Toc321916516"/>
+      <w:bookmarkStart w:id="869" w:name="_Toc321922376"/>
+      <w:bookmarkStart w:id="870" w:name="_Toc322002509"/>
+      <w:bookmarkStart w:id="871" w:name="_Toc322002990"/>
+      <w:bookmarkStart w:id="872" w:name="_Toc322425612"/>
+      <w:bookmarkStart w:id="873" w:name="_Toc323388298"/>
+      <w:bookmarkStart w:id="874" w:name="_Toc323388813"/>
+      <w:bookmarkStart w:id="875" w:name="_Toc323389727"/>
+      <w:bookmarkStart w:id="876" w:name="_Toc323393144"/>
+      <w:bookmarkStart w:id="877" w:name="_Toc323816989"/>
+      <w:bookmarkStart w:id="878" w:name="_Toc323817504"/>
+      <w:bookmarkStart w:id="879" w:name="_Toc323903381"/>
+      <w:bookmarkStart w:id="880" w:name="_Toc321916517"/>
+      <w:bookmarkStart w:id="881" w:name="_Toc321922377"/>
+      <w:bookmarkStart w:id="882" w:name="_Toc322002510"/>
+      <w:bookmarkStart w:id="883" w:name="_Toc322002991"/>
+      <w:bookmarkStart w:id="884" w:name="_Toc322425613"/>
+      <w:bookmarkStart w:id="885" w:name="_Toc323388299"/>
+      <w:bookmarkStart w:id="886" w:name="_Toc323388814"/>
+      <w:bookmarkStart w:id="887" w:name="_Toc323389728"/>
+      <w:bookmarkStart w:id="888" w:name="_Toc323393145"/>
+      <w:bookmarkStart w:id="889" w:name="_Toc323816990"/>
+      <w:bookmarkStart w:id="890" w:name="_Toc323817505"/>
+      <w:bookmarkStart w:id="891" w:name="_Toc323903382"/>
+      <w:bookmarkStart w:id="892" w:name="_Toc316561642"/>
+      <w:bookmarkStart w:id="893" w:name="_Toc318382415"/>
+      <w:bookmarkStart w:id="894" w:name="_Toc321916518"/>
+      <w:bookmarkStart w:id="895" w:name="_Toc321922378"/>
+      <w:bookmarkStart w:id="896" w:name="_Toc322002511"/>
+      <w:bookmarkStart w:id="897" w:name="_Toc322002992"/>
+      <w:bookmarkStart w:id="898" w:name="_Toc322425614"/>
+      <w:bookmarkStart w:id="899" w:name="_Toc323388300"/>
+      <w:bookmarkStart w:id="900" w:name="_Toc323388815"/>
+      <w:bookmarkStart w:id="901" w:name="_Toc323389729"/>
+      <w:bookmarkStart w:id="902" w:name="_Toc323393146"/>
+      <w:bookmarkStart w:id="903" w:name="_Toc323816991"/>
+      <w:bookmarkStart w:id="904" w:name="_Toc323817506"/>
+      <w:bookmarkStart w:id="905" w:name="_Toc323903383"/>
+      <w:bookmarkStart w:id="906" w:name="_Toc316385765"/>
+      <w:bookmarkStart w:id="907" w:name="_Toc316386123"/>
+      <w:bookmarkStart w:id="908" w:name="_Toc316388707"/>
+      <w:bookmarkStart w:id="909" w:name="_Toc316389134"/>
+      <w:bookmarkStart w:id="910" w:name="_Toc316389430"/>
+      <w:bookmarkStart w:id="911" w:name="_Toc316389829"/>
+      <w:bookmarkStart w:id="912" w:name="_Toc316462421"/>
+      <w:bookmarkStart w:id="913" w:name="_Toc316463778"/>
+      <w:bookmarkStart w:id="914" w:name="_Toc316561643"/>
+      <w:bookmarkStart w:id="915" w:name="_Toc318382416"/>
+      <w:bookmarkStart w:id="916" w:name="_Toc321916519"/>
+      <w:bookmarkStart w:id="917" w:name="_Toc321922379"/>
+      <w:bookmarkStart w:id="918" w:name="_Toc322002512"/>
+      <w:bookmarkStart w:id="919" w:name="_Toc322002993"/>
+      <w:bookmarkStart w:id="920" w:name="_Toc322425615"/>
+      <w:bookmarkStart w:id="921" w:name="_Toc323388301"/>
+      <w:bookmarkStart w:id="922" w:name="_Toc323388816"/>
+      <w:bookmarkStart w:id="923" w:name="_Toc323389730"/>
+      <w:bookmarkStart w:id="924" w:name="_Toc323393147"/>
+      <w:bookmarkStart w:id="925" w:name="_Toc323816992"/>
+      <w:bookmarkStart w:id="926" w:name="_Toc323817507"/>
+      <w:bookmarkStart w:id="927" w:name="_Toc323903384"/>
+      <w:bookmarkStart w:id="928" w:name="_Toc321916520"/>
+      <w:bookmarkStart w:id="929" w:name="_Toc321922380"/>
+      <w:bookmarkStart w:id="930" w:name="_Toc322002513"/>
+      <w:bookmarkStart w:id="931" w:name="_Toc322002994"/>
+      <w:bookmarkStart w:id="932" w:name="_Toc322425616"/>
+      <w:bookmarkStart w:id="933" w:name="_Toc323388302"/>
+      <w:bookmarkStart w:id="934" w:name="_Toc323388817"/>
+      <w:bookmarkStart w:id="935" w:name="_Toc323389731"/>
+      <w:bookmarkStart w:id="936" w:name="_Toc323393148"/>
+      <w:bookmarkStart w:id="937" w:name="_Toc323816993"/>
+      <w:bookmarkStart w:id="938" w:name="_Toc323817508"/>
+      <w:bookmarkStart w:id="939" w:name="_Toc323903385"/>
+      <w:bookmarkStart w:id="940" w:name="_Toc321916521"/>
+      <w:bookmarkStart w:id="941" w:name="_Toc321922381"/>
+      <w:bookmarkStart w:id="942" w:name="_Toc322002514"/>
+      <w:bookmarkStart w:id="943" w:name="_Toc322002995"/>
+      <w:bookmarkStart w:id="944" w:name="_Toc322425617"/>
+      <w:bookmarkStart w:id="945" w:name="_Toc323388303"/>
+      <w:bookmarkStart w:id="946" w:name="_Toc323388818"/>
+      <w:bookmarkStart w:id="947" w:name="_Toc323389732"/>
+      <w:bookmarkStart w:id="948" w:name="_Toc323393149"/>
+      <w:bookmarkStart w:id="949" w:name="_Toc323816994"/>
+      <w:bookmarkStart w:id="950" w:name="_Toc323817509"/>
+      <w:bookmarkStart w:id="951" w:name="_Toc323903386"/>
+      <w:bookmarkStart w:id="952" w:name="_Toc316561645"/>
+      <w:bookmarkStart w:id="953" w:name="_Toc318382418"/>
+      <w:bookmarkStart w:id="954" w:name="_Toc321916523"/>
+      <w:bookmarkStart w:id="955" w:name="_Toc321922383"/>
+      <w:bookmarkStart w:id="956" w:name="_Toc322002516"/>
+      <w:bookmarkStart w:id="957" w:name="_Toc322002997"/>
+      <w:bookmarkStart w:id="958" w:name="_Toc322425619"/>
+      <w:bookmarkStart w:id="959" w:name="_Toc323388305"/>
+      <w:bookmarkStart w:id="960" w:name="_Toc323388820"/>
+      <w:bookmarkStart w:id="961" w:name="_Toc323389734"/>
+      <w:bookmarkStart w:id="962" w:name="_Toc323393151"/>
+      <w:bookmarkStart w:id="963" w:name="_Toc323816996"/>
+      <w:bookmarkStart w:id="964" w:name="_Toc323817511"/>
+      <w:bookmarkStart w:id="965" w:name="_Toc323903388"/>
+      <w:bookmarkStart w:id="966" w:name="_Toc316385767"/>
+      <w:bookmarkStart w:id="967" w:name="_Toc316386125"/>
+      <w:bookmarkStart w:id="968" w:name="_Toc316388709"/>
+      <w:bookmarkStart w:id="969" w:name="_Toc316389136"/>
+      <w:bookmarkStart w:id="970" w:name="_Toc316389432"/>
+      <w:bookmarkStart w:id="971" w:name="_Toc316389831"/>
+      <w:bookmarkStart w:id="972" w:name="_Toc316462423"/>
+      <w:bookmarkStart w:id="973" w:name="_Toc316463780"/>
+      <w:bookmarkStart w:id="974" w:name="_Toc316561646"/>
+      <w:bookmarkStart w:id="975" w:name="_Toc318382419"/>
+      <w:bookmarkStart w:id="976" w:name="_Toc321916524"/>
+      <w:bookmarkStart w:id="977" w:name="_Toc321922384"/>
+      <w:bookmarkStart w:id="978" w:name="_Toc322002517"/>
+      <w:bookmarkStart w:id="979" w:name="_Toc322002998"/>
+      <w:bookmarkStart w:id="980" w:name="_Toc322425620"/>
+      <w:bookmarkStart w:id="981" w:name="_Toc323388306"/>
+      <w:bookmarkStart w:id="982" w:name="_Toc323388821"/>
+      <w:bookmarkStart w:id="983" w:name="_Toc323389735"/>
+      <w:bookmarkStart w:id="984" w:name="_Toc323393152"/>
+      <w:bookmarkStart w:id="985" w:name="_Toc323816997"/>
+      <w:bookmarkStart w:id="986" w:name="_Toc323817512"/>
+      <w:bookmarkStart w:id="987" w:name="_Toc323903389"/>
+      <w:bookmarkStart w:id="988" w:name="_Toc316385768"/>
+      <w:bookmarkStart w:id="989" w:name="_Toc316386126"/>
+      <w:bookmarkStart w:id="990" w:name="_Toc316388710"/>
+      <w:bookmarkStart w:id="991" w:name="_Toc316389137"/>
+      <w:bookmarkStart w:id="992" w:name="_Toc316389433"/>
+      <w:bookmarkStart w:id="993" w:name="_Toc316389832"/>
+      <w:bookmarkStart w:id="994" w:name="_Toc316462424"/>
+      <w:bookmarkStart w:id="995" w:name="_Toc316463781"/>
+      <w:bookmarkStart w:id="996" w:name="_Toc316561647"/>
+      <w:bookmarkStart w:id="997" w:name="_Toc318382420"/>
+      <w:bookmarkStart w:id="998" w:name="_Toc321916525"/>
+      <w:bookmarkStart w:id="999" w:name="_Toc321922385"/>
+      <w:bookmarkStart w:id="1000" w:name="_Toc322002518"/>
+      <w:bookmarkStart w:id="1001" w:name="_Toc322002999"/>
+      <w:bookmarkStart w:id="1002" w:name="_Toc322425621"/>
+      <w:bookmarkStart w:id="1003" w:name="_Toc323388307"/>
+      <w:bookmarkStart w:id="1004" w:name="_Toc323388822"/>
+      <w:bookmarkStart w:id="1005" w:name="_Toc323389736"/>
+      <w:bookmarkStart w:id="1006" w:name="_Toc323393153"/>
+      <w:bookmarkStart w:id="1007" w:name="_Toc323816998"/>
+      <w:bookmarkStart w:id="1008" w:name="_Toc323817513"/>
+      <w:bookmarkStart w:id="1009" w:name="_Toc323903390"/>
+      <w:bookmarkStart w:id="1010" w:name="_Toc321916526"/>
+      <w:bookmarkStart w:id="1011" w:name="_Toc321922386"/>
+      <w:bookmarkStart w:id="1012" w:name="_Toc322002519"/>
+      <w:bookmarkStart w:id="1013" w:name="_Toc322003000"/>
+      <w:bookmarkStart w:id="1014" w:name="_Toc322425622"/>
+      <w:bookmarkStart w:id="1015" w:name="_Toc323388308"/>
+      <w:bookmarkStart w:id="1016" w:name="_Toc323388823"/>
+      <w:bookmarkStart w:id="1017" w:name="_Toc323389737"/>
+      <w:bookmarkStart w:id="1018" w:name="_Toc323393154"/>
+      <w:bookmarkStart w:id="1019" w:name="_Toc323816999"/>
+      <w:bookmarkStart w:id="1020" w:name="_Toc323817514"/>
+      <w:bookmarkStart w:id="1021" w:name="_Toc323903391"/>
+      <w:bookmarkStart w:id="1022" w:name="_Toc321916527"/>
+      <w:bookmarkStart w:id="1023" w:name="_Toc321922387"/>
+      <w:bookmarkStart w:id="1024" w:name="_Toc322002520"/>
+      <w:bookmarkStart w:id="1025" w:name="_Toc322003001"/>
+      <w:bookmarkStart w:id="1026" w:name="_Toc322425623"/>
+      <w:bookmarkStart w:id="1027" w:name="_Toc323388309"/>
+      <w:bookmarkStart w:id="1028" w:name="_Toc323388824"/>
+      <w:bookmarkStart w:id="1029" w:name="_Toc323389738"/>
+      <w:bookmarkStart w:id="1030" w:name="_Toc323393155"/>
+      <w:bookmarkStart w:id="1031" w:name="_Toc323817000"/>
+      <w:bookmarkStart w:id="1032" w:name="_Toc323817515"/>
+      <w:bookmarkStart w:id="1033" w:name="_Toc323903392"/>
+      <w:bookmarkStart w:id="1034" w:name="_Toc321916528"/>
+      <w:bookmarkStart w:id="1035" w:name="_Toc321922388"/>
+      <w:bookmarkStart w:id="1036" w:name="_Toc322002521"/>
+      <w:bookmarkStart w:id="1037" w:name="_Toc322003002"/>
+      <w:bookmarkStart w:id="1038" w:name="_Toc322425624"/>
+      <w:bookmarkStart w:id="1039" w:name="_Toc323388310"/>
+      <w:bookmarkStart w:id="1040" w:name="_Toc323388825"/>
+      <w:bookmarkStart w:id="1041" w:name="_Toc323389739"/>
+      <w:bookmarkStart w:id="1042" w:name="_Toc323393156"/>
+      <w:bookmarkStart w:id="1043" w:name="_Toc323817001"/>
+      <w:bookmarkStart w:id="1044" w:name="_Toc323817516"/>
+      <w:bookmarkStart w:id="1045" w:name="_Toc323903393"/>
+      <w:bookmarkStart w:id="1046" w:name="_Toc316385770"/>
+      <w:bookmarkStart w:id="1047" w:name="_Toc316386128"/>
+      <w:bookmarkStart w:id="1048" w:name="_Toc316388712"/>
+      <w:bookmarkStart w:id="1049" w:name="_Toc316389139"/>
+      <w:bookmarkStart w:id="1050" w:name="_Toc316389435"/>
+      <w:bookmarkStart w:id="1051" w:name="_Toc316389834"/>
+      <w:bookmarkStart w:id="1052" w:name="_Toc316462426"/>
+      <w:bookmarkStart w:id="1053" w:name="_Toc316463783"/>
+      <w:bookmarkStart w:id="1054" w:name="_Toc316561649"/>
+      <w:bookmarkStart w:id="1055" w:name="_Toc318382422"/>
+      <w:bookmarkStart w:id="1056" w:name="_Toc321916529"/>
+      <w:bookmarkStart w:id="1057" w:name="_Toc321922389"/>
+      <w:bookmarkStart w:id="1058" w:name="_Toc322002522"/>
+      <w:bookmarkStart w:id="1059" w:name="_Toc322003003"/>
+      <w:bookmarkStart w:id="1060" w:name="_Toc322425625"/>
+      <w:bookmarkStart w:id="1061" w:name="_Toc323388311"/>
+      <w:bookmarkStart w:id="1062" w:name="_Toc323388826"/>
+      <w:bookmarkStart w:id="1063" w:name="_Toc323389740"/>
+      <w:bookmarkStart w:id="1064" w:name="_Toc323393157"/>
+      <w:bookmarkStart w:id="1065" w:name="_Toc323817002"/>
+      <w:bookmarkStart w:id="1066" w:name="_Toc323817517"/>
+      <w:bookmarkStart w:id="1067" w:name="_Toc323903394"/>
+      <w:bookmarkStart w:id="1068" w:name="_Toc316385771"/>
+      <w:bookmarkStart w:id="1069" w:name="_Toc316386129"/>
+      <w:bookmarkStart w:id="1070" w:name="_Toc316388713"/>
+      <w:bookmarkStart w:id="1071" w:name="_Toc316389140"/>
+      <w:bookmarkStart w:id="1072" w:name="_Toc316389436"/>
+      <w:bookmarkStart w:id="1073" w:name="_Toc316389835"/>
+      <w:bookmarkStart w:id="1074" w:name="_Toc316462427"/>
+      <w:bookmarkStart w:id="1075" w:name="_Toc316463784"/>
+      <w:bookmarkStart w:id="1076" w:name="_Toc316561650"/>
+      <w:bookmarkStart w:id="1077" w:name="_Toc318382423"/>
+      <w:bookmarkStart w:id="1078" w:name="_Toc321916530"/>
+      <w:bookmarkStart w:id="1079" w:name="_Toc321922390"/>
+      <w:bookmarkStart w:id="1080" w:name="_Toc322002523"/>
+      <w:bookmarkStart w:id="1081" w:name="_Toc322003004"/>
+      <w:bookmarkStart w:id="1082" w:name="_Toc322425626"/>
+      <w:bookmarkStart w:id="1083" w:name="_Toc323388312"/>
+      <w:bookmarkStart w:id="1084" w:name="_Toc323388827"/>
+      <w:bookmarkStart w:id="1085" w:name="_Toc323389741"/>
+      <w:bookmarkStart w:id="1086" w:name="_Toc323393158"/>
+      <w:bookmarkStart w:id="1087" w:name="_Toc323817003"/>
+      <w:bookmarkStart w:id="1088" w:name="_Toc323817518"/>
+      <w:bookmarkStart w:id="1089" w:name="_Toc323903395"/>
+      <w:bookmarkStart w:id="1090" w:name="_Toc316385773"/>
+      <w:bookmarkStart w:id="1091" w:name="_Toc316386131"/>
+      <w:bookmarkStart w:id="1092" w:name="_Toc316388715"/>
+      <w:bookmarkStart w:id="1093" w:name="_Toc316389142"/>
+      <w:bookmarkStart w:id="1094" w:name="_Toc316389438"/>
+      <w:bookmarkStart w:id="1095" w:name="_Toc316389837"/>
+      <w:bookmarkStart w:id="1096" w:name="_Toc316462429"/>
+      <w:bookmarkStart w:id="1097" w:name="_Toc316463786"/>
+      <w:bookmarkStart w:id="1098" w:name="_Toc316561652"/>
+      <w:bookmarkStart w:id="1099" w:name="_Toc318382425"/>
+      <w:bookmarkStart w:id="1100" w:name="_Toc321916532"/>
+      <w:bookmarkStart w:id="1101" w:name="_Toc321922392"/>
+      <w:bookmarkStart w:id="1102" w:name="_Toc322002525"/>
+      <w:bookmarkStart w:id="1103" w:name="_Toc322003006"/>
+      <w:bookmarkStart w:id="1104" w:name="_Toc322425628"/>
+      <w:bookmarkStart w:id="1105" w:name="_Toc323388314"/>
+      <w:bookmarkStart w:id="1106" w:name="_Toc323388829"/>
+      <w:bookmarkStart w:id="1107" w:name="_Toc323389743"/>
+      <w:bookmarkStart w:id="1108" w:name="_Toc323393160"/>
+      <w:bookmarkStart w:id="1109" w:name="_Toc323817005"/>
+      <w:bookmarkStart w:id="1110" w:name="_Toc323817520"/>
+      <w:bookmarkStart w:id="1111" w:name="_Toc323903397"/>
+      <w:bookmarkStart w:id="1112" w:name="_Toc365899468"/>
+      <w:bookmarkStart w:id="1113" w:name="_Toc365903128"/>
+      <w:bookmarkStart w:id="1114" w:name="_Toc365904308"/>
+      <w:bookmarkStart w:id="1115" w:name="_Toc365905681"/>
+      <w:bookmarkStart w:id="1116" w:name="_Toc365899471"/>
+      <w:bookmarkStart w:id="1117" w:name="_Toc365903131"/>
+      <w:bookmarkStart w:id="1118" w:name="_Toc365904311"/>
+      <w:bookmarkStart w:id="1119" w:name="_Toc365905684"/>
+      <w:bookmarkStart w:id="1120" w:name="_Toc365899472"/>
+      <w:bookmarkStart w:id="1121" w:name="_Toc365903132"/>
+      <w:bookmarkStart w:id="1122" w:name="_Toc365904312"/>
+      <w:bookmarkStart w:id="1123" w:name="_Toc365905685"/>
+      <w:bookmarkStart w:id="1124" w:name="_Toc316385775"/>
+      <w:bookmarkStart w:id="1125" w:name="_Toc316386133"/>
+      <w:bookmarkStart w:id="1126" w:name="_Toc316388717"/>
+      <w:bookmarkStart w:id="1127" w:name="_Toc316389144"/>
+      <w:bookmarkStart w:id="1128" w:name="_Toc316389440"/>
+      <w:bookmarkStart w:id="1129" w:name="_Toc316389839"/>
+      <w:bookmarkStart w:id="1130" w:name="_Toc316462431"/>
+      <w:bookmarkStart w:id="1131" w:name="_Toc316463788"/>
+      <w:bookmarkStart w:id="1132" w:name="_Toc316561654"/>
+      <w:bookmarkStart w:id="1133" w:name="_Toc318382427"/>
+      <w:bookmarkStart w:id="1134" w:name="_Toc321916534"/>
+      <w:bookmarkStart w:id="1135" w:name="_Toc321922394"/>
+      <w:bookmarkStart w:id="1136" w:name="_Toc322002527"/>
+      <w:bookmarkStart w:id="1137" w:name="_Toc322003008"/>
+      <w:bookmarkStart w:id="1138" w:name="_Toc322425630"/>
+      <w:bookmarkStart w:id="1139" w:name="_Toc323388316"/>
+      <w:bookmarkStart w:id="1140" w:name="_Toc323388831"/>
+      <w:bookmarkStart w:id="1141" w:name="_Toc323389745"/>
+      <w:bookmarkStart w:id="1142" w:name="_Toc323393162"/>
+      <w:bookmarkStart w:id="1143" w:name="_Toc323817007"/>
+      <w:bookmarkStart w:id="1144" w:name="_Toc323817522"/>
+      <w:bookmarkStart w:id="1145" w:name="_Toc323903399"/>
+      <w:bookmarkStart w:id="1146" w:name="_Toc365899484"/>
+      <w:bookmarkStart w:id="1147" w:name="_Toc365903144"/>
+      <w:bookmarkStart w:id="1148" w:name="_Toc365904324"/>
+      <w:bookmarkStart w:id="1149" w:name="_Toc365905697"/>
+      <w:bookmarkStart w:id="1150" w:name="_Toc365899485"/>
+      <w:bookmarkStart w:id="1151" w:name="_Toc365903145"/>
+      <w:bookmarkStart w:id="1152" w:name="_Toc365904325"/>
+      <w:bookmarkStart w:id="1153" w:name="_Toc365905698"/>
+      <w:bookmarkStart w:id="1154" w:name="_Toc365899490"/>
+      <w:bookmarkStart w:id="1155" w:name="_Toc365903150"/>
+      <w:bookmarkStart w:id="1156" w:name="_Toc365904330"/>
+      <w:bookmarkStart w:id="1157" w:name="_Toc365905703"/>
+      <w:bookmarkStart w:id="1158" w:name="_Toc365899491"/>
+      <w:bookmarkStart w:id="1159" w:name="_Toc365903151"/>
+      <w:bookmarkStart w:id="1160" w:name="_Toc365904331"/>
+      <w:bookmarkStart w:id="1161" w:name="_Toc365905704"/>
+      <w:bookmarkStart w:id="1162" w:name="_Toc365899493"/>
+      <w:bookmarkStart w:id="1163" w:name="_Toc365903153"/>
+      <w:bookmarkStart w:id="1164" w:name="_Toc365904333"/>
+      <w:bookmarkStart w:id="1165" w:name="_Toc365905706"/>
+      <w:bookmarkStart w:id="1166" w:name="_Toc365899494"/>
+      <w:bookmarkStart w:id="1167" w:name="_Toc365903154"/>
+      <w:bookmarkStart w:id="1168" w:name="_Toc365904334"/>
+      <w:bookmarkStart w:id="1169" w:name="_Toc365905707"/>
+      <w:bookmarkStart w:id="1170" w:name="_Toc365899501"/>
+      <w:bookmarkStart w:id="1171" w:name="_Toc365903161"/>
+      <w:bookmarkStart w:id="1172" w:name="_Toc365904341"/>
+      <w:bookmarkStart w:id="1173" w:name="_Toc365905714"/>
+      <w:bookmarkStart w:id="1174" w:name="_Toc316385777"/>
+      <w:bookmarkStart w:id="1175" w:name="_Toc316386135"/>
+      <w:bookmarkStart w:id="1176" w:name="_Toc316388719"/>
+      <w:bookmarkStart w:id="1177" w:name="_Toc316389146"/>
+      <w:bookmarkStart w:id="1178" w:name="_Toc316389442"/>
+      <w:bookmarkStart w:id="1179" w:name="_Toc316389841"/>
+      <w:bookmarkStart w:id="1180" w:name="_Toc316462433"/>
+      <w:bookmarkStart w:id="1181" w:name="_Toc316463790"/>
+      <w:bookmarkStart w:id="1182" w:name="_Toc316561656"/>
+      <w:bookmarkStart w:id="1183" w:name="_Toc318382429"/>
+      <w:bookmarkStart w:id="1184" w:name="_Toc321916536"/>
+      <w:bookmarkStart w:id="1185" w:name="_Toc321922396"/>
+      <w:bookmarkStart w:id="1186" w:name="_Toc322002529"/>
+      <w:bookmarkStart w:id="1187" w:name="_Toc322003010"/>
+      <w:bookmarkStart w:id="1188" w:name="_Toc322425632"/>
+      <w:bookmarkStart w:id="1189" w:name="_Toc323388318"/>
+      <w:bookmarkStart w:id="1190" w:name="_Toc323388833"/>
+      <w:bookmarkStart w:id="1191" w:name="_Toc323389747"/>
+      <w:bookmarkStart w:id="1192" w:name="_Toc323393164"/>
+      <w:bookmarkStart w:id="1193" w:name="_Toc323817009"/>
+      <w:bookmarkStart w:id="1194" w:name="_Toc323817524"/>
+      <w:bookmarkStart w:id="1195" w:name="_Toc323903401"/>
+      <w:bookmarkStart w:id="1196" w:name="_Toc365899504"/>
+      <w:bookmarkStart w:id="1197" w:name="_Toc365903164"/>
+      <w:bookmarkStart w:id="1198" w:name="_Toc365904344"/>
+      <w:bookmarkStart w:id="1199" w:name="_Toc365905717"/>
+      <w:bookmarkStart w:id="1200" w:name="_Toc365899505"/>
+      <w:bookmarkStart w:id="1201" w:name="_Toc365903165"/>
+      <w:bookmarkStart w:id="1202" w:name="_Toc365904345"/>
+      <w:bookmarkStart w:id="1203" w:name="_Toc365905718"/>
+      <w:bookmarkStart w:id="1204" w:name="_Toc365899506"/>
+      <w:bookmarkStart w:id="1205" w:name="_Toc365903166"/>
+      <w:bookmarkStart w:id="1206" w:name="_Toc365904346"/>
+      <w:bookmarkStart w:id="1207" w:name="_Toc365905719"/>
+      <w:bookmarkStart w:id="1208" w:name="_Toc365899508"/>
+      <w:bookmarkStart w:id="1209" w:name="_Toc365903168"/>
+      <w:bookmarkStart w:id="1210" w:name="_Toc365904348"/>
+      <w:bookmarkStart w:id="1211" w:name="_Toc365905721"/>
+      <w:bookmarkStart w:id="1212" w:name="_Toc365899509"/>
+      <w:bookmarkStart w:id="1213" w:name="_Toc365903169"/>
+      <w:bookmarkStart w:id="1214" w:name="_Toc365904349"/>
+      <w:bookmarkStart w:id="1215" w:name="_Toc365905722"/>
+      <w:bookmarkStart w:id="1216" w:name="_Toc365899513"/>
+      <w:bookmarkStart w:id="1217" w:name="_Toc365903173"/>
+      <w:bookmarkStart w:id="1218" w:name="_Toc365904353"/>
+      <w:bookmarkStart w:id="1219" w:name="_Toc365905726"/>
+      <w:bookmarkStart w:id="1220" w:name="_Toc365899514"/>
+      <w:bookmarkStart w:id="1221" w:name="_Toc365903174"/>
+      <w:bookmarkStart w:id="1222" w:name="_Toc365904354"/>
+      <w:bookmarkStart w:id="1223" w:name="_Toc365905727"/>
+      <w:bookmarkStart w:id="1224" w:name="_Toc365899515"/>
+      <w:bookmarkStart w:id="1225" w:name="_Toc365903175"/>
+      <w:bookmarkStart w:id="1226" w:name="_Toc365904355"/>
+      <w:bookmarkStart w:id="1227" w:name="_Toc365905728"/>
+      <w:bookmarkStart w:id="1228" w:name="_Toc354043996"/>
+      <w:bookmarkStart w:id="1229" w:name="_Toc354047236"/>
+      <w:bookmarkStart w:id="1230" w:name="_Toc356380812"/>
+      <w:bookmarkStart w:id="1231" w:name="_Toc357675048"/>
+      <w:bookmarkStart w:id="1232" w:name="_Toc357688940"/>
+      <w:bookmarkStart w:id="1233" w:name="_Toc357691009"/>
+      <w:bookmarkStart w:id="1234" w:name="_Toc336938725"/>
+      <w:bookmarkStart w:id="1235" w:name="_Toc336962907"/>
+      <w:bookmarkStart w:id="1236" w:name="_Toc337647268"/>
+      <w:bookmarkStart w:id="1237" w:name="_Toc337747790"/>
+      <w:bookmarkStart w:id="1238" w:name="_Toc338067049"/>
+      <w:bookmarkStart w:id="1239" w:name="_Toc338079647"/>
+      <w:bookmarkStart w:id="1240" w:name="_Toc338080238"/>
+      <w:bookmarkStart w:id="1241" w:name="_Toc336938726"/>
+      <w:bookmarkStart w:id="1242" w:name="_Toc336962908"/>
+      <w:bookmarkStart w:id="1243" w:name="_Toc337647269"/>
+      <w:bookmarkStart w:id="1244" w:name="_Toc337747791"/>
+      <w:bookmarkStart w:id="1245" w:name="_Toc338067050"/>
+      <w:bookmarkStart w:id="1246" w:name="_Toc338079648"/>
+      <w:bookmarkStart w:id="1247" w:name="_Toc338080239"/>
+      <w:bookmarkStart w:id="1248" w:name="_Toc316385779"/>
+      <w:bookmarkStart w:id="1249" w:name="_Toc316386137"/>
+      <w:bookmarkStart w:id="1250" w:name="_Toc316388721"/>
+      <w:bookmarkStart w:id="1251" w:name="_Toc316389148"/>
+      <w:bookmarkStart w:id="1252" w:name="_Toc316389444"/>
+      <w:bookmarkStart w:id="1253" w:name="_Toc316389843"/>
+      <w:bookmarkStart w:id="1254" w:name="_Toc316462435"/>
+      <w:bookmarkStart w:id="1255" w:name="_Toc316463792"/>
+      <w:bookmarkStart w:id="1256" w:name="_Toc316561658"/>
+      <w:bookmarkStart w:id="1257" w:name="_Toc318382431"/>
+      <w:bookmarkStart w:id="1258" w:name="_Toc321916538"/>
+      <w:bookmarkStart w:id="1259" w:name="_Toc321922398"/>
+      <w:bookmarkStart w:id="1260" w:name="_Toc322002531"/>
+      <w:bookmarkStart w:id="1261" w:name="_Toc322003012"/>
+      <w:bookmarkStart w:id="1262" w:name="_Toc322425634"/>
+      <w:bookmarkStart w:id="1263" w:name="_Toc323388320"/>
+      <w:bookmarkStart w:id="1264" w:name="_Toc323388835"/>
+      <w:bookmarkStart w:id="1265" w:name="_Toc323389749"/>
+      <w:bookmarkStart w:id="1266" w:name="_Toc323393166"/>
+      <w:bookmarkStart w:id="1267" w:name="_Toc323817011"/>
+      <w:bookmarkStart w:id="1268" w:name="_Toc323817526"/>
+      <w:bookmarkStart w:id="1269" w:name="_Toc323903403"/>
+      <w:bookmarkStart w:id="1270" w:name="_Toc353372813"/>
+      <w:bookmarkStart w:id="1271" w:name="_Toc353377921"/>
+      <w:bookmarkStart w:id="1272" w:name="_Toc353378850"/>
+      <w:bookmarkStart w:id="1273" w:name="_Toc353379100"/>
+      <w:bookmarkStart w:id="1274" w:name="_Toc353962096"/>
+      <w:bookmarkStart w:id="1275" w:name="_Toc353962603"/>
+      <w:bookmarkStart w:id="1276" w:name="_Toc353962952"/>
+      <w:bookmarkStart w:id="1277" w:name="_Toc353976174"/>
+      <w:bookmarkStart w:id="1278" w:name="_Toc353976451"/>
+      <w:bookmarkStart w:id="1279" w:name="_Toc353978321"/>
+      <w:bookmarkStart w:id="1280" w:name="_Toc354043997"/>
+      <w:bookmarkStart w:id="1281" w:name="_Toc354047237"/>
+      <w:bookmarkStart w:id="1282" w:name="_Toc356380813"/>
+      <w:bookmarkStart w:id="1283" w:name="_Toc357675049"/>
+      <w:bookmarkStart w:id="1284" w:name="_Toc357688941"/>
+      <w:bookmarkStart w:id="1285" w:name="_Toc357691010"/>
+      <w:bookmarkStart w:id="1286" w:name="_Toc353372814"/>
+      <w:bookmarkStart w:id="1287" w:name="_Toc353377922"/>
+      <w:bookmarkStart w:id="1288" w:name="_Toc353378851"/>
+      <w:bookmarkStart w:id="1289" w:name="_Toc353379101"/>
+      <w:bookmarkStart w:id="1290" w:name="_Toc353962097"/>
+      <w:bookmarkStart w:id="1291" w:name="_Toc353962604"/>
+      <w:bookmarkStart w:id="1292" w:name="_Toc353962953"/>
+      <w:bookmarkStart w:id="1293" w:name="_Toc353976175"/>
+      <w:bookmarkStart w:id="1294" w:name="_Toc353976452"/>
+      <w:bookmarkStart w:id="1295" w:name="_Toc353978322"/>
+      <w:bookmarkStart w:id="1296" w:name="_Toc354043998"/>
+      <w:bookmarkStart w:id="1297" w:name="_Toc354047238"/>
+      <w:bookmarkStart w:id="1298" w:name="_Toc356380814"/>
+      <w:bookmarkStart w:id="1299" w:name="_Toc357675050"/>
+      <w:bookmarkStart w:id="1300" w:name="_Toc357688942"/>
+      <w:bookmarkStart w:id="1301" w:name="_Toc357691011"/>
+      <w:bookmarkStart w:id="1302" w:name="_Toc353372816"/>
+      <w:bookmarkStart w:id="1303" w:name="_Toc353377924"/>
+      <w:bookmarkStart w:id="1304" w:name="_Toc353378853"/>
+      <w:bookmarkStart w:id="1305" w:name="_Toc353379103"/>
+      <w:bookmarkStart w:id="1306" w:name="_Toc353962099"/>
+      <w:bookmarkStart w:id="1307" w:name="_Toc353962606"/>
+      <w:bookmarkStart w:id="1308" w:name="_Toc353962955"/>
+      <w:bookmarkStart w:id="1309" w:name="_Toc353976177"/>
+      <w:bookmarkStart w:id="1310" w:name="_Toc353976454"/>
+      <w:bookmarkStart w:id="1311" w:name="_Toc353978324"/>
+      <w:bookmarkStart w:id="1312" w:name="_Toc354044000"/>
+      <w:bookmarkStart w:id="1313" w:name="_Toc354047240"/>
+      <w:bookmarkStart w:id="1314" w:name="_Toc356380816"/>
+      <w:bookmarkStart w:id="1315" w:name="_Toc357675052"/>
+      <w:bookmarkStart w:id="1316" w:name="_Toc357688944"/>
+      <w:bookmarkStart w:id="1317" w:name="_Toc357691013"/>
+      <w:bookmarkStart w:id="1318" w:name="_Toc353372817"/>
+      <w:bookmarkStart w:id="1319" w:name="_Toc353377925"/>
+      <w:bookmarkStart w:id="1320" w:name="_Toc353378854"/>
+      <w:bookmarkStart w:id="1321" w:name="_Toc353379104"/>
+      <w:bookmarkStart w:id="1322" w:name="_Toc353962100"/>
+      <w:bookmarkStart w:id="1323" w:name="_Toc353962607"/>
+      <w:bookmarkStart w:id="1324" w:name="_Toc353962956"/>
+      <w:bookmarkStart w:id="1325" w:name="_Toc353976178"/>
+      <w:bookmarkStart w:id="1326" w:name="_Toc353976455"/>
+      <w:bookmarkStart w:id="1327" w:name="_Toc353978325"/>
+      <w:bookmarkStart w:id="1328" w:name="_Toc354044001"/>
+      <w:bookmarkStart w:id="1329" w:name="_Toc354047241"/>
+      <w:bookmarkStart w:id="1330" w:name="_Toc356380817"/>
+      <w:bookmarkStart w:id="1331" w:name="_Toc357675053"/>
+      <w:bookmarkStart w:id="1332" w:name="_Toc357688945"/>
+      <w:bookmarkStart w:id="1333" w:name="_Toc357691014"/>
+      <w:bookmarkStart w:id="1334" w:name="_Toc353372818"/>
+      <w:bookmarkStart w:id="1335" w:name="_Toc353377926"/>
+      <w:bookmarkStart w:id="1336" w:name="_Toc353378855"/>
+      <w:bookmarkStart w:id="1337" w:name="_Toc353379105"/>
+      <w:bookmarkStart w:id="1338" w:name="_Toc353962101"/>
+      <w:bookmarkStart w:id="1339" w:name="_Toc353962608"/>
+      <w:bookmarkStart w:id="1340" w:name="_Toc353962957"/>
+      <w:bookmarkStart w:id="1341" w:name="_Toc353976179"/>
+      <w:bookmarkStart w:id="1342" w:name="_Toc353976456"/>
+      <w:bookmarkStart w:id="1343" w:name="_Toc353978326"/>
+      <w:bookmarkStart w:id="1344" w:name="_Toc354044002"/>
+      <w:bookmarkStart w:id="1345" w:name="_Toc354047242"/>
+      <w:bookmarkStart w:id="1346" w:name="_Toc356380818"/>
+      <w:bookmarkStart w:id="1347" w:name="_Toc357675054"/>
+      <w:bookmarkStart w:id="1348" w:name="_Toc357688946"/>
+      <w:bookmarkStart w:id="1349" w:name="_Toc357691015"/>
+      <w:bookmarkStart w:id="1350" w:name="_Toc353372819"/>
+      <w:bookmarkStart w:id="1351" w:name="_Toc353377927"/>
+      <w:bookmarkStart w:id="1352" w:name="_Toc353378856"/>
+      <w:bookmarkStart w:id="1353" w:name="_Toc353379106"/>
+      <w:bookmarkStart w:id="1354" w:name="_Toc353962102"/>
+      <w:bookmarkStart w:id="1355" w:name="_Toc353962609"/>
+      <w:bookmarkStart w:id="1356" w:name="_Toc353962958"/>
+      <w:bookmarkStart w:id="1357" w:name="_Toc353976180"/>
+      <w:bookmarkStart w:id="1358" w:name="_Toc353976457"/>
+      <w:bookmarkStart w:id="1359" w:name="_Toc353978327"/>
+      <w:bookmarkStart w:id="1360" w:name="_Toc354044003"/>
+      <w:bookmarkStart w:id="1361" w:name="_Toc354047243"/>
+      <w:bookmarkStart w:id="1362" w:name="_Toc356380819"/>
+      <w:bookmarkStart w:id="1363" w:name="_Toc357675055"/>
+      <w:bookmarkStart w:id="1364" w:name="_Toc357688947"/>
+      <w:bookmarkStart w:id="1365" w:name="_Toc357691016"/>
+      <w:bookmarkStart w:id="1366" w:name="_Toc353372821"/>
+      <w:bookmarkStart w:id="1367" w:name="_Toc353377929"/>
+      <w:bookmarkStart w:id="1368" w:name="_Toc353378858"/>
+      <w:bookmarkStart w:id="1369" w:name="_Toc353379108"/>
+      <w:bookmarkStart w:id="1370" w:name="_Toc353962104"/>
+      <w:bookmarkStart w:id="1371" w:name="_Toc353962611"/>
+      <w:bookmarkStart w:id="1372" w:name="_Toc353962960"/>
+      <w:bookmarkStart w:id="1373" w:name="_Toc353976182"/>
+      <w:bookmarkStart w:id="1374" w:name="_Toc353976459"/>
+      <w:bookmarkStart w:id="1375" w:name="_Toc353978329"/>
+      <w:bookmarkStart w:id="1376" w:name="_Toc354044005"/>
+      <w:bookmarkStart w:id="1377" w:name="_Toc354047245"/>
+      <w:bookmarkStart w:id="1378" w:name="_Toc356380821"/>
+      <w:bookmarkStart w:id="1379" w:name="_Toc357675057"/>
+      <w:bookmarkStart w:id="1380" w:name="_Toc357688949"/>
+      <w:bookmarkStart w:id="1381" w:name="_Toc357691018"/>
+      <w:bookmarkStart w:id="1382" w:name="_Toc353372826"/>
+      <w:bookmarkStart w:id="1383" w:name="_Toc353377934"/>
+      <w:bookmarkStart w:id="1384" w:name="_Toc353378863"/>
+      <w:bookmarkStart w:id="1385" w:name="_Toc353379113"/>
+      <w:bookmarkStart w:id="1386" w:name="_Toc353962109"/>
+      <w:bookmarkStart w:id="1387" w:name="_Toc353962616"/>
+      <w:bookmarkStart w:id="1388" w:name="_Toc353962965"/>
+      <w:bookmarkStart w:id="1389" w:name="_Toc353976187"/>
+      <w:bookmarkStart w:id="1390" w:name="_Toc353976464"/>
+      <w:bookmarkStart w:id="1391" w:name="_Toc353978334"/>
+      <w:bookmarkStart w:id="1392" w:name="_Toc354044010"/>
+      <w:bookmarkStart w:id="1393" w:name="_Toc354047250"/>
+      <w:bookmarkStart w:id="1394" w:name="_Toc356380826"/>
+      <w:bookmarkStart w:id="1395" w:name="_Toc357675062"/>
+      <w:bookmarkStart w:id="1396" w:name="_Toc357688954"/>
+      <w:bookmarkStart w:id="1397" w:name="_Toc357691023"/>
+      <w:bookmarkStart w:id="1398" w:name="_Toc353372827"/>
+      <w:bookmarkStart w:id="1399" w:name="_Toc353377935"/>
+      <w:bookmarkStart w:id="1400" w:name="_Toc353378864"/>
+      <w:bookmarkStart w:id="1401" w:name="_Toc353379114"/>
+      <w:bookmarkStart w:id="1402" w:name="_Toc353962110"/>
+      <w:bookmarkStart w:id="1403" w:name="_Toc353962617"/>
+      <w:bookmarkStart w:id="1404" w:name="_Toc353962966"/>
+      <w:bookmarkStart w:id="1405" w:name="_Toc353976188"/>
+      <w:bookmarkStart w:id="1406" w:name="_Toc353976465"/>
+      <w:bookmarkStart w:id="1407" w:name="_Toc353978335"/>
+      <w:bookmarkStart w:id="1408" w:name="_Toc354044011"/>
+      <w:bookmarkStart w:id="1409" w:name="_Toc354047251"/>
+      <w:bookmarkStart w:id="1410" w:name="_Toc356380827"/>
+      <w:bookmarkStart w:id="1411" w:name="_Toc357675063"/>
+      <w:bookmarkStart w:id="1412" w:name="_Toc357688955"/>
+      <w:bookmarkStart w:id="1413" w:name="_Toc357691024"/>
+      <w:bookmarkStart w:id="1414" w:name="_Toc353372828"/>
+      <w:bookmarkStart w:id="1415" w:name="_Toc353377936"/>
+      <w:bookmarkStart w:id="1416" w:name="_Toc353378865"/>
+      <w:bookmarkStart w:id="1417" w:name="_Toc353379115"/>
+      <w:bookmarkStart w:id="1418" w:name="_Toc353962111"/>
+      <w:bookmarkStart w:id="1419" w:name="_Toc353962618"/>
+      <w:bookmarkStart w:id="1420" w:name="_Toc353962967"/>
+      <w:bookmarkStart w:id="1421" w:name="_Toc353976189"/>
+      <w:bookmarkStart w:id="1422" w:name="_Toc353976466"/>
+      <w:bookmarkStart w:id="1423" w:name="_Toc353978336"/>
+      <w:bookmarkStart w:id="1424" w:name="_Toc354044012"/>
+      <w:bookmarkStart w:id="1425" w:name="_Toc354047252"/>
+      <w:bookmarkStart w:id="1426" w:name="_Toc356380828"/>
+      <w:bookmarkStart w:id="1427" w:name="_Toc357675064"/>
+      <w:bookmarkStart w:id="1428" w:name="_Toc357688956"/>
+      <w:bookmarkStart w:id="1429" w:name="_Toc357691025"/>
+      <w:bookmarkStart w:id="1430" w:name="_Toc353372830"/>
+      <w:bookmarkStart w:id="1431" w:name="_Toc353377938"/>
+      <w:bookmarkStart w:id="1432" w:name="_Toc353378867"/>
+      <w:bookmarkStart w:id="1433" w:name="_Toc353379117"/>
+      <w:bookmarkStart w:id="1434" w:name="_Toc353962113"/>
+      <w:bookmarkStart w:id="1435" w:name="_Toc353962620"/>
+      <w:bookmarkStart w:id="1436" w:name="_Toc353962969"/>
+      <w:bookmarkStart w:id="1437" w:name="_Toc353976191"/>
+      <w:bookmarkStart w:id="1438" w:name="_Toc353976468"/>
+      <w:bookmarkStart w:id="1439" w:name="_Toc353978338"/>
+      <w:bookmarkStart w:id="1440" w:name="_Toc354044014"/>
+      <w:bookmarkStart w:id="1441" w:name="_Toc354047254"/>
+      <w:bookmarkStart w:id="1442" w:name="_Toc356380830"/>
+      <w:bookmarkStart w:id="1443" w:name="_Toc357675066"/>
+      <w:bookmarkStart w:id="1444" w:name="_Toc357688958"/>
+      <w:bookmarkStart w:id="1445" w:name="_Toc357691027"/>
+      <w:bookmarkStart w:id="1446" w:name="_Toc353372832"/>
+      <w:bookmarkStart w:id="1447" w:name="_Toc353377940"/>
+      <w:bookmarkStart w:id="1448" w:name="_Toc353378869"/>
+      <w:bookmarkStart w:id="1449" w:name="_Toc353379119"/>
+      <w:bookmarkStart w:id="1450" w:name="_Toc353962115"/>
+      <w:bookmarkStart w:id="1451" w:name="_Toc353962622"/>
+      <w:bookmarkStart w:id="1452" w:name="_Toc353962971"/>
+      <w:bookmarkStart w:id="1453" w:name="_Toc353976193"/>
+      <w:bookmarkStart w:id="1454" w:name="_Toc353976470"/>
+      <w:bookmarkStart w:id="1455" w:name="_Toc353978340"/>
+      <w:bookmarkStart w:id="1456" w:name="_Toc354044016"/>
+      <w:bookmarkStart w:id="1457" w:name="_Toc354047256"/>
+      <w:bookmarkStart w:id="1458" w:name="_Toc356380832"/>
+      <w:bookmarkStart w:id="1459" w:name="_Toc357675068"/>
+      <w:bookmarkStart w:id="1460" w:name="_Toc357688960"/>
+      <w:bookmarkStart w:id="1461" w:name="_Toc357691029"/>
+      <w:bookmarkStart w:id="1462" w:name="_Toc353372836"/>
+      <w:bookmarkStart w:id="1463" w:name="_Toc353377944"/>
+      <w:bookmarkStart w:id="1464" w:name="_Toc353378873"/>
+      <w:bookmarkStart w:id="1465" w:name="_Toc353379123"/>
+      <w:bookmarkStart w:id="1466" w:name="_Toc353962119"/>
+      <w:bookmarkStart w:id="1467" w:name="_Toc353962626"/>
+      <w:bookmarkStart w:id="1468" w:name="_Toc353962975"/>
+      <w:bookmarkStart w:id="1469" w:name="_Toc353976197"/>
+      <w:bookmarkStart w:id="1470" w:name="_Toc353976474"/>
+      <w:bookmarkStart w:id="1471" w:name="_Toc353978344"/>
+      <w:bookmarkStart w:id="1472" w:name="_Toc354044020"/>
+      <w:bookmarkStart w:id="1473" w:name="_Toc354047260"/>
+      <w:bookmarkStart w:id="1474" w:name="_Toc356380836"/>
+      <w:bookmarkStart w:id="1475" w:name="_Toc357675072"/>
+      <w:bookmarkStart w:id="1476" w:name="_Toc357688964"/>
+      <w:bookmarkStart w:id="1477" w:name="_Toc357691033"/>
+      <w:bookmarkStart w:id="1478" w:name="_Toc353372837"/>
+      <w:bookmarkStart w:id="1479" w:name="_Toc353377945"/>
+      <w:bookmarkStart w:id="1480" w:name="_Toc353378874"/>
+      <w:bookmarkStart w:id="1481" w:name="_Toc353379124"/>
+      <w:bookmarkStart w:id="1482" w:name="_Toc353962120"/>
+      <w:bookmarkStart w:id="1483" w:name="_Toc353962627"/>
+      <w:bookmarkStart w:id="1484" w:name="_Toc353962976"/>
+      <w:bookmarkStart w:id="1485" w:name="_Toc353976198"/>
+      <w:bookmarkStart w:id="1486" w:name="_Toc353976475"/>
+      <w:bookmarkStart w:id="1487" w:name="_Toc353978345"/>
+      <w:bookmarkStart w:id="1488" w:name="_Toc354044021"/>
+      <w:bookmarkStart w:id="1489" w:name="_Toc354047261"/>
+      <w:bookmarkStart w:id="1490" w:name="_Toc356380837"/>
+      <w:bookmarkStart w:id="1491" w:name="_Toc357675073"/>
+      <w:bookmarkStart w:id="1492" w:name="_Toc357688965"/>
+      <w:bookmarkStart w:id="1493" w:name="_Toc357691034"/>
+      <w:bookmarkStart w:id="1494" w:name="_Toc353372838"/>
+      <w:bookmarkStart w:id="1495" w:name="_Toc353377946"/>
+      <w:bookmarkStart w:id="1496" w:name="_Toc353378875"/>
+      <w:bookmarkStart w:id="1497" w:name="_Toc353379125"/>
+      <w:bookmarkStart w:id="1498" w:name="_Toc353962121"/>
+      <w:bookmarkStart w:id="1499" w:name="_Toc353962628"/>
+      <w:bookmarkStart w:id="1500" w:name="_Toc353962977"/>
+      <w:bookmarkStart w:id="1501" w:name="_Toc353976199"/>
+      <w:bookmarkStart w:id="1502" w:name="_Toc353976476"/>
+      <w:bookmarkStart w:id="1503" w:name="_Toc353978346"/>
+      <w:bookmarkStart w:id="1504" w:name="_Toc354044022"/>
+      <w:bookmarkStart w:id="1505" w:name="_Toc354047262"/>
+      <w:bookmarkStart w:id="1506" w:name="_Toc356380838"/>
+      <w:bookmarkStart w:id="1507" w:name="_Toc357675074"/>
+      <w:bookmarkStart w:id="1508" w:name="_Toc357688966"/>
+      <w:bookmarkStart w:id="1509" w:name="_Toc357691035"/>
+      <w:bookmarkStart w:id="1510" w:name="_Toc365899518"/>
+      <w:bookmarkStart w:id="1511" w:name="_Toc365903178"/>
+      <w:bookmarkStart w:id="1512" w:name="_Toc365904358"/>
+      <w:bookmarkStart w:id="1513" w:name="_Toc365905731"/>
+      <w:bookmarkStart w:id="1514" w:name="_Toc365899519"/>
+      <w:bookmarkStart w:id="1515" w:name="_Toc365903179"/>
+      <w:bookmarkStart w:id="1516" w:name="_Toc365904359"/>
+      <w:bookmarkStart w:id="1517" w:name="_Toc365905732"/>
+      <w:bookmarkStart w:id="1518" w:name="_Toc365899522"/>
+      <w:bookmarkStart w:id="1519" w:name="_Toc365903182"/>
+      <w:bookmarkStart w:id="1520" w:name="_Toc365904362"/>
+      <w:bookmarkStart w:id="1521" w:name="_Toc365905735"/>
+      <w:bookmarkStart w:id="1522" w:name="_Toc356380841"/>
+      <w:bookmarkStart w:id="1523" w:name="_Toc357675077"/>
+      <w:bookmarkStart w:id="1524" w:name="_Toc357688969"/>
+      <w:bookmarkStart w:id="1525" w:name="_Toc357691038"/>
+      <w:bookmarkStart w:id="1526" w:name="_Toc356380842"/>
+      <w:bookmarkStart w:id="1527" w:name="_Toc357675078"/>
+      <w:bookmarkStart w:id="1528" w:name="_Toc357688970"/>
+      <w:bookmarkStart w:id="1529" w:name="_Toc357691039"/>
+      <w:bookmarkStart w:id="1530" w:name="_Toc356380854"/>
+      <w:bookmarkStart w:id="1531" w:name="_Toc357675090"/>
+      <w:bookmarkStart w:id="1532" w:name="_Toc357688982"/>
+      <w:bookmarkStart w:id="1533" w:name="_Toc357691051"/>
+      <w:bookmarkStart w:id="1534" w:name="_Toc353377949"/>
+      <w:bookmarkStart w:id="1535" w:name="_Toc353378878"/>
+      <w:bookmarkStart w:id="1536" w:name="_Toc353379128"/>
+      <w:bookmarkStart w:id="1537" w:name="_Toc353962124"/>
+      <w:bookmarkStart w:id="1538" w:name="_Toc353962631"/>
+      <w:bookmarkStart w:id="1539" w:name="_Toc353962980"/>
+      <w:bookmarkStart w:id="1540" w:name="_Toc353976202"/>
+      <w:bookmarkStart w:id="1541" w:name="_Toc353976479"/>
+      <w:bookmarkStart w:id="1542" w:name="_Toc353978349"/>
+      <w:bookmarkStart w:id="1543" w:name="_Toc316561661"/>
+      <w:bookmarkStart w:id="1544" w:name="_Toc318382434"/>
+      <w:bookmarkStart w:id="1545" w:name="_Toc321916541"/>
+      <w:bookmarkStart w:id="1546" w:name="_Toc321922401"/>
+      <w:bookmarkStart w:id="1547" w:name="_Toc322002534"/>
+      <w:bookmarkStart w:id="1548" w:name="_Toc322003015"/>
+      <w:bookmarkStart w:id="1549" w:name="_Toc322425637"/>
+      <w:bookmarkStart w:id="1550" w:name="_Toc323388323"/>
+      <w:bookmarkStart w:id="1551" w:name="_Toc323388838"/>
+      <w:bookmarkStart w:id="1552" w:name="_Toc323389752"/>
+      <w:bookmarkStart w:id="1553" w:name="_Toc323393169"/>
+      <w:bookmarkStart w:id="1554" w:name="_Toc323817014"/>
+      <w:bookmarkStart w:id="1555" w:name="_Toc323817529"/>
+      <w:bookmarkStart w:id="1556" w:name="_Toc323903406"/>
+      <w:bookmarkStart w:id="1557" w:name="_Toc316561662"/>
+      <w:bookmarkStart w:id="1558" w:name="_Toc322002535"/>
+      <w:bookmarkStart w:id="1559" w:name="_Toc322003016"/>
+      <w:bookmarkStart w:id="1560" w:name="_Toc322425638"/>
+      <w:bookmarkStart w:id="1561" w:name="_Toc323388324"/>
+      <w:bookmarkStart w:id="1562" w:name="_Toc323388839"/>
+      <w:bookmarkStart w:id="1563" w:name="_Toc323389753"/>
+      <w:bookmarkStart w:id="1564" w:name="_Toc323393170"/>
+      <w:bookmarkStart w:id="1565" w:name="_Toc323817015"/>
+      <w:bookmarkStart w:id="1566" w:name="_Toc323817530"/>
+      <w:bookmarkStart w:id="1567" w:name="_Toc323903407"/>
+      <w:bookmarkStart w:id="1568" w:name="_Toc338178035"/>
+      <w:bookmarkStart w:id="1569" w:name="_Toc338339809"/>
+      <w:bookmarkStart w:id="1570" w:name="_Toc365899523"/>
+      <w:bookmarkStart w:id="1571" w:name="_Toc365903183"/>
+      <w:bookmarkStart w:id="1572" w:name="_Toc365904363"/>
+      <w:bookmarkStart w:id="1573" w:name="_Toc365905736"/>
+      <w:bookmarkStart w:id="1574" w:name="_Toc365899524"/>
+      <w:bookmarkStart w:id="1575" w:name="_Toc365903184"/>
+      <w:bookmarkStart w:id="1576" w:name="_Toc365904364"/>
+      <w:bookmarkStart w:id="1577" w:name="_Toc365905737"/>
+      <w:bookmarkStart w:id="1578" w:name="_Toc365899525"/>
+      <w:bookmarkStart w:id="1579" w:name="_Toc365903185"/>
+      <w:bookmarkStart w:id="1580" w:name="_Toc365904365"/>
+      <w:bookmarkStart w:id="1581" w:name="_Toc365905738"/>
+      <w:bookmarkStart w:id="1582" w:name="_Toc323388326"/>
+      <w:bookmarkStart w:id="1583" w:name="_Toc323388841"/>
+      <w:bookmarkStart w:id="1584" w:name="_Toc323389755"/>
+      <w:bookmarkStart w:id="1585" w:name="_Toc323393172"/>
+      <w:bookmarkStart w:id="1586" w:name="_Toc323817017"/>
+      <w:bookmarkStart w:id="1587" w:name="_Toc323817532"/>
+      <w:bookmarkStart w:id="1588" w:name="_Toc323903409"/>
+      <w:bookmarkStart w:id="1589" w:name="_Toc323388327"/>
+      <w:bookmarkStart w:id="1590" w:name="_Toc323388842"/>
+      <w:bookmarkStart w:id="1591" w:name="_Toc323389756"/>
+      <w:bookmarkStart w:id="1592" w:name="_Toc323393173"/>
+      <w:bookmarkStart w:id="1593" w:name="_Toc323817018"/>
+      <w:bookmarkStart w:id="1594" w:name="_Toc323817533"/>
+      <w:bookmarkStart w:id="1595" w:name="_Toc323903410"/>
+      <w:bookmarkStart w:id="1596" w:name="_Toc323388328"/>
+      <w:bookmarkStart w:id="1597" w:name="_Toc323388843"/>
+      <w:bookmarkStart w:id="1598" w:name="_Toc323389757"/>
+      <w:bookmarkStart w:id="1599" w:name="_Toc323393174"/>
+      <w:bookmarkStart w:id="1600" w:name="_Toc323817019"/>
+      <w:bookmarkStart w:id="1601" w:name="_Toc323817534"/>
+      <w:bookmarkStart w:id="1602" w:name="_Toc323903411"/>
+      <w:bookmarkStart w:id="1603" w:name="_Toc323388329"/>
+      <w:bookmarkStart w:id="1604" w:name="_Toc323388844"/>
+      <w:bookmarkStart w:id="1605" w:name="_Toc323389758"/>
+      <w:bookmarkStart w:id="1606" w:name="_Toc323393175"/>
+      <w:bookmarkStart w:id="1607" w:name="_Toc323817020"/>
+      <w:bookmarkStart w:id="1608" w:name="_Toc323817535"/>
+      <w:bookmarkStart w:id="1609" w:name="_Toc323903412"/>
+      <w:bookmarkStart w:id="1610" w:name="_Toc323388330"/>
+      <w:bookmarkStart w:id="1611" w:name="_Toc323388845"/>
+      <w:bookmarkStart w:id="1612" w:name="_Toc323389759"/>
+      <w:bookmarkStart w:id="1613" w:name="_Toc323393176"/>
+      <w:bookmarkStart w:id="1614" w:name="_Toc323817021"/>
+      <w:bookmarkStart w:id="1615" w:name="_Toc323817536"/>
+      <w:bookmarkStart w:id="1616" w:name="_Toc323903413"/>
+      <w:bookmarkStart w:id="1617" w:name="_Toc323388333"/>
+      <w:bookmarkStart w:id="1618" w:name="_Toc323388848"/>
+      <w:bookmarkStart w:id="1619" w:name="_Toc323389762"/>
+      <w:bookmarkStart w:id="1620" w:name="_Toc323393179"/>
+      <w:bookmarkStart w:id="1621" w:name="_Toc323817024"/>
+      <w:bookmarkStart w:id="1622" w:name="_Toc323817539"/>
+      <w:bookmarkStart w:id="1623" w:name="_Toc323903416"/>
+      <w:bookmarkStart w:id="1624" w:name="_Toc323388334"/>
+      <w:bookmarkStart w:id="1625" w:name="_Toc323388849"/>
+      <w:bookmarkStart w:id="1626" w:name="_Toc323389763"/>
+      <w:bookmarkStart w:id="1627" w:name="_Toc323393180"/>
+      <w:bookmarkStart w:id="1628" w:name="_Toc323817025"/>
+      <w:bookmarkStart w:id="1629" w:name="_Toc323817540"/>
+      <w:bookmarkStart w:id="1630" w:name="_Toc323903417"/>
+      <w:bookmarkStart w:id="1631" w:name="_Toc323388337"/>
+      <w:bookmarkStart w:id="1632" w:name="_Toc323388852"/>
+      <w:bookmarkStart w:id="1633" w:name="_Toc323389766"/>
+      <w:bookmarkStart w:id="1634" w:name="_Toc323393183"/>
+      <w:bookmarkStart w:id="1635" w:name="_Toc323817028"/>
+      <w:bookmarkStart w:id="1636" w:name="_Toc323817543"/>
+      <w:bookmarkStart w:id="1637" w:name="_Toc323903420"/>
+      <w:bookmarkStart w:id="1638" w:name="_Toc365899532"/>
+      <w:bookmarkStart w:id="1639" w:name="_Toc365903192"/>
+      <w:bookmarkStart w:id="1640" w:name="_Toc365904372"/>
+      <w:bookmarkStart w:id="1641" w:name="_Toc365905745"/>
+      <w:bookmarkStart w:id="1642" w:name="_Toc365899539"/>
+      <w:bookmarkStart w:id="1643" w:name="_Toc365903199"/>
+      <w:bookmarkStart w:id="1644" w:name="_Toc365904379"/>
+      <w:bookmarkStart w:id="1645" w:name="_Toc365905752"/>
+      <w:bookmarkStart w:id="1646" w:name="_Toc365899543"/>
+      <w:bookmarkStart w:id="1647" w:name="_Toc365903203"/>
+      <w:bookmarkStart w:id="1648" w:name="_Toc365904383"/>
+      <w:bookmarkStart w:id="1649" w:name="_Toc365905756"/>
+      <w:bookmarkStart w:id="1650" w:name="_Toc365899545"/>
+      <w:bookmarkStart w:id="1651" w:name="_Toc365903205"/>
+      <w:bookmarkStart w:id="1652" w:name="_Toc365904385"/>
+      <w:bookmarkStart w:id="1653" w:name="_Toc365905758"/>
+      <w:bookmarkStart w:id="1654" w:name="_Toc365899547"/>
+      <w:bookmarkStart w:id="1655" w:name="_Toc365903207"/>
+      <w:bookmarkStart w:id="1656" w:name="_Toc365904387"/>
+      <w:bookmarkStart w:id="1657" w:name="_Toc365905760"/>
+      <w:bookmarkStart w:id="1658" w:name="_Toc365899548"/>
+      <w:bookmarkStart w:id="1659" w:name="_Toc365903208"/>
+      <w:bookmarkStart w:id="1660" w:name="_Toc365904388"/>
+      <w:bookmarkStart w:id="1661" w:name="_Toc365905761"/>
+      <w:bookmarkStart w:id="1662" w:name="_Toc365899549"/>
+      <w:bookmarkStart w:id="1663" w:name="_Toc365903209"/>
+      <w:bookmarkStart w:id="1664" w:name="_Toc365904389"/>
+      <w:bookmarkStart w:id="1665" w:name="_Toc365905762"/>
+      <w:bookmarkStart w:id="1666" w:name="_Toc365899552"/>
+      <w:bookmarkStart w:id="1667" w:name="_Toc365903212"/>
+      <w:bookmarkStart w:id="1668" w:name="_Toc365904392"/>
+      <w:bookmarkStart w:id="1669" w:name="_Toc365905765"/>
+      <w:bookmarkStart w:id="1670" w:name="_Toc358044096"/>
+      <w:bookmarkStart w:id="1671" w:name="_Toc358129512"/>
+      <w:bookmarkStart w:id="1672" w:name="_Toc358293707"/>
+      <w:bookmarkStart w:id="1673" w:name="_Toc358044101"/>
+      <w:bookmarkStart w:id="1674" w:name="_Toc358129517"/>
+      <w:bookmarkStart w:id="1675" w:name="_Toc358293712"/>
+      <w:bookmarkStart w:id="1676" w:name="_Toc358044102"/>
+      <w:bookmarkStart w:id="1677" w:name="_Toc358129518"/>
+      <w:bookmarkStart w:id="1678" w:name="_Toc358293713"/>
+      <w:bookmarkStart w:id="1679" w:name="_Toc358044103"/>
+      <w:bookmarkStart w:id="1680" w:name="_Toc358129519"/>
+      <w:bookmarkStart w:id="1681" w:name="_Toc358293714"/>
+      <w:bookmarkStart w:id="1682" w:name="_Toc358647210"/>
+      <w:bookmarkStart w:id="1683" w:name="_Toc358647215"/>
+      <w:bookmarkStart w:id="1684" w:name="_Toc358647216"/>
+      <w:bookmarkStart w:id="1685" w:name="_Toc358647217"/>
+      <w:bookmarkStart w:id="1686" w:name="_Toc316385784"/>
+      <w:bookmarkStart w:id="1687" w:name="_Toc316386142"/>
+      <w:bookmarkStart w:id="1688" w:name="_Toc316388726"/>
+      <w:bookmarkStart w:id="1689" w:name="_Toc316389153"/>
+      <w:bookmarkStart w:id="1690" w:name="_Toc316389449"/>
+      <w:bookmarkStart w:id="1691" w:name="_Toc316389848"/>
+      <w:bookmarkStart w:id="1692" w:name="_Toc316462440"/>
+      <w:bookmarkStart w:id="1693" w:name="_Toc316463797"/>
+      <w:bookmarkStart w:id="1694" w:name="_Toc316561665"/>
+      <w:bookmarkStart w:id="1695" w:name="_Toc318382438"/>
+      <w:bookmarkStart w:id="1696" w:name="_Toc321916545"/>
+      <w:bookmarkStart w:id="1697" w:name="_Toc321922405"/>
+      <w:bookmarkStart w:id="1698" w:name="_Toc322002538"/>
+      <w:bookmarkStart w:id="1699" w:name="_Toc322003019"/>
+      <w:bookmarkStart w:id="1700" w:name="_Toc322425641"/>
+      <w:bookmarkStart w:id="1701" w:name="_Toc323388339"/>
+      <w:bookmarkStart w:id="1702" w:name="_Toc323388854"/>
+      <w:bookmarkStart w:id="1703" w:name="_Toc323389768"/>
+      <w:bookmarkStart w:id="1704" w:name="_Toc323393185"/>
+      <w:bookmarkStart w:id="1705" w:name="_Toc323817030"/>
+      <w:bookmarkStart w:id="1706" w:name="_Toc323817545"/>
+      <w:bookmarkStart w:id="1707" w:name="_Toc323903422"/>
+      <w:bookmarkStart w:id="1708" w:name="_Toc316385785"/>
+      <w:bookmarkStart w:id="1709" w:name="_Toc316386143"/>
+      <w:bookmarkStart w:id="1710" w:name="_Toc316388727"/>
+      <w:bookmarkStart w:id="1711" w:name="_Toc316389154"/>
+      <w:bookmarkStart w:id="1712" w:name="_Toc316389450"/>
+      <w:bookmarkStart w:id="1713" w:name="_Toc316389849"/>
+      <w:bookmarkStart w:id="1714" w:name="_Toc316462441"/>
+      <w:bookmarkStart w:id="1715" w:name="_Toc316463798"/>
+      <w:bookmarkStart w:id="1716" w:name="_Toc316561666"/>
+      <w:bookmarkStart w:id="1717" w:name="_Toc318382439"/>
+      <w:bookmarkStart w:id="1718" w:name="_Toc321916546"/>
+      <w:bookmarkStart w:id="1719" w:name="_Toc321922406"/>
+      <w:bookmarkStart w:id="1720" w:name="_Toc322002539"/>
+      <w:bookmarkStart w:id="1721" w:name="_Toc322003020"/>
+      <w:bookmarkStart w:id="1722" w:name="_Toc322425642"/>
+      <w:bookmarkStart w:id="1723" w:name="_Toc323388340"/>
+      <w:bookmarkStart w:id="1724" w:name="_Toc323388855"/>
+      <w:bookmarkStart w:id="1725" w:name="_Toc323389769"/>
+      <w:bookmarkStart w:id="1726" w:name="_Toc323393186"/>
+      <w:bookmarkStart w:id="1727" w:name="_Toc323817031"/>
+      <w:bookmarkStart w:id="1728" w:name="_Toc323817546"/>
+      <w:bookmarkStart w:id="1729" w:name="_Toc323903423"/>
+      <w:bookmarkStart w:id="1730" w:name="_Toc316385786"/>
+      <w:bookmarkStart w:id="1731" w:name="_Toc316386144"/>
+      <w:bookmarkStart w:id="1732" w:name="_Toc316388728"/>
+      <w:bookmarkStart w:id="1733" w:name="_Toc316389155"/>
+      <w:bookmarkStart w:id="1734" w:name="_Toc316389451"/>
+      <w:bookmarkStart w:id="1735" w:name="_Toc316389850"/>
+      <w:bookmarkStart w:id="1736" w:name="_Toc316462442"/>
+      <w:bookmarkStart w:id="1737" w:name="_Toc316463799"/>
+      <w:bookmarkStart w:id="1738" w:name="_Toc316561667"/>
+      <w:bookmarkStart w:id="1739" w:name="_Toc318382440"/>
+      <w:bookmarkStart w:id="1740" w:name="_Toc321916547"/>
+      <w:bookmarkStart w:id="1741" w:name="_Toc321922407"/>
+      <w:bookmarkStart w:id="1742" w:name="_Toc322002540"/>
+      <w:bookmarkStart w:id="1743" w:name="_Toc322003021"/>
+      <w:bookmarkStart w:id="1744" w:name="_Toc322425643"/>
+      <w:bookmarkStart w:id="1745" w:name="_Toc323388341"/>
+      <w:bookmarkStart w:id="1746" w:name="_Toc323388856"/>
+      <w:bookmarkStart w:id="1747" w:name="_Toc323389770"/>
+      <w:bookmarkStart w:id="1748" w:name="_Toc323393187"/>
+      <w:bookmarkStart w:id="1749" w:name="_Toc323817032"/>
+      <w:bookmarkStart w:id="1750" w:name="_Toc323817547"/>
+      <w:bookmarkStart w:id="1751" w:name="_Toc323903424"/>
+      <w:bookmarkStart w:id="1752" w:name="_Toc316385787"/>
+      <w:bookmarkStart w:id="1753" w:name="_Toc316386145"/>
+      <w:bookmarkStart w:id="1754" w:name="_Toc316388729"/>
+      <w:bookmarkStart w:id="1755" w:name="_Toc316389156"/>
+      <w:bookmarkStart w:id="1756" w:name="_Toc316389452"/>
+      <w:bookmarkStart w:id="1757" w:name="_Toc316389851"/>
+      <w:bookmarkStart w:id="1758" w:name="_Toc316462443"/>
+      <w:bookmarkStart w:id="1759" w:name="_Toc316463800"/>
+      <w:bookmarkStart w:id="1760" w:name="_Toc316561668"/>
+      <w:bookmarkStart w:id="1761" w:name="_Toc318382441"/>
+      <w:bookmarkStart w:id="1762" w:name="_Toc321916548"/>
+      <w:bookmarkStart w:id="1763" w:name="_Toc321922408"/>
+      <w:bookmarkStart w:id="1764" w:name="_Toc322002541"/>
+      <w:bookmarkStart w:id="1765" w:name="_Toc322003022"/>
+      <w:bookmarkStart w:id="1766" w:name="_Toc322425644"/>
+      <w:bookmarkStart w:id="1767" w:name="_Toc323388342"/>
+      <w:bookmarkStart w:id="1768" w:name="_Toc323388857"/>
+      <w:bookmarkStart w:id="1769" w:name="_Toc323389771"/>
+      <w:bookmarkStart w:id="1770" w:name="_Toc323393188"/>
+      <w:bookmarkStart w:id="1771" w:name="_Toc323817033"/>
+      <w:bookmarkStart w:id="1772" w:name="_Toc323817548"/>
+      <w:bookmarkStart w:id="1773" w:name="_Toc323903425"/>
+      <w:bookmarkStart w:id="1774" w:name="_Toc316385788"/>
+      <w:bookmarkStart w:id="1775" w:name="_Toc316386146"/>
+      <w:bookmarkStart w:id="1776" w:name="_Toc316388730"/>
+      <w:bookmarkStart w:id="1777" w:name="_Toc316389157"/>
+      <w:bookmarkStart w:id="1778" w:name="_Toc316389453"/>
+      <w:bookmarkStart w:id="1779" w:name="_Toc316389852"/>
+      <w:bookmarkStart w:id="1780" w:name="_Toc316462444"/>
+      <w:bookmarkStart w:id="1781" w:name="_Toc316463801"/>
+      <w:bookmarkStart w:id="1782" w:name="_Toc316561669"/>
+      <w:bookmarkStart w:id="1783" w:name="_Toc318382442"/>
+      <w:bookmarkStart w:id="1784" w:name="_Toc321916549"/>
+      <w:bookmarkStart w:id="1785" w:name="_Toc321922409"/>
+      <w:bookmarkStart w:id="1786" w:name="_Toc322002542"/>
+      <w:bookmarkStart w:id="1787" w:name="_Toc322003023"/>
+      <w:bookmarkStart w:id="1788" w:name="_Toc322425645"/>
+      <w:bookmarkStart w:id="1789" w:name="_Toc323388343"/>
+      <w:bookmarkStart w:id="1790" w:name="_Toc323388858"/>
+      <w:bookmarkStart w:id="1791" w:name="_Toc323389772"/>
+      <w:bookmarkStart w:id="1792" w:name="_Toc323393189"/>
+      <w:bookmarkStart w:id="1793" w:name="_Toc323817034"/>
+      <w:bookmarkStart w:id="1794" w:name="_Toc323817549"/>
+      <w:bookmarkStart w:id="1795" w:name="_Toc323903426"/>
+      <w:bookmarkStart w:id="1796" w:name="_Toc316385789"/>
+      <w:bookmarkStart w:id="1797" w:name="_Toc316386147"/>
+      <w:bookmarkStart w:id="1798" w:name="_Toc316388731"/>
+      <w:bookmarkStart w:id="1799" w:name="_Toc316389158"/>
+      <w:bookmarkStart w:id="1800" w:name="_Toc316389454"/>
+      <w:bookmarkStart w:id="1801" w:name="_Toc316389853"/>
+      <w:bookmarkStart w:id="1802" w:name="_Toc316462445"/>
+      <w:bookmarkStart w:id="1803" w:name="_Toc316463802"/>
+      <w:bookmarkStart w:id="1804" w:name="_Toc316561670"/>
+      <w:bookmarkStart w:id="1805" w:name="_Toc318382443"/>
+      <w:bookmarkStart w:id="1806" w:name="_Toc321916550"/>
+      <w:bookmarkStart w:id="1807" w:name="_Toc321922410"/>
+      <w:bookmarkStart w:id="1808" w:name="_Toc322002543"/>
+      <w:bookmarkStart w:id="1809" w:name="_Toc322003024"/>
+      <w:bookmarkStart w:id="1810" w:name="_Toc322425646"/>
+      <w:bookmarkStart w:id="1811" w:name="_Toc323388344"/>
+      <w:bookmarkStart w:id="1812" w:name="_Toc323388859"/>
+      <w:bookmarkStart w:id="1813" w:name="_Toc323389773"/>
+      <w:bookmarkStart w:id="1814" w:name="_Toc323393190"/>
+      <w:bookmarkStart w:id="1815" w:name="_Toc323817035"/>
+      <w:bookmarkStart w:id="1816" w:name="_Toc323817550"/>
+      <w:bookmarkStart w:id="1817" w:name="_Toc323903427"/>
+      <w:bookmarkStart w:id="1818" w:name="_Toc316385790"/>
+      <w:bookmarkStart w:id="1819" w:name="_Toc316386148"/>
+      <w:bookmarkStart w:id="1820" w:name="_Toc316388732"/>
+      <w:bookmarkStart w:id="1821" w:name="_Toc316389159"/>
+      <w:bookmarkStart w:id="1822" w:name="_Toc316389455"/>
+      <w:bookmarkStart w:id="1823" w:name="_Toc316389854"/>
+      <w:bookmarkStart w:id="1824" w:name="_Toc316462446"/>
+      <w:bookmarkStart w:id="1825" w:name="_Toc316463803"/>
+      <w:bookmarkStart w:id="1826" w:name="_Toc316561671"/>
+      <w:bookmarkStart w:id="1827" w:name="_Toc318382444"/>
+      <w:bookmarkStart w:id="1828" w:name="_Toc321916551"/>
+      <w:bookmarkStart w:id="1829" w:name="_Toc321922411"/>
+      <w:bookmarkStart w:id="1830" w:name="_Toc322002544"/>
+      <w:bookmarkStart w:id="1831" w:name="_Toc322003025"/>
+      <w:bookmarkStart w:id="1832" w:name="_Toc322425647"/>
+      <w:bookmarkStart w:id="1833" w:name="_Toc323388345"/>
+      <w:bookmarkStart w:id="1834" w:name="_Toc323388860"/>
+      <w:bookmarkStart w:id="1835" w:name="_Toc323389774"/>
+      <w:bookmarkStart w:id="1836" w:name="_Toc323393191"/>
+      <w:bookmarkStart w:id="1837" w:name="_Toc323817036"/>
+      <w:bookmarkStart w:id="1838" w:name="_Toc323817551"/>
+      <w:bookmarkStart w:id="1839" w:name="_Toc323903428"/>
+      <w:bookmarkStart w:id="1840" w:name="_Toc316385791"/>
+      <w:bookmarkStart w:id="1841" w:name="_Toc316386149"/>
+      <w:bookmarkStart w:id="1842" w:name="_Toc316388733"/>
+      <w:bookmarkStart w:id="1843" w:name="_Toc316389160"/>
+      <w:bookmarkStart w:id="1844" w:name="_Toc316389456"/>
+      <w:bookmarkStart w:id="1845" w:name="_Toc316389855"/>
+      <w:bookmarkStart w:id="1846" w:name="_Toc316462447"/>
+      <w:bookmarkStart w:id="1847" w:name="_Toc316463804"/>
+      <w:bookmarkStart w:id="1848" w:name="_Toc316561672"/>
+      <w:bookmarkStart w:id="1849" w:name="_Toc318382445"/>
+      <w:bookmarkStart w:id="1850" w:name="_Toc321916552"/>
+      <w:bookmarkStart w:id="1851" w:name="_Toc321922412"/>
+      <w:bookmarkStart w:id="1852" w:name="_Toc322002545"/>
+      <w:bookmarkStart w:id="1853" w:name="_Toc322003026"/>
+      <w:bookmarkStart w:id="1854" w:name="_Toc322425648"/>
+      <w:bookmarkStart w:id="1855" w:name="_Toc323388346"/>
+      <w:bookmarkStart w:id="1856" w:name="_Toc323388861"/>
+      <w:bookmarkStart w:id="1857" w:name="_Toc323389775"/>
+      <w:bookmarkStart w:id="1858" w:name="_Toc323393192"/>
+      <w:bookmarkStart w:id="1859" w:name="_Toc323817037"/>
+      <w:bookmarkStart w:id="1860" w:name="_Toc323817552"/>
+      <w:bookmarkStart w:id="1861" w:name="_Toc323903429"/>
+      <w:bookmarkStart w:id="1862" w:name="_Toc316385792"/>
+      <w:bookmarkStart w:id="1863" w:name="_Toc316386150"/>
+      <w:bookmarkStart w:id="1864" w:name="_Toc316388734"/>
+      <w:bookmarkStart w:id="1865" w:name="_Toc316389161"/>
+      <w:bookmarkStart w:id="1866" w:name="_Toc316389457"/>
+      <w:bookmarkStart w:id="1867" w:name="_Toc316389856"/>
+      <w:bookmarkStart w:id="1868" w:name="_Toc316462448"/>
+      <w:bookmarkStart w:id="1869" w:name="_Toc316463805"/>
+      <w:bookmarkStart w:id="1870" w:name="_Toc316561673"/>
+      <w:bookmarkStart w:id="1871" w:name="_Toc318382446"/>
+      <w:bookmarkStart w:id="1872" w:name="_Toc321916553"/>
+      <w:bookmarkStart w:id="1873" w:name="_Toc321922413"/>
+      <w:bookmarkStart w:id="1874" w:name="_Toc322002546"/>
+      <w:bookmarkStart w:id="1875" w:name="_Toc322003027"/>
+      <w:bookmarkStart w:id="1876" w:name="_Toc322425649"/>
+      <w:bookmarkStart w:id="1877" w:name="_Toc323388347"/>
+      <w:bookmarkStart w:id="1878" w:name="_Toc323388862"/>
+      <w:bookmarkStart w:id="1879" w:name="_Toc323389776"/>
+      <w:bookmarkStart w:id="1880" w:name="_Toc323393193"/>
+      <w:bookmarkStart w:id="1881" w:name="_Toc323817038"/>
+      <w:bookmarkStart w:id="1882" w:name="_Toc323817553"/>
+      <w:bookmarkStart w:id="1883" w:name="_Toc323903430"/>
+      <w:bookmarkStart w:id="1884" w:name="_Toc316385793"/>
+      <w:bookmarkStart w:id="1885" w:name="_Toc316386151"/>
+      <w:bookmarkStart w:id="1886" w:name="_Toc316388735"/>
+      <w:bookmarkStart w:id="1887" w:name="_Toc316389162"/>
+      <w:bookmarkStart w:id="1888" w:name="_Toc316389458"/>
+      <w:bookmarkStart w:id="1889" w:name="_Toc316389857"/>
+      <w:bookmarkStart w:id="1890" w:name="_Toc316462449"/>
+      <w:bookmarkStart w:id="1891" w:name="_Toc316463806"/>
+      <w:bookmarkStart w:id="1892" w:name="_Toc316561674"/>
+      <w:bookmarkStart w:id="1893" w:name="_Toc318382447"/>
+      <w:bookmarkStart w:id="1894" w:name="_Toc321916554"/>
+      <w:bookmarkStart w:id="1895" w:name="_Toc321922414"/>
+      <w:bookmarkStart w:id="1896" w:name="_Toc322002547"/>
+      <w:bookmarkStart w:id="1897" w:name="_Toc322003028"/>
+      <w:bookmarkStart w:id="1898" w:name="_Toc322425650"/>
+      <w:bookmarkStart w:id="1899" w:name="_Toc323388348"/>
+      <w:bookmarkStart w:id="1900" w:name="_Toc323388863"/>
+      <w:bookmarkStart w:id="1901" w:name="_Toc323389777"/>
+      <w:bookmarkStart w:id="1902" w:name="_Toc323393194"/>
+      <w:bookmarkStart w:id="1903" w:name="_Toc323817039"/>
+      <w:bookmarkStart w:id="1904" w:name="_Toc323817554"/>
+      <w:bookmarkStart w:id="1905" w:name="_Toc323903431"/>
+      <w:bookmarkStart w:id="1906" w:name="_Toc316385794"/>
+      <w:bookmarkStart w:id="1907" w:name="_Toc316386152"/>
+      <w:bookmarkStart w:id="1908" w:name="_Toc316388736"/>
+      <w:bookmarkStart w:id="1909" w:name="_Toc316389163"/>
+      <w:bookmarkStart w:id="1910" w:name="_Toc316389459"/>
+      <w:bookmarkStart w:id="1911" w:name="_Toc316389858"/>
+      <w:bookmarkStart w:id="1912" w:name="_Toc316462450"/>
+      <w:bookmarkStart w:id="1913" w:name="_Toc316463807"/>
+      <w:bookmarkStart w:id="1914" w:name="_Toc316561675"/>
+      <w:bookmarkStart w:id="1915" w:name="_Toc318382448"/>
+      <w:bookmarkStart w:id="1916" w:name="_Toc321916555"/>
+      <w:bookmarkStart w:id="1917" w:name="_Toc321922415"/>
+      <w:bookmarkStart w:id="1918" w:name="_Toc322002548"/>
+      <w:bookmarkStart w:id="1919" w:name="_Toc322003029"/>
+      <w:bookmarkStart w:id="1920" w:name="_Toc322425651"/>
+      <w:bookmarkStart w:id="1921" w:name="_Toc323388349"/>
+      <w:bookmarkStart w:id="1922" w:name="_Toc323388864"/>
+      <w:bookmarkStart w:id="1923" w:name="_Toc323389778"/>
+      <w:bookmarkStart w:id="1924" w:name="_Toc323393195"/>
+      <w:bookmarkStart w:id="1925" w:name="_Toc323817040"/>
+      <w:bookmarkStart w:id="1926" w:name="_Toc323817555"/>
+      <w:bookmarkStart w:id="1927" w:name="_Toc323903432"/>
+      <w:bookmarkStart w:id="1928" w:name="_Toc316385795"/>
+      <w:bookmarkStart w:id="1929" w:name="_Toc316386153"/>
+      <w:bookmarkStart w:id="1930" w:name="_Toc316388737"/>
+      <w:bookmarkStart w:id="1931" w:name="_Toc316389164"/>
+      <w:bookmarkStart w:id="1932" w:name="_Toc316389460"/>
+      <w:bookmarkStart w:id="1933" w:name="_Toc316389859"/>
+      <w:bookmarkStart w:id="1934" w:name="_Toc316462451"/>
+      <w:bookmarkStart w:id="1935" w:name="_Toc316463808"/>
+      <w:bookmarkStart w:id="1936" w:name="_Toc316561676"/>
+      <w:bookmarkStart w:id="1937" w:name="_Toc318382449"/>
+      <w:bookmarkStart w:id="1938" w:name="_Toc321916556"/>
+      <w:bookmarkStart w:id="1939" w:name="_Toc321922416"/>
+      <w:bookmarkStart w:id="1940" w:name="_Toc322002549"/>
+      <w:bookmarkStart w:id="1941" w:name="_Toc322003030"/>
+      <w:bookmarkStart w:id="1942" w:name="_Toc322425652"/>
+      <w:bookmarkStart w:id="1943" w:name="_Toc323388350"/>
+      <w:bookmarkStart w:id="1944" w:name="_Toc323388865"/>
+      <w:bookmarkStart w:id="1945" w:name="_Toc323389779"/>
+      <w:bookmarkStart w:id="1946" w:name="_Toc323393196"/>
+      <w:bookmarkStart w:id="1947" w:name="_Toc323817041"/>
+      <w:bookmarkStart w:id="1948" w:name="_Toc323817556"/>
+      <w:bookmarkStart w:id="1949" w:name="_Toc323903433"/>
+      <w:bookmarkStart w:id="1950" w:name="_Toc316385796"/>
+      <w:bookmarkStart w:id="1951" w:name="_Toc316386154"/>
+      <w:bookmarkStart w:id="1952" w:name="_Toc316388738"/>
+      <w:bookmarkStart w:id="1953" w:name="_Toc316389165"/>
+      <w:bookmarkStart w:id="1954" w:name="_Toc316389461"/>
+      <w:bookmarkStart w:id="1955" w:name="_Toc316389860"/>
+      <w:bookmarkStart w:id="1956" w:name="_Toc316462452"/>
+      <w:bookmarkStart w:id="1957" w:name="_Toc316463809"/>
+      <w:bookmarkStart w:id="1958" w:name="_Toc316561677"/>
+      <w:bookmarkStart w:id="1959" w:name="_Toc318382450"/>
+      <w:bookmarkStart w:id="1960" w:name="_Toc321916557"/>
+      <w:bookmarkStart w:id="1961" w:name="_Toc321922417"/>
+      <w:bookmarkStart w:id="1962" w:name="_Toc322002550"/>
+      <w:bookmarkStart w:id="1963" w:name="_Toc322003031"/>
+      <w:bookmarkStart w:id="1964" w:name="_Toc322425653"/>
+      <w:bookmarkStart w:id="1965" w:name="_Toc323388351"/>
+      <w:bookmarkStart w:id="1966" w:name="_Toc323388866"/>
+      <w:bookmarkStart w:id="1967" w:name="_Toc323389780"/>
+      <w:bookmarkStart w:id="1968" w:name="_Toc323393197"/>
+      <w:bookmarkStart w:id="1969" w:name="_Toc323817042"/>
+      <w:bookmarkStart w:id="1970" w:name="_Toc323817557"/>
+      <w:bookmarkStart w:id="1971" w:name="_Toc323903434"/>
+      <w:bookmarkStart w:id="1972" w:name="_Toc316385797"/>
+      <w:bookmarkStart w:id="1973" w:name="_Toc316386155"/>
+      <w:bookmarkStart w:id="1974" w:name="_Toc316388739"/>
+      <w:bookmarkStart w:id="1975" w:name="_Toc316389166"/>
+      <w:bookmarkStart w:id="1976" w:name="_Toc316389462"/>
+      <w:bookmarkStart w:id="1977" w:name="_Toc316389861"/>
+      <w:bookmarkStart w:id="1978" w:name="_Toc316462453"/>
+      <w:bookmarkStart w:id="1979" w:name="_Toc316463810"/>
+      <w:bookmarkStart w:id="1980" w:name="_Toc316561678"/>
+      <w:bookmarkStart w:id="1981" w:name="_Toc318382451"/>
+      <w:bookmarkStart w:id="1982" w:name="_Toc321916558"/>
+      <w:bookmarkStart w:id="1983" w:name="_Toc321922418"/>
+      <w:bookmarkStart w:id="1984" w:name="_Toc322002551"/>
+      <w:bookmarkStart w:id="1985" w:name="_Toc322003032"/>
+      <w:bookmarkStart w:id="1986" w:name="_Toc322425654"/>
+      <w:bookmarkStart w:id="1987" w:name="_Toc323388352"/>
+      <w:bookmarkStart w:id="1988" w:name="_Toc323388867"/>
+      <w:bookmarkStart w:id="1989" w:name="_Toc323389781"/>
+      <w:bookmarkStart w:id="1990" w:name="_Toc323393198"/>
+      <w:bookmarkStart w:id="1991" w:name="_Toc323817043"/>
+      <w:bookmarkStart w:id="1992" w:name="_Toc323817558"/>
+      <w:bookmarkStart w:id="1993" w:name="_Toc323903435"/>
+      <w:bookmarkStart w:id="1994" w:name="_Toc316385798"/>
+      <w:bookmarkStart w:id="1995" w:name="_Toc316386156"/>
+      <w:bookmarkStart w:id="1996" w:name="_Toc316388740"/>
+      <w:bookmarkStart w:id="1997" w:name="_Toc316389167"/>
+      <w:bookmarkStart w:id="1998" w:name="_Toc316389463"/>
+      <w:bookmarkStart w:id="1999" w:name="_Toc316389862"/>
+      <w:bookmarkStart w:id="2000" w:name="_Toc316462454"/>
+      <w:bookmarkStart w:id="2001" w:name="_Toc316463811"/>
+      <w:bookmarkStart w:id="2002" w:name="_Toc316561679"/>
+      <w:bookmarkStart w:id="2003" w:name="_Toc318382452"/>
+      <w:bookmarkStart w:id="2004" w:name="_Toc321916559"/>
+      <w:bookmarkStart w:id="2005" w:name="_Toc321922419"/>
+      <w:bookmarkStart w:id="2006" w:name="_Toc322002552"/>
+      <w:bookmarkStart w:id="2007" w:name="_Toc322003033"/>
+      <w:bookmarkStart w:id="2008" w:name="_Toc322425655"/>
+      <w:bookmarkStart w:id="2009" w:name="_Toc323388353"/>
+      <w:bookmarkStart w:id="2010" w:name="_Toc323388868"/>
+      <w:bookmarkStart w:id="2011" w:name="_Toc323389782"/>
+      <w:bookmarkStart w:id="2012" w:name="_Toc323393199"/>
+      <w:bookmarkStart w:id="2013" w:name="_Toc323817044"/>
+      <w:bookmarkStart w:id="2014" w:name="_Toc323817559"/>
+      <w:bookmarkStart w:id="2015" w:name="_Toc323903436"/>
+      <w:bookmarkStart w:id="2016" w:name="_Toc316385799"/>
+      <w:bookmarkStart w:id="2017" w:name="_Toc316386157"/>
+      <w:bookmarkStart w:id="2018" w:name="_Toc316388741"/>
+      <w:bookmarkStart w:id="2019" w:name="_Toc316389168"/>
+      <w:bookmarkStart w:id="2020" w:name="_Toc316389464"/>
+      <w:bookmarkStart w:id="2021" w:name="_Toc316389863"/>
+      <w:bookmarkStart w:id="2022" w:name="_Toc316462455"/>
+      <w:bookmarkStart w:id="2023" w:name="_Toc316463812"/>
+      <w:bookmarkStart w:id="2024" w:name="_Toc316561680"/>
+      <w:bookmarkStart w:id="2025" w:name="_Toc318382453"/>
+      <w:bookmarkStart w:id="2026" w:name="_Toc321916560"/>
+      <w:bookmarkStart w:id="2027" w:name="_Toc321922420"/>
+      <w:bookmarkStart w:id="2028" w:name="_Toc322002553"/>
+      <w:bookmarkStart w:id="2029" w:name="_Toc322003034"/>
+      <w:bookmarkStart w:id="2030" w:name="_Toc322425656"/>
+      <w:bookmarkStart w:id="2031" w:name="_Toc323388354"/>
+      <w:bookmarkStart w:id="2032" w:name="_Toc323388869"/>
+      <w:bookmarkStart w:id="2033" w:name="_Toc323389783"/>
+      <w:bookmarkStart w:id="2034" w:name="_Toc323393200"/>
+      <w:bookmarkStart w:id="2035" w:name="_Toc323817045"/>
+      <w:bookmarkStart w:id="2036" w:name="_Toc323817560"/>
+      <w:bookmarkStart w:id="2037" w:name="_Toc323903437"/>
+      <w:bookmarkStart w:id="2038" w:name="_Toc316385800"/>
+      <w:bookmarkStart w:id="2039" w:name="_Toc316386158"/>
+      <w:bookmarkStart w:id="2040" w:name="_Toc316388742"/>
+      <w:bookmarkStart w:id="2041" w:name="_Toc316389169"/>
+      <w:bookmarkStart w:id="2042" w:name="_Toc316389465"/>
+      <w:bookmarkStart w:id="2043" w:name="_Toc316389864"/>
+      <w:bookmarkStart w:id="2044" w:name="_Toc316462456"/>
+      <w:bookmarkStart w:id="2045" w:name="_Toc316463813"/>
+      <w:bookmarkStart w:id="2046" w:name="_Toc316561681"/>
+      <w:bookmarkStart w:id="2047" w:name="_Toc318382454"/>
+      <w:bookmarkStart w:id="2048" w:name="_Toc321916561"/>
+      <w:bookmarkStart w:id="2049" w:name="_Toc321922421"/>
+      <w:bookmarkStart w:id="2050" w:name="_Toc322002554"/>
+      <w:bookmarkStart w:id="2051" w:name="_Toc322003035"/>
+      <w:bookmarkStart w:id="2052" w:name="_Toc322425657"/>
+      <w:bookmarkStart w:id="2053" w:name="_Toc323388355"/>
+      <w:bookmarkStart w:id="2054" w:name="_Toc323388870"/>
+      <w:bookmarkStart w:id="2055" w:name="_Toc323389784"/>
+      <w:bookmarkStart w:id="2056" w:name="_Toc323393201"/>
+      <w:bookmarkStart w:id="2057" w:name="_Toc323817046"/>
+      <w:bookmarkStart w:id="2058" w:name="_Toc323817561"/>
+      <w:bookmarkStart w:id="2059" w:name="_Toc323903438"/>
+      <w:bookmarkStart w:id="2060" w:name="_Toc316385801"/>
+      <w:bookmarkStart w:id="2061" w:name="_Toc316386159"/>
+      <w:bookmarkStart w:id="2062" w:name="_Toc316388743"/>
+      <w:bookmarkStart w:id="2063" w:name="_Toc316389170"/>
+      <w:bookmarkStart w:id="2064" w:name="_Toc316389466"/>
+      <w:bookmarkStart w:id="2065" w:name="_Toc316389865"/>
+      <w:bookmarkStart w:id="2066" w:name="_Toc316462457"/>
+      <w:bookmarkStart w:id="2067" w:name="_Toc316463814"/>
+      <w:bookmarkStart w:id="2068" w:name="_Toc316561682"/>
+      <w:bookmarkStart w:id="2069" w:name="_Toc318382455"/>
+      <w:bookmarkStart w:id="2070" w:name="_Toc321916562"/>
+      <w:bookmarkStart w:id="2071" w:name="_Toc321922422"/>
+      <w:bookmarkStart w:id="2072" w:name="_Toc322002555"/>
+      <w:bookmarkStart w:id="2073" w:name="_Toc322003036"/>
+      <w:bookmarkStart w:id="2074" w:name="_Toc322425658"/>
+      <w:bookmarkStart w:id="2075" w:name="_Toc323388356"/>
+      <w:bookmarkStart w:id="2076" w:name="_Toc323388871"/>
+      <w:bookmarkStart w:id="2077" w:name="_Toc323389785"/>
+      <w:bookmarkStart w:id="2078" w:name="_Toc323393202"/>
+      <w:bookmarkStart w:id="2079" w:name="_Toc323817047"/>
+      <w:bookmarkStart w:id="2080" w:name="_Toc323817562"/>
+      <w:bookmarkStart w:id="2081" w:name="_Toc323903439"/>
+      <w:bookmarkStart w:id="2082" w:name="_Toc316385802"/>
+      <w:bookmarkStart w:id="2083" w:name="_Toc316386160"/>
+      <w:bookmarkStart w:id="2084" w:name="_Toc316388744"/>
+      <w:bookmarkStart w:id="2085" w:name="_Toc316389171"/>
+      <w:bookmarkStart w:id="2086" w:name="_Toc316389467"/>
+      <w:bookmarkStart w:id="2087" w:name="_Toc316389866"/>
+      <w:bookmarkStart w:id="2088" w:name="_Toc316462458"/>
+      <w:bookmarkStart w:id="2089" w:name="_Toc316463815"/>
+      <w:bookmarkStart w:id="2090" w:name="_Toc316561683"/>
+      <w:bookmarkStart w:id="2091" w:name="_Toc318382456"/>
+      <w:bookmarkStart w:id="2092" w:name="_Toc321916563"/>
+      <w:bookmarkStart w:id="2093" w:name="_Toc321922423"/>
+      <w:bookmarkStart w:id="2094" w:name="_Toc322002556"/>
+      <w:bookmarkStart w:id="2095" w:name="_Toc322003037"/>
+      <w:bookmarkStart w:id="2096" w:name="_Toc322425659"/>
+      <w:bookmarkStart w:id="2097" w:name="_Toc323388357"/>
+      <w:bookmarkStart w:id="2098" w:name="_Toc323388872"/>
+      <w:bookmarkStart w:id="2099" w:name="_Toc323389786"/>
+      <w:bookmarkStart w:id="2100" w:name="_Toc323393203"/>
+      <w:bookmarkStart w:id="2101" w:name="_Toc323817048"/>
+      <w:bookmarkStart w:id="2102" w:name="_Toc323817563"/>
+      <w:bookmarkStart w:id="2103" w:name="_Toc323903440"/>
+      <w:bookmarkStart w:id="2104" w:name="_Toc316385803"/>
+      <w:bookmarkStart w:id="2105" w:name="_Toc316386161"/>
+      <w:bookmarkStart w:id="2106" w:name="_Toc316388745"/>
+      <w:bookmarkStart w:id="2107" w:name="_Toc316389172"/>
+      <w:bookmarkStart w:id="2108" w:name="_Toc316389468"/>
+      <w:bookmarkStart w:id="2109" w:name="_Toc316389867"/>
+      <w:bookmarkStart w:id="2110" w:name="_Toc316462459"/>
+      <w:bookmarkStart w:id="2111" w:name="_Toc316463816"/>
+      <w:bookmarkStart w:id="2112" w:name="_Toc316561684"/>
+      <w:bookmarkStart w:id="2113" w:name="_Toc318382457"/>
+      <w:bookmarkStart w:id="2114" w:name="_Toc321916564"/>
+      <w:bookmarkStart w:id="2115" w:name="_Toc321922424"/>
+      <w:bookmarkStart w:id="2116" w:name="_Toc322002557"/>
+      <w:bookmarkStart w:id="2117" w:name="_Toc322003038"/>
+      <w:bookmarkStart w:id="2118" w:name="_Toc322425660"/>
+      <w:bookmarkStart w:id="2119" w:name="_Toc323388358"/>
+      <w:bookmarkStart w:id="2120" w:name="_Toc323388873"/>
+      <w:bookmarkStart w:id="2121" w:name="_Toc323389787"/>
+      <w:bookmarkStart w:id="2122" w:name="_Toc323393204"/>
+      <w:bookmarkStart w:id="2123" w:name="_Toc323817049"/>
+      <w:bookmarkStart w:id="2124" w:name="_Toc323817564"/>
+      <w:bookmarkStart w:id="2125" w:name="_Toc323903441"/>
+      <w:bookmarkStart w:id="2126" w:name="_Toc316385804"/>
+      <w:bookmarkStart w:id="2127" w:name="_Toc316386162"/>
+      <w:bookmarkStart w:id="2128" w:name="_Toc316388746"/>
+      <w:bookmarkStart w:id="2129" w:name="_Toc316389173"/>
+      <w:bookmarkStart w:id="2130" w:name="_Toc316389469"/>
+      <w:bookmarkStart w:id="2131" w:name="_Toc316389868"/>
+      <w:bookmarkStart w:id="2132" w:name="_Toc316462460"/>
+      <w:bookmarkStart w:id="2133" w:name="_Toc316463817"/>
+      <w:bookmarkStart w:id="2134" w:name="_Toc316561685"/>
+      <w:bookmarkStart w:id="2135" w:name="_Toc318382458"/>
+      <w:bookmarkStart w:id="2136" w:name="_Toc321916565"/>
+      <w:bookmarkStart w:id="2137" w:name="_Toc321922425"/>
+      <w:bookmarkStart w:id="2138" w:name="_Toc322002558"/>
+      <w:bookmarkStart w:id="2139" w:name="_Toc322003039"/>
+      <w:bookmarkStart w:id="2140" w:name="_Toc322425661"/>
+      <w:bookmarkStart w:id="2141" w:name="_Toc323388359"/>
+      <w:bookmarkStart w:id="2142" w:name="_Toc323388874"/>
+      <w:bookmarkStart w:id="2143" w:name="_Toc323389788"/>
+      <w:bookmarkStart w:id="2144" w:name="_Toc323393205"/>
+      <w:bookmarkStart w:id="2145" w:name="_Toc323817050"/>
+      <w:bookmarkStart w:id="2146" w:name="_Toc323817565"/>
+      <w:bookmarkStart w:id="2147" w:name="_Toc323903442"/>
+      <w:bookmarkStart w:id="2148" w:name="_Toc316385805"/>
+      <w:bookmarkStart w:id="2149" w:name="_Toc316386163"/>
+      <w:bookmarkStart w:id="2150" w:name="_Toc316388747"/>
+      <w:bookmarkStart w:id="2151" w:name="_Toc316389174"/>
+      <w:bookmarkStart w:id="2152" w:name="_Toc316389470"/>
+      <w:bookmarkStart w:id="2153" w:name="_Toc316389869"/>
+      <w:bookmarkStart w:id="2154" w:name="_Toc316462461"/>
+      <w:bookmarkStart w:id="2155" w:name="_Toc316463818"/>
+      <w:bookmarkStart w:id="2156" w:name="_Toc316561686"/>
+      <w:bookmarkStart w:id="2157" w:name="_Toc318382459"/>
+      <w:bookmarkStart w:id="2158" w:name="_Toc321916566"/>
+      <w:bookmarkStart w:id="2159" w:name="_Toc321922426"/>
+      <w:bookmarkStart w:id="2160" w:name="_Toc322002559"/>
+      <w:bookmarkStart w:id="2161" w:name="_Toc322003040"/>
+      <w:bookmarkStart w:id="2162" w:name="_Toc322425662"/>
+      <w:bookmarkStart w:id="2163" w:name="_Toc323388360"/>
+      <w:bookmarkStart w:id="2164" w:name="_Toc323388875"/>
+      <w:bookmarkStart w:id="2165" w:name="_Toc323389789"/>
+      <w:bookmarkStart w:id="2166" w:name="_Toc323393206"/>
+      <w:bookmarkStart w:id="2167" w:name="_Toc323817051"/>
+      <w:bookmarkStart w:id="2168" w:name="_Toc323817566"/>
+      <w:bookmarkStart w:id="2169" w:name="_Toc323903443"/>
+      <w:bookmarkStart w:id="2170" w:name="_Toc316385806"/>
+      <w:bookmarkStart w:id="2171" w:name="_Toc316386164"/>
+      <w:bookmarkStart w:id="2172" w:name="_Toc316388748"/>
+      <w:bookmarkStart w:id="2173" w:name="_Toc316389175"/>
+      <w:bookmarkStart w:id="2174" w:name="_Toc316389471"/>
+      <w:bookmarkStart w:id="2175" w:name="_Toc316389870"/>
+      <w:bookmarkStart w:id="2176" w:name="_Toc316462462"/>
+      <w:bookmarkStart w:id="2177" w:name="_Toc316463819"/>
+      <w:bookmarkStart w:id="2178" w:name="_Toc316561687"/>
+      <w:bookmarkStart w:id="2179" w:name="_Toc318382460"/>
+      <w:bookmarkStart w:id="2180" w:name="_Toc321916567"/>
+      <w:bookmarkStart w:id="2181" w:name="_Toc321922427"/>
+      <w:bookmarkStart w:id="2182" w:name="_Toc322002560"/>
+      <w:bookmarkStart w:id="2183" w:name="_Toc322003041"/>
+      <w:bookmarkStart w:id="2184" w:name="_Toc322425663"/>
+      <w:bookmarkStart w:id="2185" w:name="_Toc323388361"/>
+      <w:bookmarkStart w:id="2186" w:name="_Toc323388876"/>
+      <w:bookmarkStart w:id="2187" w:name="_Toc323389790"/>
+      <w:bookmarkStart w:id="2188" w:name="_Toc323393207"/>
+      <w:bookmarkStart w:id="2189" w:name="_Toc323817052"/>
+      <w:bookmarkStart w:id="2190" w:name="_Toc323817567"/>
+      <w:bookmarkStart w:id="2191" w:name="_Toc323903444"/>
+      <w:bookmarkStart w:id="2192" w:name="_Toc316385807"/>
+      <w:bookmarkStart w:id="2193" w:name="_Toc316386165"/>
+      <w:bookmarkStart w:id="2194" w:name="_Toc316388749"/>
+      <w:bookmarkStart w:id="2195" w:name="_Toc316389176"/>
+      <w:bookmarkStart w:id="2196" w:name="_Toc316389472"/>
+      <w:bookmarkStart w:id="2197" w:name="_Toc316389871"/>
+      <w:bookmarkStart w:id="2198" w:name="_Toc316462463"/>
+      <w:bookmarkStart w:id="2199" w:name="_Toc316463820"/>
+      <w:bookmarkStart w:id="2200" w:name="_Toc316561688"/>
+      <w:bookmarkStart w:id="2201" w:name="_Toc318382461"/>
+      <w:bookmarkStart w:id="2202" w:name="_Toc321916568"/>
+      <w:bookmarkStart w:id="2203" w:name="_Toc321922428"/>
+      <w:bookmarkStart w:id="2204" w:name="_Toc322002561"/>
+      <w:bookmarkStart w:id="2205" w:name="_Toc322003042"/>
+      <w:bookmarkStart w:id="2206" w:name="_Toc322425664"/>
+      <w:bookmarkStart w:id="2207" w:name="_Toc323388362"/>
+      <w:bookmarkStart w:id="2208" w:name="_Toc323388877"/>
+      <w:bookmarkStart w:id="2209" w:name="_Toc323389791"/>
+      <w:bookmarkStart w:id="2210" w:name="_Toc323393208"/>
+      <w:bookmarkStart w:id="2211" w:name="_Toc323817053"/>
+      <w:bookmarkStart w:id="2212" w:name="_Toc323817568"/>
+      <w:bookmarkStart w:id="2213" w:name="_Toc323903445"/>
+      <w:bookmarkStart w:id="2214" w:name="_Toc316385808"/>
+      <w:bookmarkStart w:id="2215" w:name="_Toc316386166"/>
+      <w:bookmarkStart w:id="2216" w:name="_Toc316388750"/>
+      <w:bookmarkStart w:id="2217" w:name="_Toc316389177"/>
+      <w:bookmarkStart w:id="2218" w:name="_Toc316389473"/>
+      <w:bookmarkStart w:id="2219" w:name="_Toc316389872"/>
+      <w:bookmarkStart w:id="2220" w:name="_Toc316462464"/>
+      <w:bookmarkStart w:id="2221" w:name="_Toc316463821"/>
+      <w:bookmarkStart w:id="2222" w:name="_Toc316561689"/>
+      <w:bookmarkStart w:id="2223" w:name="_Toc318382462"/>
+      <w:bookmarkStart w:id="2224" w:name="_Toc321916569"/>
+      <w:bookmarkStart w:id="2225" w:name="_Toc321922429"/>
+      <w:bookmarkStart w:id="2226" w:name="_Toc322002562"/>
+      <w:bookmarkStart w:id="2227" w:name="_Toc322003043"/>
+      <w:bookmarkStart w:id="2228" w:name="_Toc322425665"/>
+      <w:bookmarkStart w:id="2229" w:name="_Toc323388363"/>
+      <w:bookmarkStart w:id="2230" w:name="_Toc323388878"/>
+      <w:bookmarkStart w:id="2231" w:name="_Toc323389792"/>
+      <w:bookmarkStart w:id="2232" w:name="_Toc323393209"/>
+      <w:bookmarkStart w:id="2233" w:name="_Toc323817054"/>
+      <w:bookmarkStart w:id="2234" w:name="_Toc323817569"/>
+      <w:bookmarkStart w:id="2235" w:name="_Toc323903446"/>
+      <w:bookmarkStart w:id="2236" w:name="_Toc316385809"/>
+      <w:bookmarkStart w:id="2237" w:name="_Toc316386167"/>
+      <w:bookmarkStart w:id="2238" w:name="_Toc316388751"/>
+      <w:bookmarkStart w:id="2239" w:name="_Toc316389178"/>
+      <w:bookmarkStart w:id="2240" w:name="_Toc316389474"/>
+      <w:bookmarkStart w:id="2241" w:name="_Toc316389873"/>
+      <w:bookmarkStart w:id="2242" w:name="_Toc316462465"/>
+      <w:bookmarkStart w:id="2243" w:name="_Toc316463822"/>
+      <w:bookmarkStart w:id="2244" w:name="_Toc316561690"/>
+      <w:bookmarkStart w:id="2245" w:name="_Toc318382463"/>
+      <w:bookmarkStart w:id="2246" w:name="_Toc321916570"/>
+      <w:bookmarkStart w:id="2247" w:name="_Toc321922430"/>
+      <w:bookmarkStart w:id="2248" w:name="_Toc322002563"/>
+      <w:bookmarkStart w:id="2249" w:name="_Toc322003044"/>
+      <w:bookmarkStart w:id="2250" w:name="_Toc322425666"/>
+      <w:bookmarkStart w:id="2251" w:name="_Toc323388364"/>
+      <w:bookmarkStart w:id="2252" w:name="_Toc323388879"/>
+      <w:bookmarkStart w:id="2253" w:name="_Toc323389793"/>
+      <w:bookmarkStart w:id="2254" w:name="_Toc323393210"/>
+      <w:bookmarkStart w:id="2255" w:name="_Toc323817055"/>
+      <w:bookmarkStart w:id="2256" w:name="_Toc323817570"/>
+      <w:bookmarkStart w:id="2257" w:name="_Toc323903447"/>
+      <w:bookmarkStart w:id="2258" w:name="_Toc316385810"/>
+      <w:bookmarkStart w:id="2259" w:name="_Toc316386168"/>
+      <w:bookmarkStart w:id="2260" w:name="_Toc316388752"/>
+      <w:bookmarkStart w:id="2261" w:name="_Toc316389179"/>
+      <w:bookmarkStart w:id="2262" w:name="_Toc316389475"/>
+      <w:bookmarkStart w:id="2263" w:name="_Toc316389874"/>
+      <w:bookmarkStart w:id="2264" w:name="_Toc316462466"/>
+      <w:bookmarkStart w:id="2265" w:name="_Toc316463823"/>
+      <w:bookmarkStart w:id="2266" w:name="_Toc316561691"/>
+      <w:bookmarkStart w:id="2267" w:name="_Toc318382464"/>
+      <w:bookmarkStart w:id="2268" w:name="_Toc321916571"/>
+      <w:bookmarkStart w:id="2269" w:name="_Toc321922431"/>
+      <w:bookmarkStart w:id="2270" w:name="_Toc322002564"/>
+      <w:bookmarkStart w:id="2271" w:name="_Toc322003045"/>
+      <w:bookmarkStart w:id="2272" w:name="_Toc322425667"/>
+      <w:bookmarkStart w:id="2273" w:name="_Toc323388365"/>
+      <w:bookmarkStart w:id="2274" w:name="_Toc323388880"/>
+      <w:bookmarkStart w:id="2275" w:name="_Toc323389794"/>
+      <w:bookmarkStart w:id="2276" w:name="_Toc323393211"/>
+      <w:bookmarkStart w:id="2277" w:name="_Toc323817056"/>
+      <w:bookmarkStart w:id="2278" w:name="_Toc323817571"/>
+      <w:bookmarkStart w:id="2279" w:name="_Toc323903448"/>
+      <w:bookmarkStart w:id="2280" w:name="_Toc316385811"/>
+      <w:bookmarkStart w:id="2281" w:name="_Toc316386169"/>
+      <w:bookmarkStart w:id="2282" w:name="_Toc316388753"/>
+      <w:bookmarkStart w:id="2283" w:name="_Toc316389180"/>
+      <w:bookmarkStart w:id="2284" w:name="_Toc316389476"/>
+      <w:bookmarkStart w:id="2285" w:name="_Toc316389875"/>
+      <w:bookmarkStart w:id="2286" w:name="_Toc316462467"/>
+      <w:bookmarkStart w:id="2287" w:name="_Toc316463824"/>
+      <w:bookmarkStart w:id="2288" w:name="_Toc316561692"/>
+      <w:bookmarkStart w:id="2289" w:name="_Toc318382465"/>
+      <w:bookmarkStart w:id="2290" w:name="_Toc321916572"/>
+      <w:bookmarkStart w:id="2291" w:name="_Toc321922432"/>
+      <w:bookmarkStart w:id="2292" w:name="_Toc322002565"/>
+      <w:bookmarkStart w:id="2293" w:name="_Toc322003046"/>
+      <w:bookmarkStart w:id="2294" w:name="_Toc322425668"/>
+      <w:bookmarkStart w:id="2295" w:name="_Toc323388366"/>
+      <w:bookmarkStart w:id="2296" w:name="_Toc323388881"/>
+      <w:bookmarkStart w:id="2297" w:name="_Toc323389795"/>
+      <w:bookmarkStart w:id="2298" w:name="_Toc323393212"/>
+      <w:bookmarkStart w:id="2299" w:name="_Toc323817057"/>
+      <w:bookmarkStart w:id="2300" w:name="_Toc323817572"/>
+      <w:bookmarkStart w:id="2301" w:name="_Toc323903449"/>
+      <w:bookmarkStart w:id="2302" w:name="_Toc316385812"/>
+      <w:bookmarkStart w:id="2303" w:name="_Toc316386170"/>
+      <w:bookmarkStart w:id="2304" w:name="_Toc316388754"/>
+      <w:bookmarkStart w:id="2305" w:name="_Toc316389181"/>
+      <w:bookmarkStart w:id="2306" w:name="_Toc316389477"/>
+      <w:bookmarkStart w:id="2307" w:name="_Toc316389876"/>
+      <w:bookmarkStart w:id="2308" w:name="_Toc316462468"/>
+      <w:bookmarkStart w:id="2309" w:name="_Toc316463825"/>
+      <w:bookmarkStart w:id="2310" w:name="_Toc316561693"/>
+      <w:bookmarkStart w:id="2311" w:name="_Toc318382466"/>
+      <w:bookmarkStart w:id="2312" w:name="_Toc321916573"/>
+      <w:bookmarkStart w:id="2313" w:name="_Toc321922433"/>
+      <w:bookmarkStart w:id="2314" w:name="_Toc322002566"/>
+      <w:bookmarkStart w:id="2315" w:name="_Toc322003047"/>
+      <w:bookmarkStart w:id="2316" w:name="_Toc322425669"/>
+      <w:bookmarkStart w:id="2317" w:name="_Toc323388367"/>
+      <w:bookmarkStart w:id="2318" w:name="_Toc323388882"/>
+      <w:bookmarkStart w:id="2319" w:name="_Toc323389796"/>
+      <w:bookmarkStart w:id="2320" w:name="_Toc323393213"/>
+      <w:bookmarkStart w:id="2321" w:name="_Toc323817058"/>
+      <w:bookmarkStart w:id="2322" w:name="_Toc323817573"/>
+      <w:bookmarkStart w:id="2323" w:name="_Toc323903450"/>
+      <w:bookmarkStart w:id="2324" w:name="_Toc316385813"/>
+      <w:bookmarkStart w:id="2325" w:name="_Toc316386171"/>
+      <w:bookmarkStart w:id="2326" w:name="_Toc316388755"/>
+      <w:bookmarkStart w:id="2327" w:name="_Toc316389182"/>
+      <w:bookmarkStart w:id="2328" w:name="_Toc316389478"/>
+      <w:bookmarkStart w:id="2329" w:name="_Toc316389877"/>
+      <w:bookmarkStart w:id="2330" w:name="_Toc316462469"/>
+      <w:bookmarkStart w:id="2331" w:name="_Toc316463826"/>
+      <w:bookmarkStart w:id="2332" w:name="_Toc316561694"/>
+      <w:bookmarkStart w:id="2333" w:name="_Toc318382467"/>
+      <w:bookmarkStart w:id="2334" w:name="_Toc321916574"/>
+      <w:bookmarkStart w:id="2335" w:name="_Toc321922434"/>
+      <w:bookmarkStart w:id="2336" w:name="_Toc322002567"/>
+      <w:bookmarkStart w:id="2337" w:name="_Toc322003048"/>
+      <w:bookmarkStart w:id="2338" w:name="_Toc322425670"/>
+      <w:bookmarkStart w:id="2339" w:name="_Toc323388368"/>
+      <w:bookmarkStart w:id="2340" w:name="_Toc323388883"/>
+      <w:bookmarkStart w:id="2341" w:name="_Toc323389797"/>
+      <w:bookmarkStart w:id="2342" w:name="_Toc323393214"/>
+      <w:bookmarkStart w:id="2343" w:name="_Toc323817059"/>
+      <w:bookmarkStart w:id="2344" w:name="_Toc323817574"/>
+      <w:bookmarkStart w:id="2345" w:name="_Toc323903451"/>
+      <w:bookmarkStart w:id="2346" w:name="_Toc316385814"/>
+      <w:bookmarkStart w:id="2347" w:name="_Toc316386172"/>
+      <w:bookmarkStart w:id="2348" w:name="_Toc316388756"/>
+      <w:bookmarkStart w:id="2349" w:name="_Toc316389183"/>
+      <w:bookmarkStart w:id="2350" w:name="_Toc316389479"/>
+      <w:bookmarkStart w:id="2351" w:name="_Toc316389878"/>
+      <w:bookmarkStart w:id="2352" w:name="_Toc316462470"/>
+      <w:bookmarkStart w:id="2353" w:name="_Toc316463827"/>
+      <w:bookmarkStart w:id="2354" w:name="_Toc316561695"/>
+      <w:bookmarkStart w:id="2355" w:name="_Toc318382468"/>
+      <w:bookmarkStart w:id="2356" w:name="_Toc321916575"/>
+      <w:bookmarkStart w:id="2357" w:name="_Toc321922435"/>
+      <w:bookmarkStart w:id="2358" w:name="_Toc322002568"/>
+      <w:bookmarkStart w:id="2359" w:name="_Toc322003049"/>
+      <w:bookmarkStart w:id="2360" w:name="_Toc322425671"/>
+      <w:bookmarkStart w:id="2361" w:name="_Toc323388369"/>
+      <w:bookmarkStart w:id="2362" w:name="_Toc323388884"/>
+      <w:bookmarkStart w:id="2363" w:name="_Toc323389798"/>
+      <w:bookmarkStart w:id="2364" w:name="_Toc323393215"/>
+      <w:bookmarkStart w:id="2365" w:name="_Toc323817060"/>
+      <w:bookmarkStart w:id="2366" w:name="_Toc323817575"/>
+      <w:bookmarkStart w:id="2367" w:name="_Toc323903452"/>
+      <w:bookmarkStart w:id="2368" w:name="_Toc316385815"/>
+      <w:bookmarkStart w:id="2369" w:name="_Toc316386173"/>
+      <w:bookmarkStart w:id="2370" w:name="_Toc316388757"/>
+      <w:bookmarkStart w:id="2371" w:name="_Toc316389184"/>
+      <w:bookmarkStart w:id="2372" w:name="_Toc316389480"/>
+      <w:bookmarkStart w:id="2373" w:name="_Toc316389879"/>
+      <w:bookmarkStart w:id="2374" w:name="_Toc316462471"/>
+      <w:bookmarkStart w:id="2375" w:name="_Toc316463828"/>
+      <w:bookmarkStart w:id="2376" w:name="_Toc316561696"/>
+      <w:bookmarkStart w:id="2377" w:name="_Toc318382469"/>
+      <w:bookmarkStart w:id="2378" w:name="_Toc321916576"/>
+      <w:bookmarkStart w:id="2379" w:name="_Toc321922436"/>
+      <w:bookmarkStart w:id="2380" w:name="_Toc322002569"/>
+      <w:bookmarkStart w:id="2381" w:name="_Toc322003050"/>
+      <w:bookmarkStart w:id="2382" w:name="_Toc322425672"/>
+      <w:bookmarkStart w:id="2383" w:name="_Toc323388370"/>
+      <w:bookmarkStart w:id="2384" w:name="_Toc323388885"/>
+      <w:bookmarkStart w:id="2385" w:name="_Toc323389799"/>
+      <w:bookmarkStart w:id="2386" w:name="_Toc323393216"/>
+      <w:bookmarkStart w:id="2387" w:name="_Toc323817061"/>
+      <w:bookmarkStart w:id="2388" w:name="_Toc323817576"/>
+      <w:bookmarkStart w:id="2389" w:name="_Toc323903453"/>
+      <w:bookmarkStart w:id="2390" w:name="_Toc316385816"/>
+      <w:bookmarkStart w:id="2391" w:name="_Toc316386174"/>
+      <w:bookmarkStart w:id="2392" w:name="_Toc316388758"/>
+      <w:bookmarkStart w:id="2393" w:name="_Toc316389185"/>
+      <w:bookmarkStart w:id="2394" w:name="_Toc316389481"/>
+      <w:bookmarkStart w:id="2395" w:name="_Toc316389880"/>
+      <w:bookmarkStart w:id="2396" w:name="_Toc316462472"/>
+      <w:bookmarkStart w:id="2397" w:name="_Toc316463829"/>
+      <w:bookmarkStart w:id="2398" w:name="_Toc316561697"/>
+      <w:bookmarkStart w:id="2399" w:name="_Toc318382470"/>
+      <w:bookmarkStart w:id="2400" w:name="_Toc321916577"/>
+      <w:bookmarkStart w:id="2401" w:name="_Toc321922437"/>
+      <w:bookmarkStart w:id="2402" w:name="_Toc322002570"/>
+      <w:bookmarkStart w:id="2403" w:name="_Toc322003051"/>
+      <w:bookmarkStart w:id="2404" w:name="_Toc322425673"/>
+      <w:bookmarkStart w:id="2405" w:name="_Toc323388371"/>
+      <w:bookmarkStart w:id="2406" w:name="_Toc323388886"/>
+      <w:bookmarkStart w:id="2407" w:name="_Toc323389800"/>
+      <w:bookmarkStart w:id="2408" w:name="_Toc323393217"/>
+      <w:bookmarkStart w:id="2409" w:name="_Toc323817062"/>
+      <w:bookmarkStart w:id="2410" w:name="_Toc323817577"/>
+      <w:bookmarkStart w:id="2411" w:name="_Toc323903454"/>
+      <w:bookmarkStart w:id="2412" w:name="_Toc316385817"/>
+      <w:bookmarkStart w:id="2413" w:name="_Toc316386175"/>
+      <w:bookmarkStart w:id="2414" w:name="_Toc316388759"/>
+      <w:bookmarkStart w:id="2415" w:name="_Toc316389186"/>
+      <w:bookmarkStart w:id="2416" w:name="_Toc316389482"/>
+      <w:bookmarkStart w:id="2417" w:name="_Toc316389881"/>
+      <w:bookmarkStart w:id="2418" w:name="_Toc316462473"/>
+      <w:bookmarkStart w:id="2419" w:name="_Toc316463830"/>
+      <w:bookmarkStart w:id="2420" w:name="_Toc316561698"/>
+      <w:bookmarkStart w:id="2421" w:name="_Toc318382471"/>
+      <w:bookmarkStart w:id="2422" w:name="_Toc321916578"/>
+      <w:bookmarkStart w:id="2423" w:name="_Toc321922438"/>
+      <w:bookmarkStart w:id="2424" w:name="_Toc322002571"/>
+      <w:bookmarkStart w:id="2425" w:name="_Toc322003052"/>
+      <w:bookmarkStart w:id="2426" w:name="_Toc322425674"/>
+      <w:bookmarkStart w:id="2427" w:name="_Toc323388372"/>
+      <w:bookmarkStart w:id="2428" w:name="_Toc323388887"/>
+      <w:bookmarkStart w:id="2429" w:name="_Toc323389801"/>
+      <w:bookmarkStart w:id="2430" w:name="_Toc323393218"/>
+      <w:bookmarkStart w:id="2431" w:name="_Toc323817063"/>
+      <w:bookmarkStart w:id="2432" w:name="_Toc323817578"/>
+      <w:bookmarkStart w:id="2433" w:name="_Toc323903455"/>
+      <w:bookmarkStart w:id="2434" w:name="_Toc316385818"/>
+      <w:bookmarkStart w:id="2435" w:name="_Toc316386176"/>
+      <w:bookmarkStart w:id="2436" w:name="_Toc316388760"/>
+      <w:bookmarkStart w:id="2437" w:name="_Toc316389187"/>
+      <w:bookmarkStart w:id="2438" w:name="_Toc316389483"/>
+      <w:bookmarkStart w:id="2439" w:name="_Toc316389882"/>
+      <w:bookmarkStart w:id="2440" w:name="_Toc316462474"/>
+      <w:bookmarkStart w:id="2441" w:name="_Toc316463831"/>
+      <w:bookmarkStart w:id="2442" w:name="_Toc316561699"/>
+      <w:bookmarkStart w:id="2443" w:name="_Toc318382472"/>
+      <w:bookmarkStart w:id="2444" w:name="_Toc321916579"/>
+      <w:bookmarkStart w:id="2445" w:name="_Toc321922439"/>
+      <w:bookmarkStart w:id="2446" w:name="_Toc322002572"/>
+      <w:bookmarkStart w:id="2447" w:name="_Toc322003053"/>
+      <w:bookmarkStart w:id="2448" w:name="_Toc322425675"/>
+      <w:bookmarkStart w:id="2449" w:name="_Toc323388373"/>
+      <w:bookmarkStart w:id="2450" w:name="_Toc323388888"/>
+      <w:bookmarkStart w:id="2451" w:name="_Toc323389802"/>
+      <w:bookmarkStart w:id="2452" w:name="_Toc323393219"/>
+      <w:bookmarkStart w:id="2453" w:name="_Toc323817064"/>
+      <w:bookmarkStart w:id="2454" w:name="_Toc323817579"/>
+      <w:bookmarkStart w:id="2455" w:name="_Toc323903456"/>
+      <w:bookmarkStart w:id="2456" w:name="_Toc316385819"/>
+      <w:bookmarkStart w:id="2457" w:name="_Toc316386177"/>
+      <w:bookmarkStart w:id="2458" w:name="_Toc316388761"/>
+      <w:bookmarkStart w:id="2459" w:name="_Toc316389188"/>
+      <w:bookmarkStart w:id="2460" w:name="_Toc316389484"/>
+      <w:bookmarkStart w:id="2461" w:name="_Toc316389883"/>
+      <w:bookmarkStart w:id="2462" w:name="_Toc316462475"/>
+      <w:bookmarkStart w:id="2463" w:name="_Toc316463832"/>
+      <w:bookmarkStart w:id="2464" w:name="_Toc316561700"/>
+      <w:bookmarkStart w:id="2465" w:name="_Toc318382473"/>
+      <w:bookmarkStart w:id="2466" w:name="_Toc321916580"/>
+      <w:bookmarkStart w:id="2467" w:name="_Toc321922440"/>
+      <w:bookmarkStart w:id="2468" w:name="_Toc322002573"/>
+      <w:bookmarkStart w:id="2469" w:name="_Toc322003054"/>
+      <w:bookmarkStart w:id="2470" w:name="_Toc322425676"/>
+      <w:bookmarkStart w:id="2471" w:name="_Toc323388374"/>
+      <w:bookmarkStart w:id="2472" w:name="_Toc323388889"/>
+      <w:bookmarkStart w:id="2473" w:name="_Toc323389803"/>
+      <w:bookmarkStart w:id="2474" w:name="_Toc323393220"/>
+      <w:bookmarkStart w:id="2475" w:name="_Toc323817065"/>
+      <w:bookmarkStart w:id="2476" w:name="_Toc323817580"/>
+      <w:bookmarkStart w:id="2477" w:name="_Toc323903457"/>
+      <w:bookmarkStart w:id="2478" w:name="_Toc316385820"/>
+      <w:bookmarkStart w:id="2479" w:name="_Toc316386178"/>
+      <w:bookmarkStart w:id="2480" w:name="_Toc316388762"/>
+      <w:bookmarkStart w:id="2481" w:name="_Toc316389189"/>
+      <w:bookmarkStart w:id="2482" w:name="_Toc316389485"/>
+      <w:bookmarkStart w:id="2483" w:name="_Toc316389884"/>
+      <w:bookmarkStart w:id="2484" w:name="_Toc316462476"/>
+      <w:bookmarkStart w:id="2485" w:name="_Toc316463833"/>
+      <w:bookmarkStart w:id="2486" w:name="_Toc316561701"/>
+      <w:bookmarkStart w:id="2487" w:name="_Toc318382474"/>
+      <w:bookmarkStart w:id="2488" w:name="_Toc321916581"/>
+      <w:bookmarkStart w:id="2489" w:name="_Toc321922441"/>
+      <w:bookmarkStart w:id="2490" w:name="_Toc322002574"/>
+      <w:bookmarkStart w:id="2491" w:name="_Toc322003055"/>
+      <w:bookmarkStart w:id="2492" w:name="_Toc322425677"/>
+      <w:bookmarkStart w:id="2493" w:name="_Toc323388375"/>
+      <w:bookmarkStart w:id="2494" w:name="_Toc323388890"/>
+      <w:bookmarkStart w:id="2495" w:name="_Toc323389804"/>
+      <w:bookmarkStart w:id="2496" w:name="_Toc323393221"/>
+      <w:bookmarkStart w:id="2497" w:name="_Toc323817066"/>
+      <w:bookmarkStart w:id="2498" w:name="_Toc323817581"/>
+      <w:bookmarkStart w:id="2499" w:name="_Toc323903458"/>
+      <w:bookmarkStart w:id="2500" w:name="_Toc316385821"/>
+      <w:bookmarkStart w:id="2501" w:name="_Toc316386179"/>
+      <w:bookmarkStart w:id="2502" w:name="_Toc316388763"/>
+      <w:bookmarkStart w:id="2503" w:name="_Toc316389190"/>
+      <w:bookmarkStart w:id="2504" w:name="_Toc316389486"/>
+      <w:bookmarkStart w:id="2505" w:name="_Toc316389885"/>
+      <w:bookmarkStart w:id="2506" w:name="_Toc316462477"/>
+      <w:bookmarkStart w:id="2507" w:name="_Toc316463834"/>
+      <w:bookmarkStart w:id="2508" w:name="_Toc316561702"/>
+      <w:bookmarkStart w:id="2509" w:name="_Toc318382475"/>
+      <w:bookmarkStart w:id="2510" w:name="_Toc321916582"/>
+      <w:bookmarkStart w:id="2511" w:name="_Toc321922442"/>
+      <w:bookmarkStart w:id="2512" w:name="_Toc322002575"/>
+      <w:bookmarkStart w:id="2513" w:name="_Toc322003056"/>
+      <w:bookmarkStart w:id="2514" w:name="_Toc322425678"/>
+      <w:bookmarkStart w:id="2515" w:name="_Toc323388376"/>
+      <w:bookmarkStart w:id="2516" w:name="_Toc323388891"/>
+      <w:bookmarkStart w:id="2517" w:name="_Toc323389805"/>
+      <w:bookmarkStart w:id="2518" w:name="_Toc323393222"/>
+      <w:bookmarkStart w:id="2519" w:name="_Toc323817067"/>
+      <w:bookmarkStart w:id="2520" w:name="_Toc323817582"/>
+      <w:bookmarkStart w:id="2521" w:name="_Toc323903459"/>
+      <w:bookmarkStart w:id="2522" w:name="_Toc316385822"/>
+      <w:bookmarkStart w:id="2523" w:name="_Toc316386180"/>
+      <w:bookmarkStart w:id="2524" w:name="_Toc316388764"/>
+      <w:bookmarkStart w:id="2525" w:name="_Toc316389191"/>
+      <w:bookmarkStart w:id="2526" w:name="_Toc316389487"/>
+      <w:bookmarkStart w:id="2527" w:name="_Toc316389886"/>
+      <w:bookmarkStart w:id="2528" w:name="_Toc316462478"/>
+      <w:bookmarkStart w:id="2529" w:name="_Toc316463835"/>
+      <w:bookmarkStart w:id="2530" w:name="_Toc316561703"/>
+      <w:bookmarkStart w:id="2531" w:name="_Toc318382476"/>
+      <w:bookmarkStart w:id="2532" w:name="_Toc321916583"/>
+      <w:bookmarkStart w:id="2533" w:name="_Toc321922443"/>
+      <w:bookmarkStart w:id="2534" w:name="_Toc322002576"/>
+      <w:bookmarkStart w:id="2535" w:name="_Toc322003057"/>
+      <w:bookmarkStart w:id="2536" w:name="_Toc322425679"/>
+      <w:bookmarkStart w:id="2537" w:name="_Toc323388377"/>
+      <w:bookmarkStart w:id="2538" w:name="_Toc323388892"/>
+      <w:bookmarkStart w:id="2539" w:name="_Toc323389806"/>
+      <w:bookmarkStart w:id="2540" w:name="_Toc323393223"/>
+      <w:bookmarkStart w:id="2541" w:name="_Toc323817068"/>
+      <w:bookmarkStart w:id="2542" w:name="_Toc323817583"/>
+      <w:bookmarkStart w:id="2543" w:name="_Toc323903460"/>
+      <w:bookmarkStart w:id="2544" w:name="_Toc316385823"/>
+      <w:bookmarkStart w:id="2545" w:name="_Toc316386181"/>
+      <w:bookmarkStart w:id="2546" w:name="_Toc316388765"/>
+      <w:bookmarkStart w:id="2547" w:name="_Toc316389192"/>
+      <w:bookmarkStart w:id="2548" w:name="_Toc316389488"/>
+      <w:bookmarkStart w:id="2549" w:name="_Toc316389887"/>
+      <w:bookmarkStart w:id="2550" w:name="_Toc316462479"/>
+      <w:bookmarkStart w:id="2551" w:name="_Toc316463836"/>
+      <w:bookmarkStart w:id="2552" w:name="_Toc316561704"/>
+      <w:bookmarkStart w:id="2553" w:name="_Toc318382477"/>
+      <w:bookmarkStart w:id="2554" w:name="_Toc321916584"/>
+      <w:bookmarkStart w:id="2555" w:name="_Toc321922444"/>
+      <w:bookmarkStart w:id="2556" w:name="_Toc322002577"/>
+      <w:bookmarkStart w:id="2557" w:name="_Toc322003058"/>
+      <w:bookmarkStart w:id="2558" w:name="_Toc322425680"/>
+      <w:bookmarkStart w:id="2559" w:name="_Toc323388378"/>
+      <w:bookmarkStart w:id="2560" w:name="_Toc323388893"/>
+      <w:bookmarkStart w:id="2561" w:name="_Toc323389807"/>
+      <w:bookmarkStart w:id="2562" w:name="_Toc323393224"/>
+      <w:bookmarkStart w:id="2563" w:name="_Toc323817069"/>
+      <w:bookmarkStart w:id="2564" w:name="_Toc323817584"/>
+      <w:bookmarkStart w:id="2565" w:name="_Toc323903461"/>
+      <w:bookmarkStart w:id="2566" w:name="_Toc316385824"/>
+      <w:bookmarkStart w:id="2567" w:name="_Toc316386182"/>
+      <w:bookmarkStart w:id="2568" w:name="_Toc316388766"/>
+      <w:bookmarkStart w:id="2569" w:name="_Toc316389193"/>
+      <w:bookmarkStart w:id="2570" w:name="_Toc316389489"/>
+      <w:bookmarkStart w:id="2571" w:name="_Toc316389888"/>
+      <w:bookmarkStart w:id="2572" w:name="_Toc316462480"/>
+      <w:bookmarkStart w:id="2573" w:name="_Toc316463837"/>
+      <w:bookmarkStart w:id="2574" w:name="_Toc316561705"/>
+      <w:bookmarkStart w:id="2575" w:name="_Toc318382478"/>
+      <w:bookmarkStart w:id="2576" w:name="_Toc321916585"/>
+      <w:bookmarkStart w:id="2577" w:name="_Toc321922445"/>
+      <w:bookmarkStart w:id="2578" w:name="_Toc322002578"/>
+      <w:bookmarkStart w:id="2579" w:name="_Toc322003059"/>
+      <w:bookmarkStart w:id="2580" w:name="_Toc322425681"/>
+      <w:bookmarkStart w:id="2581" w:name="_Toc323388379"/>
+      <w:bookmarkStart w:id="2582" w:name="_Toc323388894"/>
+      <w:bookmarkStart w:id="2583" w:name="_Toc323389808"/>
+      <w:bookmarkStart w:id="2584" w:name="_Toc323393225"/>
+      <w:bookmarkStart w:id="2585" w:name="_Toc323817070"/>
+      <w:bookmarkStart w:id="2586" w:name="_Toc323817585"/>
+      <w:bookmarkStart w:id="2587" w:name="_Toc323903462"/>
+      <w:bookmarkStart w:id="2588" w:name="_Toc316385825"/>
+      <w:bookmarkStart w:id="2589" w:name="_Toc316386183"/>
+      <w:bookmarkStart w:id="2590" w:name="_Toc316388767"/>
+      <w:bookmarkStart w:id="2591" w:name="_Toc316389194"/>
+      <w:bookmarkStart w:id="2592" w:name="_Toc316389490"/>
+      <w:bookmarkStart w:id="2593" w:name="_Toc316389889"/>
+      <w:bookmarkStart w:id="2594" w:name="_Toc316462481"/>
+      <w:bookmarkStart w:id="2595" w:name="_Toc316463838"/>
+      <w:bookmarkStart w:id="2596" w:name="_Toc316561706"/>
+      <w:bookmarkStart w:id="2597" w:name="_Toc318382479"/>
+      <w:bookmarkStart w:id="2598" w:name="_Toc321916586"/>
+      <w:bookmarkStart w:id="2599" w:name="_Toc321922446"/>
+      <w:bookmarkStart w:id="2600" w:name="_Toc322002579"/>
+      <w:bookmarkStart w:id="2601" w:name="_Toc322003060"/>
+      <w:bookmarkStart w:id="2602" w:name="_Toc322425682"/>
+      <w:bookmarkStart w:id="2603" w:name="_Toc323388380"/>
+      <w:bookmarkStart w:id="2604" w:name="_Toc323388895"/>
+      <w:bookmarkStart w:id="2605" w:name="_Toc323389809"/>
+      <w:bookmarkStart w:id="2606" w:name="_Toc323393226"/>
+      <w:bookmarkStart w:id="2607" w:name="_Toc323817071"/>
+      <w:bookmarkStart w:id="2608" w:name="_Toc323817586"/>
+      <w:bookmarkStart w:id="2609" w:name="_Toc323903463"/>
+      <w:bookmarkStart w:id="2610" w:name="_Toc316385826"/>
+      <w:bookmarkStart w:id="2611" w:name="_Toc316386184"/>
+      <w:bookmarkStart w:id="2612" w:name="_Toc316388768"/>
+      <w:bookmarkStart w:id="2613" w:name="_Toc316389195"/>
+      <w:bookmarkStart w:id="2614" w:name="_Toc316389491"/>
+      <w:bookmarkStart w:id="2615" w:name="_Toc316389890"/>
+      <w:bookmarkStart w:id="2616" w:name="_Toc316462482"/>
+      <w:bookmarkStart w:id="2617" w:name="_Toc316463839"/>
+      <w:bookmarkStart w:id="2618" w:name="_Toc316561707"/>
+      <w:bookmarkStart w:id="2619" w:name="_Toc318382480"/>
+      <w:bookmarkStart w:id="2620" w:name="_Toc321916587"/>
+      <w:bookmarkStart w:id="2621" w:name="_Toc321922447"/>
+      <w:bookmarkStart w:id="2622" w:name="_Toc322002580"/>
+      <w:bookmarkStart w:id="2623" w:name="_Toc322003061"/>
+      <w:bookmarkStart w:id="2624" w:name="_Toc322425683"/>
+      <w:bookmarkStart w:id="2625" w:name="_Toc323388381"/>
+      <w:bookmarkStart w:id="2626" w:name="_Toc323388896"/>
+      <w:bookmarkStart w:id="2627" w:name="_Toc323389810"/>
+      <w:bookmarkStart w:id="2628" w:name="_Toc323393227"/>
+      <w:bookmarkStart w:id="2629" w:name="_Toc323817072"/>
+      <w:bookmarkStart w:id="2630" w:name="_Toc323817587"/>
+      <w:bookmarkStart w:id="2631" w:name="_Toc323903464"/>
+      <w:bookmarkStart w:id="2632" w:name="_Toc316385827"/>
+      <w:bookmarkStart w:id="2633" w:name="_Toc316386185"/>
+      <w:bookmarkStart w:id="2634" w:name="_Toc316388769"/>
+      <w:bookmarkStart w:id="2635" w:name="_Toc316389196"/>
+      <w:bookmarkStart w:id="2636" w:name="_Toc316389492"/>
+      <w:bookmarkStart w:id="2637" w:name="_Toc316389891"/>
+      <w:bookmarkStart w:id="2638" w:name="_Toc316462483"/>
+      <w:bookmarkStart w:id="2639" w:name="_Toc316463840"/>
+      <w:bookmarkStart w:id="2640" w:name="_Toc316561708"/>
+      <w:bookmarkStart w:id="2641" w:name="_Toc318382481"/>
+      <w:bookmarkStart w:id="2642" w:name="_Toc321916588"/>
+      <w:bookmarkStart w:id="2643" w:name="_Toc321922448"/>
+      <w:bookmarkStart w:id="2644" w:name="_Toc322002581"/>
+      <w:bookmarkStart w:id="2645" w:name="_Toc322003062"/>
+      <w:bookmarkStart w:id="2646" w:name="_Toc322425684"/>
+      <w:bookmarkStart w:id="2647" w:name="_Toc323388382"/>
+      <w:bookmarkStart w:id="2648" w:name="_Toc323388897"/>
+      <w:bookmarkStart w:id="2649" w:name="_Toc323389811"/>
+      <w:bookmarkStart w:id="2650" w:name="_Toc323393228"/>
+      <w:bookmarkStart w:id="2651" w:name="_Toc323817073"/>
+      <w:bookmarkStart w:id="2652" w:name="_Toc323817588"/>
+      <w:bookmarkStart w:id="2653" w:name="_Toc323903465"/>
+      <w:bookmarkStart w:id="2654" w:name="_Toc316385828"/>
+      <w:bookmarkStart w:id="2655" w:name="_Toc316386186"/>
+      <w:bookmarkStart w:id="2656" w:name="_Toc316388770"/>
+      <w:bookmarkStart w:id="2657" w:name="_Toc316389197"/>
+      <w:bookmarkStart w:id="2658" w:name="_Toc316389493"/>
+      <w:bookmarkStart w:id="2659" w:name="_Toc316389892"/>
+      <w:bookmarkStart w:id="2660" w:name="_Toc316462484"/>
+      <w:bookmarkStart w:id="2661" w:name="_Toc316463841"/>
+      <w:bookmarkStart w:id="2662" w:name="_Toc316561709"/>
+      <w:bookmarkStart w:id="2663" w:name="_Toc318382482"/>
+      <w:bookmarkStart w:id="2664" w:name="_Toc321916589"/>
+      <w:bookmarkStart w:id="2665" w:name="_Toc321922449"/>
+      <w:bookmarkStart w:id="2666" w:name="_Toc322002582"/>
+      <w:bookmarkStart w:id="2667" w:name="_Toc322003063"/>
+      <w:bookmarkStart w:id="2668" w:name="_Toc322425685"/>
+      <w:bookmarkStart w:id="2669" w:name="_Toc323388383"/>
+      <w:bookmarkStart w:id="2670" w:name="_Toc323388898"/>
+      <w:bookmarkStart w:id="2671" w:name="_Toc323389812"/>
+      <w:bookmarkStart w:id="2672" w:name="_Toc323393229"/>
+      <w:bookmarkStart w:id="2673" w:name="_Toc323817074"/>
+      <w:bookmarkStart w:id="2674" w:name="_Toc323817589"/>
+      <w:bookmarkStart w:id="2675" w:name="_Toc323903466"/>
+      <w:bookmarkStart w:id="2676" w:name="_Toc316385829"/>
+      <w:bookmarkStart w:id="2677" w:name="_Toc316386187"/>
+      <w:bookmarkStart w:id="2678" w:name="_Toc316388771"/>
+      <w:bookmarkStart w:id="2679" w:name="_Toc316389198"/>
+      <w:bookmarkStart w:id="2680" w:name="_Toc316389494"/>
+      <w:bookmarkStart w:id="2681" w:name="_Toc316389893"/>
+      <w:bookmarkStart w:id="2682" w:name="_Toc316462485"/>
+      <w:bookmarkStart w:id="2683" w:name="_Toc316463842"/>
+      <w:bookmarkStart w:id="2684" w:name="_Toc316561710"/>
+      <w:bookmarkStart w:id="2685" w:name="_Toc318382483"/>
+      <w:bookmarkStart w:id="2686" w:name="_Toc321916590"/>
+      <w:bookmarkStart w:id="2687" w:name="_Toc321922450"/>
+      <w:bookmarkStart w:id="2688" w:name="_Toc322002583"/>
+      <w:bookmarkStart w:id="2689" w:name="_Toc322003064"/>
+      <w:bookmarkStart w:id="2690" w:name="_Toc322425686"/>
+      <w:bookmarkStart w:id="2691" w:name="_Toc323388384"/>
+      <w:bookmarkStart w:id="2692" w:name="_Toc323388899"/>
+      <w:bookmarkStart w:id="2693" w:name="_Toc323389813"/>
+      <w:bookmarkStart w:id="2694" w:name="_Toc323393230"/>
+      <w:bookmarkStart w:id="2695" w:name="_Toc323817075"/>
+      <w:bookmarkStart w:id="2696" w:name="_Toc323817590"/>
+      <w:bookmarkStart w:id="2697" w:name="_Toc323903467"/>
+      <w:bookmarkStart w:id="2698" w:name="_Toc316385830"/>
+      <w:bookmarkStart w:id="2699" w:name="_Toc316386188"/>
+      <w:bookmarkStart w:id="2700" w:name="_Toc316388772"/>
+      <w:bookmarkStart w:id="2701" w:name="_Toc316389199"/>
+      <w:bookmarkStart w:id="2702" w:name="_Toc316389495"/>
+      <w:bookmarkStart w:id="2703" w:name="_Toc316389894"/>
+      <w:bookmarkStart w:id="2704" w:name="_Toc316462486"/>
+      <w:bookmarkStart w:id="2705" w:name="_Toc316463843"/>
+      <w:bookmarkStart w:id="2706" w:name="_Toc316561711"/>
+      <w:bookmarkStart w:id="2707" w:name="_Toc318382484"/>
+      <w:bookmarkStart w:id="2708" w:name="_Toc321916591"/>
+      <w:bookmarkStart w:id="2709" w:name="_Toc321922451"/>
+      <w:bookmarkStart w:id="2710" w:name="_Toc322002584"/>
+      <w:bookmarkStart w:id="2711" w:name="_Toc322003065"/>
+      <w:bookmarkStart w:id="2712" w:name="_Toc322425687"/>
+      <w:bookmarkStart w:id="2713" w:name="_Toc323388385"/>
+      <w:bookmarkStart w:id="2714" w:name="_Toc323388900"/>
+      <w:bookmarkStart w:id="2715" w:name="_Toc323389814"/>
+      <w:bookmarkStart w:id="2716" w:name="_Toc323393231"/>
+      <w:bookmarkStart w:id="2717" w:name="_Toc323817076"/>
+      <w:bookmarkStart w:id="2718" w:name="_Toc323817591"/>
+      <w:bookmarkStart w:id="2719" w:name="_Toc323903468"/>
+      <w:bookmarkStart w:id="2720" w:name="_Toc316385831"/>
+      <w:bookmarkStart w:id="2721" w:name="_Toc316386189"/>
+      <w:bookmarkStart w:id="2722" w:name="_Toc316388773"/>
+      <w:bookmarkStart w:id="2723" w:name="_Toc316389200"/>
+      <w:bookmarkStart w:id="2724" w:name="_Toc316389496"/>
+      <w:bookmarkStart w:id="2725" w:name="_Toc316389895"/>
+      <w:bookmarkStart w:id="2726" w:name="_Toc316462487"/>
+      <w:bookmarkStart w:id="2727" w:name="_Toc316463844"/>
+      <w:bookmarkStart w:id="2728" w:name="_Toc316561712"/>
+      <w:bookmarkStart w:id="2729" w:name="_Toc318382485"/>
+      <w:bookmarkStart w:id="2730" w:name="_Toc321916592"/>
+      <w:bookmarkStart w:id="2731" w:name="_Toc321922452"/>
+      <w:bookmarkStart w:id="2732" w:name="_Toc322002585"/>
+      <w:bookmarkStart w:id="2733" w:name="_Toc322003066"/>
+      <w:bookmarkStart w:id="2734" w:name="_Toc322425688"/>
+      <w:bookmarkStart w:id="2735" w:name="_Toc323388386"/>
+      <w:bookmarkStart w:id="2736" w:name="_Toc323388901"/>
+      <w:bookmarkStart w:id="2737" w:name="_Toc323389815"/>
+      <w:bookmarkStart w:id="2738" w:name="_Toc323393232"/>
+      <w:bookmarkStart w:id="2739" w:name="_Toc323817077"/>
+      <w:bookmarkStart w:id="2740" w:name="_Toc323817592"/>
+      <w:bookmarkStart w:id="2741" w:name="_Toc323903469"/>
+      <w:bookmarkStart w:id="2742" w:name="_Toc316385832"/>
+      <w:bookmarkStart w:id="2743" w:name="_Toc316386190"/>
+      <w:bookmarkStart w:id="2744" w:name="_Toc316388774"/>
+      <w:bookmarkStart w:id="2745" w:name="_Toc316389201"/>
+      <w:bookmarkStart w:id="2746" w:name="_Toc316389497"/>
+      <w:bookmarkStart w:id="2747" w:name="_Toc316389896"/>
+      <w:bookmarkStart w:id="2748" w:name="_Toc316462488"/>
+      <w:bookmarkStart w:id="2749" w:name="_Toc316463845"/>
+      <w:bookmarkStart w:id="2750" w:name="_Toc316561713"/>
+      <w:bookmarkStart w:id="2751" w:name="_Toc318382486"/>
+      <w:bookmarkStart w:id="2752" w:name="_Toc321916593"/>
+      <w:bookmarkStart w:id="2753" w:name="_Toc321922453"/>
+      <w:bookmarkStart w:id="2754" w:name="_Toc322002586"/>
+      <w:bookmarkStart w:id="2755" w:name="_Toc322003067"/>
+      <w:bookmarkStart w:id="2756" w:name="_Toc322425689"/>
+      <w:bookmarkStart w:id="2757" w:name="_Toc323388387"/>
+      <w:bookmarkStart w:id="2758" w:name="_Toc323388902"/>
+      <w:bookmarkStart w:id="2759" w:name="_Toc323389816"/>
+      <w:bookmarkStart w:id="2760" w:name="_Toc323393233"/>
+      <w:bookmarkStart w:id="2761" w:name="_Toc323817078"/>
+      <w:bookmarkStart w:id="2762" w:name="_Toc323817593"/>
+      <w:bookmarkStart w:id="2763" w:name="_Toc323903470"/>
+      <w:bookmarkStart w:id="2764" w:name="_Toc316385833"/>
+      <w:bookmarkStart w:id="2765" w:name="_Toc316386191"/>
+      <w:bookmarkStart w:id="2766" w:name="_Toc316388775"/>
+      <w:bookmarkStart w:id="2767" w:name="_Toc316389202"/>
+      <w:bookmarkStart w:id="2768" w:name="_Toc316389498"/>
+      <w:bookmarkStart w:id="2769" w:name="_Toc316389897"/>
+      <w:bookmarkStart w:id="2770" w:name="_Toc316462489"/>
+      <w:bookmarkStart w:id="2771" w:name="_Toc316463846"/>
+      <w:bookmarkStart w:id="2772" w:name="_Toc316561714"/>
+      <w:bookmarkStart w:id="2773" w:name="_Toc318382487"/>
+      <w:bookmarkStart w:id="2774" w:name="_Toc321916594"/>
+      <w:bookmarkStart w:id="2775" w:name="_Toc321922454"/>
+      <w:bookmarkStart w:id="2776" w:name="_Toc322002587"/>
+      <w:bookmarkStart w:id="2777" w:name="_Toc322003068"/>
+      <w:bookmarkStart w:id="2778" w:name="_Toc322425690"/>
+      <w:bookmarkStart w:id="2779" w:name="_Toc323388388"/>
+      <w:bookmarkStart w:id="2780" w:name="_Toc323388903"/>
+      <w:bookmarkStart w:id="2781" w:name="_Toc323389817"/>
+      <w:bookmarkStart w:id="2782" w:name="_Toc323393234"/>
+      <w:bookmarkStart w:id="2783" w:name="_Toc323817079"/>
+      <w:bookmarkStart w:id="2784" w:name="_Toc323817594"/>
+      <w:bookmarkStart w:id="2785" w:name="_Toc323903471"/>
+      <w:bookmarkStart w:id="2786" w:name="_Toc316385834"/>
+      <w:bookmarkStart w:id="2787" w:name="_Toc316386192"/>
+      <w:bookmarkStart w:id="2788" w:name="_Toc316388776"/>
+      <w:bookmarkStart w:id="2789" w:name="_Toc316389203"/>
+      <w:bookmarkStart w:id="2790" w:name="_Toc316389499"/>
+      <w:bookmarkStart w:id="2791" w:name="_Toc316389898"/>
+      <w:bookmarkStart w:id="2792" w:name="_Toc316462490"/>
+      <w:bookmarkStart w:id="2793" w:name="_Toc316463847"/>
+      <w:bookmarkStart w:id="2794" w:name="_Toc316561715"/>
+      <w:bookmarkStart w:id="2795" w:name="_Toc318382488"/>
+      <w:bookmarkStart w:id="2796" w:name="_Toc321916595"/>
+      <w:bookmarkStart w:id="2797" w:name="_Toc321922455"/>
+      <w:bookmarkStart w:id="2798" w:name="_Toc322002588"/>
+      <w:bookmarkStart w:id="2799" w:name="_Toc322003069"/>
+      <w:bookmarkStart w:id="2800" w:name="_Toc322425691"/>
+      <w:bookmarkStart w:id="2801" w:name="_Toc323388389"/>
+      <w:bookmarkStart w:id="2802" w:name="_Toc323388904"/>
+      <w:bookmarkStart w:id="2803" w:name="_Toc323389818"/>
+      <w:bookmarkStart w:id="2804" w:name="_Toc323393235"/>
+      <w:bookmarkStart w:id="2805" w:name="_Toc323817080"/>
+      <w:bookmarkStart w:id="2806" w:name="_Toc323817595"/>
+      <w:bookmarkStart w:id="2807" w:name="_Toc323903472"/>
+      <w:bookmarkStart w:id="2808" w:name="_Toc316385835"/>
+      <w:bookmarkStart w:id="2809" w:name="_Toc316386193"/>
+      <w:bookmarkStart w:id="2810" w:name="_Toc316388777"/>
+      <w:bookmarkStart w:id="2811" w:name="_Toc316389204"/>
+      <w:bookmarkStart w:id="2812" w:name="_Toc316389500"/>
+      <w:bookmarkStart w:id="2813" w:name="_Toc316389899"/>
+      <w:bookmarkStart w:id="2814" w:name="_Toc316462491"/>
+      <w:bookmarkStart w:id="2815" w:name="_Toc316463848"/>
+      <w:bookmarkStart w:id="2816" w:name="_Toc316561716"/>
+      <w:bookmarkStart w:id="2817" w:name="_Toc318382489"/>
+      <w:bookmarkStart w:id="2818" w:name="_Toc321916596"/>
+      <w:bookmarkStart w:id="2819" w:name="_Toc321922456"/>
+      <w:bookmarkStart w:id="2820" w:name="_Toc322002589"/>
+      <w:bookmarkStart w:id="2821" w:name="_Toc322003070"/>
+      <w:bookmarkStart w:id="2822" w:name="_Toc322425692"/>
+      <w:bookmarkStart w:id="2823" w:name="_Toc323388390"/>
+      <w:bookmarkStart w:id="2824" w:name="_Toc323388905"/>
+      <w:bookmarkStart w:id="2825" w:name="_Toc323389819"/>
+      <w:bookmarkStart w:id="2826" w:name="_Toc323393236"/>
+      <w:bookmarkStart w:id="2827" w:name="_Toc323817081"/>
+      <w:bookmarkStart w:id="2828" w:name="_Toc323817596"/>
+      <w:bookmarkStart w:id="2829" w:name="_Toc323903473"/>
+      <w:bookmarkStart w:id="2830" w:name="_Toc316385836"/>
+      <w:bookmarkStart w:id="2831" w:name="_Toc316386194"/>
+      <w:bookmarkStart w:id="2832" w:name="_Toc316388778"/>
+      <w:bookmarkStart w:id="2833" w:name="_Toc316389205"/>
+      <w:bookmarkStart w:id="2834" w:name="_Toc316389501"/>
+      <w:bookmarkStart w:id="2835" w:name="_Toc316389900"/>
+      <w:bookmarkStart w:id="2836" w:name="_Toc316462492"/>
+      <w:bookmarkStart w:id="2837" w:name="_Toc316463849"/>
+      <w:bookmarkStart w:id="2838" w:name="_Toc316561717"/>
+      <w:bookmarkStart w:id="2839" w:name="_Toc318382490"/>
+      <w:bookmarkStart w:id="2840" w:name="_Toc321916597"/>
+      <w:bookmarkStart w:id="2841" w:name="_Toc321922457"/>
+      <w:bookmarkStart w:id="2842" w:name="_Toc322002590"/>
+      <w:bookmarkStart w:id="2843" w:name="_Toc322003071"/>
+      <w:bookmarkStart w:id="2844" w:name="_Toc322425693"/>
+      <w:bookmarkStart w:id="2845" w:name="_Toc323388391"/>
+      <w:bookmarkStart w:id="2846" w:name="_Toc323388906"/>
+      <w:bookmarkStart w:id="2847" w:name="_Toc323389820"/>
+      <w:bookmarkStart w:id="2848" w:name="_Toc323393237"/>
+      <w:bookmarkStart w:id="2849" w:name="_Toc323817082"/>
+      <w:bookmarkStart w:id="2850" w:name="_Toc323817597"/>
+      <w:bookmarkStart w:id="2851" w:name="_Toc323903474"/>
+      <w:bookmarkStart w:id="2852" w:name="_Toc316385837"/>
+      <w:bookmarkStart w:id="2853" w:name="_Toc316386195"/>
+      <w:bookmarkStart w:id="2854" w:name="_Toc316388779"/>
+      <w:bookmarkStart w:id="2855" w:name="_Toc316389206"/>
+      <w:bookmarkStart w:id="2856" w:name="_Toc316389502"/>
+      <w:bookmarkStart w:id="2857" w:name="_Toc316389901"/>
+      <w:bookmarkStart w:id="2858" w:name="_Toc316462493"/>
+      <w:bookmarkStart w:id="2859" w:name="_Toc316463850"/>
+      <w:bookmarkStart w:id="2860" w:name="_Toc316561718"/>
+      <w:bookmarkStart w:id="2861" w:name="_Toc318382491"/>
+      <w:bookmarkStart w:id="2862" w:name="_Toc321916598"/>
+      <w:bookmarkStart w:id="2863" w:name="_Toc321922458"/>
+      <w:bookmarkStart w:id="2864" w:name="_Toc322002591"/>
+      <w:bookmarkStart w:id="2865" w:name="_Toc322003072"/>
+      <w:bookmarkStart w:id="2866" w:name="_Toc322425694"/>
+      <w:bookmarkStart w:id="2867" w:name="_Toc323388392"/>
+      <w:bookmarkStart w:id="2868" w:name="_Toc323388907"/>
+      <w:bookmarkStart w:id="2869" w:name="_Toc323389821"/>
+      <w:bookmarkStart w:id="2870" w:name="_Toc323393238"/>
+      <w:bookmarkStart w:id="2871" w:name="_Toc323817083"/>
+      <w:bookmarkStart w:id="2872" w:name="_Toc323817598"/>
+      <w:bookmarkStart w:id="2873" w:name="_Toc323903475"/>
+      <w:bookmarkStart w:id="2874" w:name="_Toc316385838"/>
+      <w:bookmarkStart w:id="2875" w:name="_Toc316386196"/>
+      <w:bookmarkStart w:id="2876" w:name="_Toc316388780"/>
+      <w:bookmarkStart w:id="2877" w:name="_Toc316389207"/>
+      <w:bookmarkStart w:id="2878" w:name="_Toc316389503"/>
+      <w:bookmarkStart w:id="2879" w:name="_Toc316389902"/>
+      <w:bookmarkStart w:id="2880" w:name="_Toc316462494"/>
+      <w:bookmarkStart w:id="2881" w:name="_Toc316463851"/>
+      <w:bookmarkStart w:id="2882" w:name="_Toc316561719"/>
+      <w:bookmarkStart w:id="2883" w:name="_Toc318382492"/>
+      <w:bookmarkStart w:id="2884" w:name="_Toc321916599"/>
+      <w:bookmarkStart w:id="2885" w:name="_Toc321922459"/>
+      <w:bookmarkStart w:id="2886" w:name="_Toc322002592"/>
+      <w:bookmarkStart w:id="2887" w:name="_Toc322003073"/>
+      <w:bookmarkStart w:id="2888" w:name="_Toc322425695"/>
+      <w:bookmarkStart w:id="2889" w:name="_Toc323388393"/>
+      <w:bookmarkStart w:id="2890" w:name="_Toc323388908"/>
+      <w:bookmarkStart w:id="2891" w:name="_Toc323389822"/>
+      <w:bookmarkStart w:id="2892" w:name="_Toc323393239"/>
+      <w:bookmarkStart w:id="2893" w:name="_Toc323817084"/>
+      <w:bookmarkStart w:id="2894" w:name="_Toc323817599"/>
+      <w:bookmarkStart w:id="2895" w:name="_Toc323903476"/>
+      <w:bookmarkStart w:id="2896" w:name="_Toc316385839"/>
+      <w:bookmarkStart w:id="2897" w:name="_Toc316386197"/>
+      <w:bookmarkStart w:id="2898" w:name="_Toc316388781"/>
+      <w:bookmarkStart w:id="2899" w:name="_Toc316389208"/>
+      <w:bookmarkStart w:id="2900" w:name="_Toc316389504"/>
+      <w:bookmarkStart w:id="2901" w:name="_Toc316389903"/>
+      <w:bookmarkStart w:id="2902" w:name="_Toc316462495"/>
+      <w:bookmarkStart w:id="2903" w:name="_Toc316463852"/>
+      <w:bookmarkStart w:id="2904" w:name="_Toc316561720"/>
+      <w:bookmarkStart w:id="2905" w:name="_Toc318382493"/>
+      <w:bookmarkStart w:id="2906" w:name="_Toc321916600"/>
+      <w:bookmarkStart w:id="2907" w:name="_Toc321922460"/>
+      <w:bookmarkStart w:id="2908" w:name="_Toc322002593"/>
+      <w:bookmarkStart w:id="2909" w:name="_Toc322003074"/>
+      <w:bookmarkStart w:id="2910" w:name="_Toc322425696"/>
+      <w:bookmarkStart w:id="2911" w:name="_Toc323388394"/>
+      <w:bookmarkStart w:id="2912" w:name="_Toc323388909"/>
+      <w:bookmarkStart w:id="2913" w:name="_Toc323389823"/>
+      <w:bookmarkStart w:id="2914" w:name="_Toc323393240"/>
+      <w:bookmarkStart w:id="2915" w:name="_Toc323817085"/>
+      <w:bookmarkStart w:id="2916" w:name="_Toc323817600"/>
+      <w:bookmarkStart w:id="2917" w:name="_Toc323903477"/>
+      <w:bookmarkStart w:id="2918" w:name="_Toc316385840"/>
+      <w:bookmarkStart w:id="2919" w:name="_Toc316386198"/>
+      <w:bookmarkStart w:id="2920" w:name="_Toc316388782"/>
+      <w:bookmarkStart w:id="2921" w:name="_Toc316389209"/>
+      <w:bookmarkStart w:id="2922" w:name="_Toc316389505"/>
+      <w:bookmarkStart w:id="2923" w:name="_Toc316389904"/>
+      <w:bookmarkStart w:id="2924" w:name="_Toc316462496"/>
+      <w:bookmarkStart w:id="2925" w:name="_Toc316463853"/>
+      <w:bookmarkStart w:id="2926" w:name="_Toc316561721"/>
+      <w:bookmarkStart w:id="2927" w:name="_Toc318382494"/>
+      <w:bookmarkStart w:id="2928" w:name="_Toc321916601"/>
+      <w:bookmarkStart w:id="2929" w:name="_Toc321922461"/>
+      <w:bookmarkStart w:id="2930" w:name="_Toc322002594"/>
+      <w:bookmarkStart w:id="2931" w:name="_Toc322003075"/>
+      <w:bookmarkStart w:id="2932" w:name="_Toc322425697"/>
+      <w:bookmarkStart w:id="2933" w:name="_Toc323388395"/>
+      <w:bookmarkStart w:id="2934" w:name="_Toc323388910"/>
+      <w:bookmarkStart w:id="2935" w:name="_Toc323389824"/>
+      <w:bookmarkStart w:id="2936" w:name="_Toc323393241"/>
+      <w:bookmarkStart w:id="2937" w:name="_Toc323817086"/>
+      <w:bookmarkStart w:id="2938" w:name="_Toc323817601"/>
+      <w:bookmarkStart w:id="2939" w:name="_Toc323903478"/>
+      <w:bookmarkStart w:id="2940" w:name="_Toc316385841"/>
+      <w:bookmarkStart w:id="2941" w:name="_Toc316386199"/>
+      <w:bookmarkStart w:id="2942" w:name="_Toc316388783"/>
+      <w:bookmarkStart w:id="2943" w:name="_Toc316389210"/>
+      <w:bookmarkStart w:id="2944" w:name="_Toc316389506"/>
+      <w:bookmarkStart w:id="2945" w:name="_Toc316389905"/>
+      <w:bookmarkStart w:id="2946" w:name="_Toc316462497"/>
+      <w:bookmarkStart w:id="2947" w:name="_Toc316463854"/>
+      <w:bookmarkStart w:id="2948" w:name="_Toc316561722"/>
+      <w:bookmarkStart w:id="2949" w:name="_Toc318382495"/>
+      <w:bookmarkStart w:id="2950" w:name="_Toc321916602"/>
+      <w:bookmarkStart w:id="2951" w:name="_Toc321922462"/>
+      <w:bookmarkStart w:id="2952" w:name="_Toc322002595"/>
+      <w:bookmarkStart w:id="2953" w:name="_Toc322003076"/>
+      <w:bookmarkStart w:id="2954" w:name="_Toc322425698"/>
+      <w:bookmarkStart w:id="2955" w:name="_Toc323388396"/>
+      <w:bookmarkStart w:id="2956" w:name="_Toc323388911"/>
+      <w:bookmarkStart w:id="2957" w:name="_Toc323389825"/>
+      <w:bookmarkStart w:id="2958" w:name="_Toc323393242"/>
+      <w:bookmarkStart w:id="2959" w:name="_Toc323817087"/>
+      <w:bookmarkStart w:id="2960" w:name="_Toc323817602"/>
+      <w:bookmarkStart w:id="2961" w:name="_Toc323903479"/>
+      <w:bookmarkStart w:id="2962" w:name="_Toc316385842"/>
+      <w:bookmarkStart w:id="2963" w:name="_Toc316386200"/>
+      <w:bookmarkStart w:id="2964" w:name="_Toc316388784"/>
+      <w:bookmarkStart w:id="2965" w:name="_Toc316389211"/>
+      <w:bookmarkStart w:id="2966" w:name="_Toc316389507"/>
+      <w:bookmarkStart w:id="2967" w:name="_Toc316389906"/>
+      <w:bookmarkStart w:id="2968" w:name="_Toc316462498"/>
+      <w:bookmarkStart w:id="2969" w:name="_Toc316463855"/>
+      <w:bookmarkStart w:id="2970" w:name="_Toc316561723"/>
+      <w:bookmarkStart w:id="2971" w:name="_Toc318382496"/>
+      <w:bookmarkStart w:id="2972" w:name="_Toc321916603"/>
+      <w:bookmarkStart w:id="2973" w:name="_Toc321922463"/>
+      <w:bookmarkStart w:id="2974" w:name="_Toc322002596"/>
+      <w:bookmarkStart w:id="2975" w:name="_Toc322003077"/>
+      <w:bookmarkStart w:id="2976" w:name="_Toc322425699"/>
+      <w:bookmarkStart w:id="2977" w:name="_Toc323388397"/>
+      <w:bookmarkStart w:id="2978" w:name="_Toc323388912"/>
+      <w:bookmarkStart w:id="2979" w:name="_Toc323389826"/>
+      <w:bookmarkStart w:id="2980" w:name="_Toc323393243"/>
+      <w:bookmarkStart w:id="2981" w:name="_Toc323817088"/>
+      <w:bookmarkStart w:id="2982" w:name="_Toc323817603"/>
+      <w:bookmarkStart w:id="2983" w:name="_Toc323903480"/>
+      <w:bookmarkStart w:id="2984" w:name="_Toc316385843"/>
+      <w:bookmarkStart w:id="2985" w:name="_Toc316386201"/>
+      <w:bookmarkStart w:id="2986" w:name="_Toc316388785"/>
+      <w:bookmarkStart w:id="2987" w:name="_Toc316389212"/>
+      <w:bookmarkStart w:id="2988" w:name="_Toc316389508"/>
+      <w:bookmarkStart w:id="2989" w:name="_Toc316389907"/>
+      <w:bookmarkStart w:id="2990" w:name="_Toc316462499"/>
+      <w:bookmarkStart w:id="2991" w:name="_Toc316463856"/>
+      <w:bookmarkStart w:id="2992" w:name="_Toc316561724"/>
+      <w:bookmarkStart w:id="2993" w:name="_Toc318382497"/>
+      <w:bookmarkStart w:id="2994" w:name="_Toc321916604"/>
+      <w:bookmarkStart w:id="2995" w:name="_Toc321922464"/>
+      <w:bookmarkStart w:id="2996" w:name="_Toc322002597"/>
+      <w:bookmarkStart w:id="2997" w:name="_Toc322003078"/>
+      <w:bookmarkStart w:id="2998" w:name="_Toc322425700"/>
+      <w:bookmarkStart w:id="2999" w:name="_Toc323388398"/>
+      <w:bookmarkStart w:id="3000" w:name="_Toc323388913"/>
+      <w:bookmarkStart w:id="3001" w:name="_Toc323389827"/>
+      <w:bookmarkStart w:id="3002" w:name="_Toc323393244"/>
+      <w:bookmarkStart w:id="3003" w:name="_Toc323817089"/>
+      <w:bookmarkStart w:id="3004" w:name="_Toc323817604"/>
+      <w:bookmarkStart w:id="3005" w:name="_Toc323903481"/>
+      <w:bookmarkStart w:id="3006" w:name="_Toc316385844"/>
+      <w:bookmarkStart w:id="3007" w:name="_Toc316386202"/>
+      <w:bookmarkStart w:id="3008" w:name="_Toc316388786"/>
+      <w:bookmarkStart w:id="3009" w:name="_Toc316389213"/>
+      <w:bookmarkStart w:id="3010" w:name="_Toc316389509"/>
+      <w:bookmarkStart w:id="3011" w:name="_Toc316389908"/>
+      <w:bookmarkStart w:id="3012" w:name="_Toc316462500"/>
+      <w:bookmarkStart w:id="3013" w:name="_Toc316463857"/>
+      <w:bookmarkStart w:id="3014" w:name="_Toc316561725"/>
+      <w:bookmarkStart w:id="3015" w:name="_Toc318382498"/>
+      <w:bookmarkStart w:id="3016" w:name="_Toc321916605"/>
+      <w:bookmarkStart w:id="3017" w:name="_Toc321922465"/>
+      <w:bookmarkStart w:id="3018" w:name="_Toc322002598"/>
+      <w:bookmarkStart w:id="3019" w:name="_Toc322003079"/>
+      <w:bookmarkStart w:id="3020" w:name="_Toc322425701"/>
+      <w:bookmarkStart w:id="3021" w:name="_Toc323388399"/>
+      <w:bookmarkStart w:id="3022" w:name="_Toc323388914"/>
+      <w:bookmarkStart w:id="3023" w:name="_Toc323389828"/>
+      <w:bookmarkStart w:id="3024" w:name="_Toc323393245"/>
+      <w:bookmarkStart w:id="3025" w:name="_Toc323817090"/>
+      <w:bookmarkStart w:id="3026" w:name="_Toc323817605"/>
+      <w:bookmarkStart w:id="3027" w:name="_Toc323903482"/>
+      <w:bookmarkStart w:id="3028" w:name="_Toc316385845"/>
+      <w:bookmarkStart w:id="3029" w:name="_Toc316386203"/>
+      <w:bookmarkStart w:id="3030" w:name="_Toc316388787"/>
+      <w:bookmarkStart w:id="3031" w:name="_Toc316389214"/>
+      <w:bookmarkStart w:id="3032" w:name="_Toc316389510"/>
+      <w:bookmarkStart w:id="3033" w:name="_Toc316389909"/>
+      <w:bookmarkStart w:id="3034" w:name="_Toc316462501"/>
+      <w:bookmarkStart w:id="3035" w:name="_Toc316463858"/>
+      <w:bookmarkStart w:id="3036" w:name="_Toc316561726"/>
+      <w:bookmarkStart w:id="3037" w:name="_Toc318382499"/>
+      <w:bookmarkStart w:id="3038" w:name="_Toc321916606"/>
+      <w:bookmarkStart w:id="3039" w:name="_Toc321922466"/>
+      <w:bookmarkStart w:id="3040" w:name="_Toc322002599"/>
+      <w:bookmarkStart w:id="3041" w:name="_Toc322003080"/>
+      <w:bookmarkStart w:id="3042" w:name="_Toc322425702"/>
+      <w:bookmarkStart w:id="3043" w:name="_Toc323388400"/>
+      <w:bookmarkStart w:id="3044" w:name="_Toc323388915"/>
+      <w:bookmarkStart w:id="3045" w:name="_Toc323389829"/>
+      <w:bookmarkStart w:id="3046" w:name="_Toc323393246"/>
+      <w:bookmarkStart w:id="3047" w:name="_Toc323817091"/>
+      <w:bookmarkStart w:id="3048" w:name="_Toc323817606"/>
+      <w:bookmarkStart w:id="3049" w:name="_Toc323903483"/>
+      <w:bookmarkStart w:id="3050" w:name="_Toc316385846"/>
+      <w:bookmarkStart w:id="3051" w:name="_Toc316386204"/>
+      <w:bookmarkStart w:id="3052" w:name="_Toc316388788"/>
+      <w:bookmarkStart w:id="3053" w:name="_Toc316389215"/>
+      <w:bookmarkStart w:id="3054" w:name="_Toc316389511"/>
+      <w:bookmarkStart w:id="3055" w:name="_Toc316389910"/>
+      <w:bookmarkStart w:id="3056" w:name="_Toc316462502"/>
+      <w:bookmarkStart w:id="3057" w:name="_Toc316463859"/>
+      <w:bookmarkStart w:id="3058" w:name="_Toc316561727"/>
+      <w:bookmarkStart w:id="3059" w:name="_Toc318382500"/>
+      <w:bookmarkStart w:id="3060" w:name="_Toc321916607"/>
+      <w:bookmarkStart w:id="3061" w:name="_Toc321922467"/>
+      <w:bookmarkStart w:id="3062" w:name="_Toc322002600"/>
+      <w:bookmarkStart w:id="3063" w:name="_Toc322003081"/>
+      <w:bookmarkStart w:id="3064" w:name="_Toc322425703"/>
+      <w:bookmarkStart w:id="3065" w:name="_Toc323388401"/>
+      <w:bookmarkStart w:id="3066" w:name="_Toc323388916"/>
+      <w:bookmarkStart w:id="3067" w:name="_Toc323389830"/>
+      <w:bookmarkStart w:id="3068" w:name="_Toc323393247"/>
+      <w:bookmarkStart w:id="3069" w:name="_Toc323817092"/>
+      <w:bookmarkStart w:id="3070" w:name="_Toc323817607"/>
+      <w:bookmarkStart w:id="3071" w:name="_Toc323903484"/>
+      <w:bookmarkStart w:id="3072" w:name="_Toc316385847"/>
+      <w:bookmarkStart w:id="3073" w:name="_Toc316386205"/>
+      <w:bookmarkStart w:id="3074" w:name="_Toc316388789"/>
+      <w:bookmarkStart w:id="3075" w:name="_Toc316389216"/>
+      <w:bookmarkStart w:id="3076" w:name="_Toc316389512"/>
+      <w:bookmarkStart w:id="3077" w:name="_Toc316389911"/>
+      <w:bookmarkStart w:id="3078" w:name="_Toc316462503"/>
+      <w:bookmarkStart w:id="3079" w:name="_Toc316463860"/>
+      <w:bookmarkStart w:id="3080" w:name="_Toc316561728"/>
+      <w:bookmarkStart w:id="3081" w:name="_Toc318382501"/>
+      <w:bookmarkStart w:id="3082" w:name="_Toc321916608"/>
+      <w:bookmarkStart w:id="3083" w:name="_Toc321922468"/>
+      <w:bookmarkStart w:id="3084" w:name="_Toc322002601"/>
+      <w:bookmarkStart w:id="3085" w:name="_Toc322003082"/>
+      <w:bookmarkStart w:id="3086" w:name="_Toc322425704"/>
+      <w:bookmarkStart w:id="3087" w:name="_Toc323388402"/>
+      <w:bookmarkStart w:id="3088" w:name="_Toc323388917"/>
+      <w:bookmarkStart w:id="3089" w:name="_Toc323389831"/>
+      <w:bookmarkStart w:id="3090" w:name="_Toc323393248"/>
+      <w:bookmarkStart w:id="3091" w:name="_Toc323817093"/>
+      <w:bookmarkStart w:id="3092" w:name="_Toc323817608"/>
+      <w:bookmarkStart w:id="3093" w:name="_Toc323903485"/>
+      <w:bookmarkStart w:id="3094" w:name="_Toc316385848"/>
+      <w:bookmarkStart w:id="3095" w:name="_Toc316386206"/>
+      <w:bookmarkStart w:id="3096" w:name="_Toc316388790"/>
+      <w:bookmarkStart w:id="3097" w:name="_Toc316389217"/>
+      <w:bookmarkStart w:id="3098" w:name="_Toc316389513"/>
+      <w:bookmarkStart w:id="3099" w:name="_Toc316389912"/>
+      <w:bookmarkStart w:id="3100" w:name="_Toc316462504"/>
+      <w:bookmarkStart w:id="3101" w:name="_Toc316463861"/>
+      <w:bookmarkStart w:id="3102" w:name="_Toc316561729"/>
+      <w:bookmarkStart w:id="3103" w:name="_Toc318382502"/>
+      <w:bookmarkStart w:id="3104" w:name="_Toc321916609"/>
+      <w:bookmarkStart w:id="3105" w:name="_Toc321922469"/>
+      <w:bookmarkStart w:id="3106" w:name="_Toc322002602"/>
+      <w:bookmarkStart w:id="3107" w:name="_Toc322003083"/>
+      <w:bookmarkStart w:id="3108" w:name="_Toc322425705"/>
+      <w:bookmarkStart w:id="3109" w:name="_Toc323388403"/>
+      <w:bookmarkStart w:id="3110" w:name="_Toc323388918"/>
+      <w:bookmarkStart w:id="3111" w:name="_Toc323389832"/>
+      <w:bookmarkStart w:id="3112" w:name="_Toc323393249"/>
+      <w:bookmarkStart w:id="3113" w:name="_Toc323817094"/>
+      <w:bookmarkStart w:id="3114" w:name="_Toc323817609"/>
+      <w:bookmarkStart w:id="3115" w:name="_Toc323903486"/>
+      <w:bookmarkStart w:id="3116" w:name="_Toc316385849"/>
+      <w:bookmarkStart w:id="3117" w:name="_Toc316386207"/>
+      <w:bookmarkStart w:id="3118" w:name="_Toc316388791"/>
+      <w:bookmarkStart w:id="3119" w:name="_Toc316389218"/>
+      <w:bookmarkStart w:id="3120" w:name="_Toc316389514"/>
+      <w:bookmarkStart w:id="3121" w:name="_Toc316389913"/>
+      <w:bookmarkStart w:id="3122" w:name="_Toc316462505"/>
+      <w:bookmarkStart w:id="3123" w:name="_Toc316463862"/>
+      <w:bookmarkStart w:id="3124" w:name="_Toc316561730"/>
+      <w:bookmarkStart w:id="3125" w:name="_Toc318382503"/>
+      <w:bookmarkStart w:id="3126" w:name="_Toc321916610"/>
+      <w:bookmarkStart w:id="3127" w:name="_Toc321922470"/>
+      <w:bookmarkStart w:id="3128" w:name="_Toc322002603"/>
+      <w:bookmarkStart w:id="3129" w:name="_Toc322003084"/>
+      <w:bookmarkStart w:id="3130" w:name="_Toc322425706"/>
+      <w:bookmarkStart w:id="3131" w:name="_Toc323388404"/>
+      <w:bookmarkStart w:id="3132" w:name="_Toc323388919"/>
+      <w:bookmarkStart w:id="3133" w:name="_Toc323389833"/>
+      <w:bookmarkStart w:id="3134" w:name="_Toc323393250"/>
+      <w:bookmarkStart w:id="3135" w:name="_Toc323817095"/>
+      <w:bookmarkStart w:id="3136" w:name="_Toc323817610"/>
+      <w:bookmarkStart w:id="3137" w:name="_Toc323903487"/>
+      <w:bookmarkStart w:id="3138" w:name="_Toc316385850"/>
+      <w:bookmarkStart w:id="3139" w:name="_Toc316386208"/>
+      <w:bookmarkStart w:id="3140" w:name="_Toc316388792"/>
+      <w:bookmarkStart w:id="3141" w:name="_Toc316389219"/>
+      <w:bookmarkStart w:id="3142" w:name="_Toc316389515"/>
+      <w:bookmarkStart w:id="3143" w:name="_Toc316389914"/>
+      <w:bookmarkStart w:id="3144" w:name="_Toc316462506"/>
+      <w:bookmarkStart w:id="3145" w:name="_Toc316463863"/>
+      <w:bookmarkStart w:id="3146" w:name="_Toc316561731"/>
+      <w:bookmarkStart w:id="3147" w:name="_Toc318382504"/>
+      <w:bookmarkStart w:id="3148" w:name="_Toc321916611"/>
+      <w:bookmarkStart w:id="3149" w:name="_Toc321922471"/>
+      <w:bookmarkStart w:id="3150" w:name="_Toc322002604"/>
+      <w:bookmarkStart w:id="3151" w:name="_Toc322003085"/>
+      <w:bookmarkStart w:id="3152" w:name="_Toc322425707"/>
+      <w:bookmarkStart w:id="3153" w:name="_Toc323388405"/>
+      <w:bookmarkStart w:id="3154" w:name="_Toc323388920"/>
+      <w:bookmarkStart w:id="3155" w:name="_Toc323389834"/>
+      <w:bookmarkStart w:id="3156" w:name="_Toc323393251"/>
+      <w:bookmarkStart w:id="3157" w:name="_Toc323817096"/>
+      <w:bookmarkStart w:id="3158" w:name="_Toc323817611"/>
+      <w:bookmarkStart w:id="3159" w:name="_Toc323903488"/>
+      <w:bookmarkStart w:id="3160" w:name="_Toc316385851"/>
+      <w:bookmarkStart w:id="3161" w:name="_Toc316386209"/>
+      <w:bookmarkStart w:id="3162" w:name="_Toc316388793"/>
+      <w:bookmarkStart w:id="3163" w:name="_Toc316389220"/>
+      <w:bookmarkStart w:id="3164" w:name="_Toc316389516"/>
+      <w:bookmarkStart w:id="3165" w:name="_Toc316389915"/>
+      <w:bookmarkStart w:id="3166" w:name="_Toc316462507"/>
+      <w:bookmarkStart w:id="3167" w:name="_Toc316463864"/>
+      <w:bookmarkStart w:id="3168" w:name="_Toc316561732"/>
+      <w:bookmarkStart w:id="3169" w:name="_Toc318382505"/>
+      <w:bookmarkStart w:id="3170" w:name="_Toc321916612"/>
+      <w:bookmarkStart w:id="3171" w:name="_Toc321922472"/>
+      <w:bookmarkStart w:id="3172" w:name="_Toc322002605"/>
+      <w:bookmarkStart w:id="3173" w:name="_Toc322003086"/>
+      <w:bookmarkStart w:id="3174" w:name="_Toc322425708"/>
+      <w:bookmarkStart w:id="3175" w:name="_Toc323388406"/>
+      <w:bookmarkStart w:id="3176" w:name="_Toc323388921"/>
+      <w:bookmarkStart w:id="3177" w:name="_Toc323389835"/>
+      <w:bookmarkStart w:id="3178" w:name="_Toc323393252"/>
+      <w:bookmarkStart w:id="3179" w:name="_Toc323817097"/>
+      <w:bookmarkStart w:id="3180" w:name="_Toc323817612"/>
+      <w:bookmarkStart w:id="3181" w:name="_Toc323903489"/>
+      <w:bookmarkStart w:id="3182" w:name="_Toc316385852"/>
+      <w:bookmarkStart w:id="3183" w:name="_Toc316386210"/>
+      <w:bookmarkStart w:id="3184" w:name="_Toc316388794"/>
+      <w:bookmarkStart w:id="3185" w:name="_Toc316389221"/>
+      <w:bookmarkStart w:id="3186" w:name="_Toc316389517"/>
+      <w:bookmarkStart w:id="3187" w:name="_Toc316389916"/>
+      <w:bookmarkStart w:id="3188" w:name="_Toc316462508"/>
+      <w:bookmarkStart w:id="3189" w:name="_Toc316463865"/>
+      <w:bookmarkStart w:id="3190" w:name="_Toc316561733"/>
+      <w:bookmarkStart w:id="3191" w:name="_Toc318382506"/>
+      <w:bookmarkStart w:id="3192" w:name="_Toc321916613"/>
+      <w:bookmarkStart w:id="3193" w:name="_Toc321922473"/>
+      <w:bookmarkStart w:id="3194" w:name="_Toc322002606"/>
+      <w:bookmarkStart w:id="3195" w:name="_Toc322003087"/>
+      <w:bookmarkStart w:id="3196" w:name="_Toc322425709"/>
+      <w:bookmarkStart w:id="3197" w:name="_Toc323388407"/>
+      <w:bookmarkStart w:id="3198" w:name="_Toc323388922"/>
+      <w:bookmarkStart w:id="3199" w:name="_Toc323389836"/>
+      <w:bookmarkStart w:id="3200" w:name="_Toc323393253"/>
+      <w:bookmarkStart w:id="3201" w:name="_Toc323817098"/>
+      <w:bookmarkStart w:id="3202" w:name="_Toc323817613"/>
+      <w:bookmarkStart w:id="3203" w:name="_Toc323903490"/>
+      <w:bookmarkStart w:id="3204" w:name="_Toc316385853"/>
+      <w:bookmarkStart w:id="3205" w:name="_Toc316386211"/>
+      <w:bookmarkStart w:id="3206" w:name="_Toc316388795"/>
+      <w:bookmarkStart w:id="3207" w:name="_Toc316389222"/>
+      <w:bookmarkStart w:id="3208" w:name="_Toc316389518"/>
+      <w:bookmarkStart w:id="3209" w:name="_Toc316389917"/>
+      <w:bookmarkStart w:id="3210" w:name="_Toc316462509"/>
+      <w:bookmarkStart w:id="3211" w:name="_Toc316463866"/>
+      <w:bookmarkStart w:id="3212" w:name="_Toc316561734"/>
+      <w:bookmarkStart w:id="3213" w:name="_Toc318382507"/>
+      <w:bookmarkStart w:id="3214" w:name="_Toc321916614"/>
+      <w:bookmarkStart w:id="3215" w:name="_Toc321922474"/>
+      <w:bookmarkStart w:id="3216" w:name="_Toc322002607"/>
+      <w:bookmarkStart w:id="3217" w:name="_Toc322003088"/>
+      <w:bookmarkStart w:id="3218" w:name="_Toc322425710"/>
+      <w:bookmarkStart w:id="3219" w:name="_Toc323388408"/>
+      <w:bookmarkStart w:id="3220" w:name="_Toc323388923"/>
+      <w:bookmarkStart w:id="3221" w:name="_Toc323389837"/>
+      <w:bookmarkStart w:id="3222" w:name="_Toc323393254"/>
+      <w:bookmarkStart w:id="3223" w:name="_Toc323817099"/>
+      <w:bookmarkStart w:id="3224" w:name="_Toc323817614"/>
+      <w:bookmarkStart w:id="3225" w:name="_Toc323903491"/>
+      <w:bookmarkStart w:id="3226" w:name="_Toc316385854"/>
+      <w:bookmarkStart w:id="3227" w:name="_Toc316386212"/>
+      <w:bookmarkStart w:id="3228" w:name="_Toc316388796"/>
+      <w:bookmarkStart w:id="3229" w:name="_Toc316389223"/>
+      <w:bookmarkStart w:id="3230" w:name="_Toc316389519"/>
+      <w:bookmarkStart w:id="3231" w:name="_Toc316389918"/>
+      <w:bookmarkStart w:id="3232" w:name="_Toc316462510"/>
+      <w:bookmarkStart w:id="3233" w:name="_Toc316463867"/>
+      <w:bookmarkStart w:id="3234" w:name="_Toc316561735"/>
+      <w:bookmarkStart w:id="3235" w:name="_Toc318382508"/>
+      <w:bookmarkStart w:id="3236" w:name="_Toc321916615"/>
+      <w:bookmarkStart w:id="3237" w:name="_Toc321922475"/>
+      <w:bookmarkStart w:id="3238" w:name="_Toc322002608"/>
+      <w:bookmarkStart w:id="3239" w:name="_Toc322003089"/>
+      <w:bookmarkStart w:id="3240" w:name="_Toc322425711"/>
+      <w:bookmarkStart w:id="3241" w:name="_Toc323388409"/>
+      <w:bookmarkStart w:id="3242" w:name="_Toc323388924"/>
+      <w:bookmarkStart w:id="3243" w:name="_Toc323389838"/>
+      <w:bookmarkStart w:id="3244" w:name="_Toc323393255"/>
+      <w:bookmarkStart w:id="3245" w:name="_Toc323817100"/>
+      <w:bookmarkStart w:id="3246" w:name="_Toc323817615"/>
+      <w:bookmarkStart w:id="3247" w:name="_Toc323903492"/>
+      <w:bookmarkStart w:id="3248" w:name="_Toc316385855"/>
+      <w:bookmarkStart w:id="3249" w:name="_Toc316386213"/>
+      <w:bookmarkStart w:id="3250" w:name="_Toc316388797"/>
+      <w:bookmarkStart w:id="3251" w:name="_Toc316389224"/>
+      <w:bookmarkStart w:id="3252" w:name="_Toc316389520"/>
+      <w:bookmarkStart w:id="3253" w:name="_Toc316389919"/>
+      <w:bookmarkStart w:id="3254" w:name="_Toc316462511"/>
+      <w:bookmarkStart w:id="3255" w:name="_Toc316463868"/>
+      <w:bookmarkStart w:id="3256" w:name="_Toc316561736"/>
+      <w:bookmarkStart w:id="3257" w:name="_Toc318382509"/>
+      <w:bookmarkStart w:id="3258" w:name="_Toc321916616"/>
+      <w:bookmarkStart w:id="3259" w:name="_Toc321922476"/>
+      <w:bookmarkStart w:id="3260" w:name="_Toc322002609"/>
+      <w:bookmarkStart w:id="3261" w:name="_Toc322003090"/>
+      <w:bookmarkStart w:id="3262" w:name="_Toc322425712"/>
+      <w:bookmarkStart w:id="3263" w:name="_Toc323388410"/>
+      <w:bookmarkStart w:id="3264" w:name="_Toc323388925"/>
+      <w:bookmarkStart w:id="3265" w:name="_Toc323389839"/>
+      <w:bookmarkStart w:id="3266" w:name="_Toc323393256"/>
+      <w:bookmarkStart w:id="3267" w:name="_Toc323817101"/>
+      <w:bookmarkStart w:id="3268" w:name="_Toc323817616"/>
+      <w:bookmarkStart w:id="3269" w:name="_Toc323903493"/>
+      <w:bookmarkStart w:id="3270" w:name="_Toc316385856"/>
+      <w:bookmarkStart w:id="3271" w:name="_Toc316386214"/>
+      <w:bookmarkStart w:id="3272" w:name="_Toc316388798"/>
+      <w:bookmarkStart w:id="3273" w:name="_Toc316389225"/>
+      <w:bookmarkStart w:id="3274" w:name="_Toc316389521"/>
+      <w:bookmarkStart w:id="3275" w:name="_Toc316389920"/>
+      <w:bookmarkStart w:id="3276" w:name="_Toc316462512"/>
+      <w:bookmarkStart w:id="3277" w:name="_Toc316463869"/>
+      <w:bookmarkStart w:id="3278" w:name="_Toc316561737"/>
+      <w:bookmarkStart w:id="3279" w:name="_Toc318382510"/>
+      <w:bookmarkStart w:id="3280" w:name="_Toc321916617"/>
+      <w:bookmarkStart w:id="3281" w:name="_Toc321922477"/>
+      <w:bookmarkStart w:id="3282" w:name="_Toc322002610"/>
+      <w:bookmarkStart w:id="3283" w:name="_Toc322003091"/>
+      <w:bookmarkStart w:id="3284" w:name="_Toc322425713"/>
+      <w:bookmarkStart w:id="3285" w:name="_Toc323388411"/>
+      <w:bookmarkStart w:id="3286" w:name="_Toc323388926"/>
+      <w:bookmarkStart w:id="3287" w:name="_Toc323389840"/>
+      <w:bookmarkStart w:id="3288" w:name="_Toc323393257"/>
+      <w:bookmarkStart w:id="3289" w:name="_Toc323817102"/>
+      <w:bookmarkStart w:id="3290" w:name="_Toc323817617"/>
+      <w:bookmarkStart w:id="3291" w:name="_Toc323903494"/>
+      <w:bookmarkStart w:id="3292" w:name="_Toc316385857"/>
+      <w:bookmarkStart w:id="3293" w:name="_Toc316386215"/>
+      <w:bookmarkStart w:id="3294" w:name="_Toc316388799"/>
+      <w:bookmarkStart w:id="3295" w:name="_Toc316389226"/>
+      <w:bookmarkStart w:id="3296" w:name="_Toc316389522"/>
+      <w:bookmarkStart w:id="3297" w:name="_Toc316389921"/>
+      <w:bookmarkStart w:id="3298" w:name="_Toc316462513"/>
+      <w:bookmarkStart w:id="3299" w:name="_Toc316463870"/>
+      <w:bookmarkStart w:id="3300" w:name="_Toc316561738"/>
+      <w:bookmarkStart w:id="3301" w:name="_Toc318382511"/>
+      <w:bookmarkStart w:id="3302" w:name="_Toc321916618"/>
+      <w:bookmarkStart w:id="3303" w:name="_Toc321922478"/>
+      <w:bookmarkStart w:id="3304" w:name="_Toc322002611"/>
+      <w:bookmarkStart w:id="3305" w:name="_Toc322003092"/>
+      <w:bookmarkStart w:id="3306" w:name="_Toc322425714"/>
+      <w:bookmarkStart w:id="3307" w:name="_Toc323388412"/>
+      <w:bookmarkStart w:id="3308" w:name="_Toc323388927"/>
+      <w:bookmarkStart w:id="3309" w:name="_Toc323389841"/>
+      <w:bookmarkStart w:id="3310" w:name="_Toc323393258"/>
+      <w:bookmarkStart w:id="3311" w:name="_Toc323817103"/>
+      <w:bookmarkStart w:id="3312" w:name="_Toc323817618"/>
+      <w:bookmarkStart w:id="3313" w:name="_Toc323903495"/>
+      <w:bookmarkStart w:id="3314" w:name="_Toc316385858"/>
+      <w:bookmarkStart w:id="3315" w:name="_Toc316386216"/>
+      <w:bookmarkStart w:id="3316" w:name="_Toc316388800"/>
+      <w:bookmarkStart w:id="3317" w:name="_Toc316389227"/>
+      <w:bookmarkStart w:id="3318" w:name="_Toc316389523"/>
+      <w:bookmarkStart w:id="3319" w:name="_Toc316389922"/>
+      <w:bookmarkStart w:id="3320" w:name="_Toc316462514"/>
+      <w:bookmarkStart w:id="3321" w:name="_Toc316463871"/>
+      <w:bookmarkStart w:id="3322" w:name="_Toc316561739"/>
+      <w:bookmarkStart w:id="3323" w:name="_Toc318382512"/>
+      <w:bookmarkStart w:id="3324" w:name="_Toc321916619"/>
+      <w:bookmarkStart w:id="3325" w:name="_Toc321922479"/>
+      <w:bookmarkStart w:id="3326" w:name="_Toc322002612"/>
+      <w:bookmarkStart w:id="3327" w:name="_Toc322003093"/>
+      <w:bookmarkStart w:id="3328" w:name="_Toc322425715"/>
+      <w:bookmarkStart w:id="3329" w:name="_Toc323388413"/>
+      <w:bookmarkStart w:id="3330" w:name="_Toc323388928"/>
+      <w:bookmarkStart w:id="3331" w:name="_Toc323389842"/>
+      <w:bookmarkStart w:id="3332" w:name="_Toc323393259"/>
+      <w:bookmarkStart w:id="3333" w:name="_Toc323817104"/>
+      <w:bookmarkStart w:id="3334" w:name="_Toc323817619"/>
+      <w:bookmarkStart w:id="3335" w:name="_Toc323903496"/>
+      <w:bookmarkStart w:id="3336" w:name="_Toc316385859"/>
+      <w:bookmarkStart w:id="3337" w:name="_Toc316386217"/>
+      <w:bookmarkStart w:id="3338" w:name="_Toc316388801"/>
+      <w:bookmarkStart w:id="3339" w:name="_Toc316389228"/>
+      <w:bookmarkStart w:id="3340" w:name="_Toc316389524"/>
+      <w:bookmarkStart w:id="3341" w:name="_Toc316389923"/>
+      <w:bookmarkStart w:id="3342" w:name="_Toc316462515"/>
+      <w:bookmarkStart w:id="3343" w:name="_Toc316463872"/>
+      <w:bookmarkStart w:id="3344" w:name="_Toc316561740"/>
+      <w:bookmarkStart w:id="3345" w:name="_Toc318382513"/>
+      <w:bookmarkStart w:id="3346" w:name="_Toc321916620"/>
+      <w:bookmarkStart w:id="3347" w:name="_Toc321922480"/>
+      <w:bookmarkStart w:id="3348" w:name="_Toc322002613"/>
+      <w:bookmarkStart w:id="3349" w:name="_Toc322003094"/>
+      <w:bookmarkStart w:id="3350" w:name="_Toc322425716"/>
+      <w:bookmarkStart w:id="3351" w:name="_Toc323388414"/>
+      <w:bookmarkStart w:id="3352" w:name="_Toc323388929"/>
+      <w:bookmarkStart w:id="3353" w:name="_Toc323389843"/>
+      <w:bookmarkStart w:id="3354" w:name="_Toc323393260"/>
+      <w:bookmarkStart w:id="3355" w:name="_Toc323817105"/>
+      <w:bookmarkStart w:id="3356" w:name="_Toc323817620"/>
+      <w:bookmarkStart w:id="3357" w:name="_Toc323903497"/>
+      <w:bookmarkStart w:id="3358" w:name="_Toc316385860"/>
+      <w:bookmarkStart w:id="3359" w:name="_Toc316386218"/>
+      <w:bookmarkStart w:id="3360" w:name="_Toc316388802"/>
+      <w:bookmarkStart w:id="3361" w:name="_Toc316389229"/>
+      <w:bookmarkStart w:id="3362" w:name="_Toc316389525"/>
+      <w:bookmarkStart w:id="3363" w:name="_Toc316389924"/>
+      <w:bookmarkStart w:id="3364" w:name="_Toc316462516"/>
+      <w:bookmarkStart w:id="3365" w:name="_Toc316463873"/>
+      <w:bookmarkStart w:id="3366" w:name="_Toc316561741"/>
+      <w:bookmarkStart w:id="3367" w:name="_Toc318382514"/>
+      <w:bookmarkStart w:id="3368" w:name="_Toc321916621"/>
+      <w:bookmarkStart w:id="3369" w:name="_Toc321922481"/>
+      <w:bookmarkStart w:id="3370" w:name="_Toc322002614"/>
+      <w:bookmarkStart w:id="3371" w:name="_Toc322003095"/>
+      <w:bookmarkStart w:id="3372" w:name="_Toc322425717"/>
+      <w:bookmarkStart w:id="3373" w:name="_Toc323388415"/>
+      <w:bookmarkStart w:id="3374" w:name="_Toc323388930"/>
+      <w:bookmarkStart w:id="3375" w:name="_Toc323389844"/>
+      <w:bookmarkStart w:id="3376" w:name="_Toc323393261"/>
+      <w:bookmarkStart w:id="3377" w:name="_Toc323817106"/>
+      <w:bookmarkStart w:id="3378" w:name="_Toc323817621"/>
+      <w:bookmarkStart w:id="3379" w:name="_Toc323903498"/>
+      <w:bookmarkStart w:id="3380" w:name="_Toc316385861"/>
+      <w:bookmarkStart w:id="3381" w:name="_Toc316386219"/>
+      <w:bookmarkStart w:id="3382" w:name="_Toc316388803"/>
+      <w:bookmarkStart w:id="3383" w:name="_Toc316389230"/>
+      <w:bookmarkStart w:id="3384" w:name="_Toc316389526"/>
+      <w:bookmarkStart w:id="3385" w:name="_Toc316389925"/>
+      <w:bookmarkStart w:id="3386" w:name="_Toc316462517"/>
+      <w:bookmarkStart w:id="3387" w:name="_Toc316463874"/>
+      <w:bookmarkStart w:id="3388" w:name="_Toc316561742"/>
+      <w:bookmarkStart w:id="3389" w:name="_Toc318382515"/>
+      <w:bookmarkStart w:id="3390" w:name="_Toc321916622"/>
+      <w:bookmarkStart w:id="3391" w:name="_Toc321922482"/>
+      <w:bookmarkStart w:id="3392" w:name="_Toc322002615"/>
+      <w:bookmarkStart w:id="3393" w:name="_Toc322003096"/>
+      <w:bookmarkStart w:id="3394" w:name="_Toc322425718"/>
+      <w:bookmarkStart w:id="3395" w:name="_Toc323388416"/>
+      <w:bookmarkStart w:id="3396" w:name="_Toc323388931"/>
+      <w:bookmarkStart w:id="3397" w:name="_Toc323389845"/>
+      <w:bookmarkStart w:id="3398" w:name="_Toc323393262"/>
+      <w:bookmarkStart w:id="3399" w:name="_Toc323817107"/>
+      <w:bookmarkStart w:id="3400" w:name="_Toc323817622"/>
+      <w:bookmarkStart w:id="3401" w:name="_Toc323903499"/>
+      <w:bookmarkStart w:id="3402" w:name="_Toc316385862"/>
+      <w:bookmarkStart w:id="3403" w:name="_Toc316386220"/>
+      <w:bookmarkStart w:id="3404" w:name="_Toc316388804"/>
+      <w:bookmarkStart w:id="3405" w:name="_Toc316389231"/>
+      <w:bookmarkStart w:id="3406" w:name="_Toc316389527"/>
+      <w:bookmarkStart w:id="3407" w:name="_Toc316389926"/>
+      <w:bookmarkStart w:id="3408" w:name="_Toc316462518"/>
+      <w:bookmarkStart w:id="3409" w:name="_Toc316463875"/>
+      <w:bookmarkStart w:id="3410" w:name="_Toc316561743"/>
+      <w:bookmarkStart w:id="3411" w:name="_Toc318382516"/>
+      <w:bookmarkStart w:id="3412" w:name="_Toc321916623"/>
+      <w:bookmarkStart w:id="3413" w:name="_Toc321922483"/>
+      <w:bookmarkStart w:id="3414" w:name="_Toc322002616"/>
+      <w:bookmarkStart w:id="3415" w:name="_Toc322003097"/>
+      <w:bookmarkStart w:id="3416" w:name="_Toc322425719"/>
+      <w:bookmarkStart w:id="3417" w:name="_Toc323388417"/>
+      <w:bookmarkStart w:id="3418" w:name="_Toc323388932"/>
+      <w:bookmarkStart w:id="3419" w:name="_Toc323389846"/>
+      <w:bookmarkStart w:id="3420" w:name="_Toc323393263"/>
+      <w:bookmarkStart w:id="3421" w:name="_Toc323817108"/>
+      <w:bookmarkStart w:id="3422" w:name="_Toc323817623"/>
+      <w:bookmarkStart w:id="3423" w:name="_Toc323903500"/>
+      <w:bookmarkStart w:id="3424" w:name="_Toc316385863"/>
+      <w:bookmarkStart w:id="3425" w:name="_Toc316386221"/>
+      <w:bookmarkStart w:id="3426" w:name="_Toc316388805"/>
+      <w:bookmarkStart w:id="3427" w:name="_Toc316389232"/>
+      <w:bookmarkStart w:id="3428" w:name="_Toc316389528"/>
+      <w:bookmarkStart w:id="3429" w:name="_Toc316389927"/>
+      <w:bookmarkStart w:id="3430" w:name="_Toc316462519"/>
+      <w:bookmarkStart w:id="3431" w:name="_Toc316463876"/>
+      <w:bookmarkStart w:id="3432" w:name="_Toc316561744"/>
+      <w:bookmarkStart w:id="3433" w:name="_Toc318382517"/>
+      <w:bookmarkStart w:id="3434" w:name="_Toc321916624"/>
+      <w:bookmarkStart w:id="3435" w:name="_Toc321922484"/>
+      <w:bookmarkStart w:id="3436" w:name="_Toc322002617"/>
+      <w:bookmarkStart w:id="3437" w:name="_Toc322003098"/>
+      <w:bookmarkStart w:id="3438" w:name="_Toc322425720"/>
+      <w:bookmarkStart w:id="3439" w:name="_Toc323388418"/>
+      <w:bookmarkStart w:id="3440" w:name="_Toc323388933"/>
+      <w:bookmarkStart w:id="3441" w:name="_Toc323389847"/>
+      <w:bookmarkStart w:id="3442" w:name="_Toc323393264"/>
+      <w:bookmarkStart w:id="3443" w:name="_Toc323817109"/>
+      <w:bookmarkStart w:id="3444" w:name="_Toc323817624"/>
+      <w:bookmarkStart w:id="3445" w:name="_Toc323903501"/>
+      <w:bookmarkStart w:id="3446" w:name="_Toc316385864"/>
+      <w:bookmarkStart w:id="3447" w:name="_Toc316386222"/>
+      <w:bookmarkStart w:id="3448" w:name="_Toc316388806"/>
+      <w:bookmarkStart w:id="3449" w:name="_Toc316389233"/>
+      <w:bookmarkStart w:id="3450" w:name="_Toc316389529"/>
+      <w:bookmarkStart w:id="3451" w:name="_Toc316389928"/>
+      <w:bookmarkStart w:id="3452" w:name="_Toc316462520"/>
+      <w:bookmarkStart w:id="3453" w:name="_Toc316463877"/>
+      <w:bookmarkStart w:id="3454" w:name="_Toc316561745"/>
+      <w:bookmarkStart w:id="3455" w:name="_Toc318382518"/>
+      <w:bookmarkStart w:id="3456" w:name="_Toc321916625"/>
+      <w:bookmarkStart w:id="3457" w:name="_Toc321922485"/>
+      <w:bookmarkStart w:id="3458" w:name="_Toc322002618"/>
+      <w:bookmarkStart w:id="3459" w:name="_Toc322003099"/>
+      <w:bookmarkStart w:id="3460" w:name="_Toc322425721"/>
+      <w:bookmarkStart w:id="3461" w:name="_Toc323388419"/>
+      <w:bookmarkStart w:id="3462" w:name="_Toc323388934"/>
+      <w:bookmarkStart w:id="3463" w:name="_Toc323389848"/>
+      <w:bookmarkStart w:id="3464" w:name="_Toc323393265"/>
+      <w:bookmarkStart w:id="3465" w:name="_Toc323817110"/>
+      <w:bookmarkStart w:id="3466" w:name="_Toc323817625"/>
+      <w:bookmarkStart w:id="3467" w:name="_Toc323903502"/>
+      <w:bookmarkStart w:id="3468" w:name="_Toc316385865"/>
+      <w:bookmarkStart w:id="3469" w:name="_Toc316386223"/>
+      <w:bookmarkStart w:id="3470" w:name="_Toc316388807"/>
+      <w:bookmarkStart w:id="3471" w:name="_Toc316389234"/>
+      <w:bookmarkStart w:id="3472" w:name="_Toc316389530"/>
+      <w:bookmarkStart w:id="3473" w:name="_Toc316389929"/>
+      <w:bookmarkStart w:id="3474" w:name="_Toc316462521"/>
+      <w:bookmarkStart w:id="3475" w:name="_Toc316463878"/>
+      <w:bookmarkStart w:id="3476" w:name="_Toc316561746"/>
+      <w:bookmarkStart w:id="3477" w:name="_Toc318382519"/>
+      <w:bookmarkStart w:id="3478" w:name="_Toc321916626"/>
+      <w:bookmarkStart w:id="3479" w:name="_Toc321922486"/>
+      <w:bookmarkStart w:id="3480" w:name="_Toc322002619"/>
+      <w:bookmarkStart w:id="3481" w:name="_Toc322003100"/>
+      <w:bookmarkStart w:id="3482" w:name="_Toc322425722"/>
+      <w:bookmarkStart w:id="3483" w:name="_Toc323388420"/>
+      <w:bookmarkStart w:id="3484" w:name="_Toc323388935"/>
+      <w:bookmarkStart w:id="3485" w:name="_Toc323389849"/>
+      <w:bookmarkStart w:id="3486" w:name="_Toc323393266"/>
+      <w:bookmarkStart w:id="3487" w:name="_Toc323817111"/>
+      <w:bookmarkStart w:id="3488" w:name="_Toc323817626"/>
+      <w:bookmarkStart w:id="3489" w:name="_Toc323903503"/>
+      <w:bookmarkStart w:id="3490" w:name="_Toc316385866"/>
+      <w:bookmarkStart w:id="3491" w:name="_Toc316386224"/>
+      <w:bookmarkStart w:id="3492" w:name="_Toc316388808"/>
+      <w:bookmarkStart w:id="3493" w:name="_Toc316389235"/>
+      <w:bookmarkStart w:id="3494" w:name="_Toc316389531"/>
+      <w:bookmarkStart w:id="3495" w:name="_Toc316389930"/>
+      <w:bookmarkStart w:id="3496" w:name="_Toc316462522"/>
+      <w:bookmarkStart w:id="3497" w:name="_Toc316463879"/>
+      <w:bookmarkStart w:id="3498" w:name="_Toc316561747"/>
+      <w:bookmarkStart w:id="3499" w:name="_Toc318382520"/>
+      <w:bookmarkStart w:id="3500" w:name="_Toc321916627"/>
+      <w:bookmarkStart w:id="3501" w:name="_Toc321922487"/>
+      <w:bookmarkStart w:id="3502" w:name="_Toc322002620"/>
+      <w:bookmarkStart w:id="3503" w:name="_Toc322003101"/>
+      <w:bookmarkStart w:id="3504" w:name="_Toc322425723"/>
+      <w:bookmarkStart w:id="3505" w:name="_Toc323388421"/>
+      <w:bookmarkStart w:id="3506" w:name="_Toc323388936"/>
+      <w:bookmarkStart w:id="3507" w:name="_Toc323389850"/>
+      <w:bookmarkStart w:id="3508" w:name="_Toc323393267"/>
+      <w:bookmarkStart w:id="3509" w:name="_Toc323817112"/>
+      <w:bookmarkStart w:id="3510" w:name="_Toc323817627"/>
+      <w:bookmarkStart w:id="3511" w:name="_Toc323903504"/>
+      <w:bookmarkStart w:id="3512" w:name="_Toc316385867"/>
+      <w:bookmarkStart w:id="3513" w:name="_Toc316386225"/>
+      <w:bookmarkStart w:id="3514" w:name="_Toc316388809"/>
+      <w:bookmarkStart w:id="3515" w:name="_Toc316389236"/>
+      <w:bookmarkStart w:id="3516" w:name="_Toc316389532"/>
+      <w:bookmarkStart w:id="3517" w:name="_Toc316389931"/>
+      <w:bookmarkStart w:id="3518" w:name="_Toc316462523"/>
+      <w:bookmarkStart w:id="3519" w:name="_Toc316463880"/>
+      <w:bookmarkStart w:id="3520" w:name="_Toc316561748"/>
+      <w:bookmarkStart w:id="3521" w:name="_Toc318382521"/>
+      <w:bookmarkStart w:id="3522" w:name="_Toc321916628"/>
+      <w:bookmarkStart w:id="3523" w:name="_Toc321922488"/>
+      <w:bookmarkStart w:id="3524" w:name="_Toc322002621"/>
+      <w:bookmarkStart w:id="3525" w:name="_Toc322003102"/>
+      <w:bookmarkStart w:id="3526" w:name="_Toc322425724"/>
+      <w:bookmarkStart w:id="3527" w:name="_Toc323388422"/>
+      <w:bookmarkStart w:id="3528" w:name="_Toc323388937"/>
+      <w:bookmarkStart w:id="3529" w:name="_Toc323389851"/>
+      <w:bookmarkStart w:id="3530" w:name="_Toc323393268"/>
+      <w:bookmarkStart w:id="3531" w:name="_Toc323817113"/>
+      <w:bookmarkStart w:id="3532" w:name="_Toc323817628"/>
+      <w:bookmarkStart w:id="3533" w:name="_Toc323903505"/>
+      <w:bookmarkStart w:id="3534" w:name="_Toc316385868"/>
+      <w:bookmarkStart w:id="3535" w:name="_Toc316386226"/>
+      <w:bookmarkStart w:id="3536" w:name="_Toc316388810"/>
+      <w:bookmarkStart w:id="3537" w:name="_Toc316389237"/>
+      <w:bookmarkStart w:id="3538" w:name="_Toc316389533"/>
+      <w:bookmarkStart w:id="3539" w:name="_Toc316389932"/>
+      <w:bookmarkStart w:id="3540" w:name="_Toc316462524"/>
+      <w:bookmarkStart w:id="3541" w:name="_Toc316463881"/>
+      <w:bookmarkStart w:id="3542" w:name="_Toc316561749"/>
+      <w:bookmarkStart w:id="3543" w:name="_Toc318382522"/>
+      <w:bookmarkStart w:id="3544" w:name="_Toc321916629"/>
+      <w:bookmarkStart w:id="3545" w:name="_Toc321922489"/>
+      <w:bookmarkStart w:id="3546" w:name="_Toc322002622"/>
+      <w:bookmarkStart w:id="3547" w:name="_Toc322003103"/>
+      <w:bookmarkStart w:id="3548" w:name="_Toc322425725"/>
+      <w:bookmarkStart w:id="3549" w:name="_Toc323388423"/>
+      <w:bookmarkStart w:id="3550" w:name="_Toc323388938"/>
+      <w:bookmarkStart w:id="3551" w:name="_Toc323389852"/>
+      <w:bookmarkStart w:id="3552" w:name="_Toc323393269"/>
+      <w:bookmarkStart w:id="3553" w:name="_Toc323817114"/>
+      <w:bookmarkStart w:id="3554" w:name="_Toc323817629"/>
+      <w:bookmarkStart w:id="3555" w:name="_Toc323903506"/>
+      <w:bookmarkStart w:id="3556" w:name="_Toc316385869"/>
+      <w:bookmarkStart w:id="3557" w:name="_Toc316386227"/>
+      <w:bookmarkStart w:id="3558" w:name="_Toc316388811"/>
+      <w:bookmarkStart w:id="3559" w:name="_Toc316389238"/>
+      <w:bookmarkStart w:id="3560" w:name="_Toc316389534"/>
+      <w:bookmarkStart w:id="3561" w:name="_Toc316389933"/>
+      <w:bookmarkStart w:id="3562" w:name="_Toc316462525"/>
+      <w:bookmarkStart w:id="3563" w:name="_Toc316463882"/>
+      <w:bookmarkStart w:id="3564" w:name="_Toc316561750"/>
+      <w:bookmarkStart w:id="3565" w:name="_Toc318382523"/>
+      <w:bookmarkStart w:id="3566" w:name="_Toc321916630"/>
+      <w:bookmarkStart w:id="3567" w:name="_Toc321922490"/>
+      <w:bookmarkStart w:id="3568" w:name="_Toc322002623"/>
+      <w:bookmarkStart w:id="3569" w:name="_Toc322003104"/>
+      <w:bookmarkStart w:id="3570" w:name="_Toc322425726"/>
+      <w:bookmarkStart w:id="3571" w:name="_Toc323388424"/>
+      <w:bookmarkStart w:id="3572" w:name="_Toc323388939"/>
+      <w:bookmarkStart w:id="3573" w:name="_Toc323389853"/>
+      <w:bookmarkStart w:id="3574" w:name="_Toc323393270"/>
+      <w:bookmarkStart w:id="3575" w:name="_Toc323817115"/>
+      <w:bookmarkStart w:id="3576" w:name="_Toc323817630"/>
+      <w:bookmarkStart w:id="3577" w:name="_Toc323903507"/>
+      <w:bookmarkStart w:id="3578" w:name="_Toc316385870"/>
+      <w:bookmarkStart w:id="3579" w:name="_Toc316386228"/>
+      <w:bookmarkStart w:id="3580" w:name="_Toc316388812"/>
+      <w:bookmarkStart w:id="3581" w:name="_Toc316389239"/>
+      <w:bookmarkStart w:id="3582" w:name="_Toc316389535"/>
+      <w:bookmarkStart w:id="3583" w:name="_Toc316389934"/>
+      <w:bookmarkStart w:id="3584" w:name="_Toc316462526"/>
+      <w:bookmarkStart w:id="3585" w:name="_Toc316463883"/>
+      <w:bookmarkStart w:id="3586" w:name="_Toc316561751"/>
+      <w:bookmarkStart w:id="3587" w:name="_Toc318382524"/>
+      <w:bookmarkStart w:id="3588" w:name="_Toc321916631"/>
+      <w:bookmarkStart w:id="3589" w:name="_Toc321922491"/>
+      <w:bookmarkStart w:id="3590" w:name="_Toc322002624"/>
+      <w:bookmarkStart w:id="3591" w:name="_Toc322003105"/>
+      <w:bookmarkStart w:id="3592" w:name="_Toc322425727"/>
+      <w:bookmarkStart w:id="3593" w:name="_Toc323388425"/>
+      <w:bookmarkStart w:id="3594" w:name="_Toc323388940"/>
+      <w:bookmarkStart w:id="3595" w:name="_Toc323389854"/>
+      <w:bookmarkStart w:id="3596" w:name="_Toc323393271"/>
+      <w:bookmarkStart w:id="3597" w:name="_Toc323817116"/>
+      <w:bookmarkStart w:id="3598" w:name="_Toc323817631"/>
+      <w:bookmarkStart w:id="3599" w:name="_Toc323903508"/>
+      <w:bookmarkStart w:id="3600" w:name="_Toc316385871"/>
+      <w:bookmarkStart w:id="3601" w:name="_Toc316386229"/>
+      <w:bookmarkStart w:id="3602" w:name="_Toc316388813"/>
+      <w:bookmarkStart w:id="3603" w:name="_Toc316389240"/>
+      <w:bookmarkStart w:id="3604" w:name="_Toc316389536"/>
+      <w:bookmarkStart w:id="3605" w:name="_Toc316389935"/>
+      <w:bookmarkStart w:id="3606" w:name="_Toc316462527"/>
+      <w:bookmarkStart w:id="3607" w:name="_Toc316463884"/>
+      <w:bookmarkStart w:id="3608" w:name="_Toc316561752"/>
+      <w:bookmarkStart w:id="3609" w:name="_Toc318382525"/>
+      <w:bookmarkStart w:id="3610" w:name="_Toc321916632"/>
+      <w:bookmarkStart w:id="3611" w:name="_Toc321922492"/>
+      <w:bookmarkStart w:id="3612" w:name="_Toc322002625"/>
+      <w:bookmarkStart w:id="3613" w:name="_Toc322003106"/>
+      <w:bookmarkStart w:id="3614" w:name="_Toc322425728"/>
+      <w:bookmarkStart w:id="3615" w:name="_Toc323388426"/>
+      <w:bookmarkStart w:id="3616" w:name="_Toc323388941"/>
+      <w:bookmarkStart w:id="3617" w:name="_Toc323389855"/>
+      <w:bookmarkStart w:id="3618" w:name="_Toc323393272"/>
+      <w:bookmarkStart w:id="3619" w:name="_Toc323817117"/>
+      <w:bookmarkStart w:id="3620" w:name="_Toc323817632"/>
+      <w:bookmarkStart w:id="3621" w:name="_Toc323903509"/>
+      <w:bookmarkStart w:id="3622" w:name="_Toc316385872"/>
+      <w:bookmarkStart w:id="3623" w:name="_Toc316386230"/>
+      <w:bookmarkStart w:id="3624" w:name="_Toc316388814"/>
+      <w:bookmarkStart w:id="3625" w:name="_Toc316389241"/>
+      <w:bookmarkStart w:id="3626" w:name="_Toc316389537"/>
+      <w:bookmarkStart w:id="3627" w:name="_Toc316389936"/>
+      <w:bookmarkStart w:id="3628" w:name="_Toc316462528"/>
+      <w:bookmarkStart w:id="3629" w:name="_Toc316463885"/>
+      <w:bookmarkStart w:id="3630" w:name="_Toc316561753"/>
+      <w:bookmarkStart w:id="3631" w:name="_Toc318382526"/>
+      <w:bookmarkStart w:id="3632" w:name="_Toc321916633"/>
+      <w:bookmarkStart w:id="3633" w:name="_Toc321922493"/>
+      <w:bookmarkStart w:id="3634" w:name="_Toc322002626"/>
+      <w:bookmarkStart w:id="3635" w:name="_Toc322003107"/>
+      <w:bookmarkStart w:id="3636" w:name="_Toc322425729"/>
+      <w:bookmarkStart w:id="3637" w:name="_Toc323388427"/>
+      <w:bookmarkStart w:id="3638" w:name="_Toc323388942"/>
+      <w:bookmarkStart w:id="3639" w:name="_Toc323389856"/>
+      <w:bookmarkStart w:id="3640" w:name="_Toc323393273"/>
+      <w:bookmarkStart w:id="3641" w:name="_Toc323817118"/>
+      <w:bookmarkStart w:id="3642" w:name="_Toc323817633"/>
+      <w:bookmarkStart w:id="3643" w:name="_Toc323903510"/>
+      <w:bookmarkStart w:id="3644" w:name="_Toc316385873"/>
+      <w:bookmarkStart w:id="3645" w:name="_Toc331671250"/>
+      <w:bookmarkStart w:id="3646" w:name="_Toc339010582"/>
+      <w:bookmarkStart w:id="3647" w:name="_Toc360177477"/>
+      <w:bookmarkStart w:id="3648" w:name="_Toc385580408"/>
+      <w:bookmarkStart w:id="3649" w:name="_Toc413164736"/>
+      <w:bookmarkStart w:id="3650" w:name="_Toc414455955"/>
+      <w:bookmarkStart w:id="3651" w:name="_Toc423076540"/>
+      <w:bookmarkStart w:id="3652" w:name="_Toc434331273"/>
+      <w:bookmarkStart w:id="3653" w:name="_Toc449341029"/>
+      <w:bookmarkStart w:id="3654" w:name="_Toc462148990"/>
+      <w:bookmarkStart w:id="3655" w:name="_Toc463342931"/>
+      <w:bookmarkStart w:id="3656" w:name="_Toc467659700"/>
+      <w:bookmarkStart w:id="3657" w:name="_Toc138240769"/>
+      <w:bookmarkStart w:id="3658" w:name="_Toc106193351"/>
+      <w:bookmarkStart w:id="3659" w:name="_Toc106788642"/>
+      <w:bookmarkStart w:id="3660" w:name="_Toc107305674"/>
       <w:bookmarkEnd w:id="511"/>
       <w:bookmarkEnd w:id="512"/>
       <w:bookmarkEnd w:id="513"/>
       <w:bookmarkEnd w:id="514"/>
       <w:bookmarkEnd w:id="515"/>
       <w:bookmarkEnd w:id="516"/>
       <w:bookmarkEnd w:id="517"/>
       <w:bookmarkEnd w:id="518"/>
       <w:bookmarkEnd w:id="519"/>
       <w:bookmarkEnd w:id="520"/>
       <w:bookmarkEnd w:id="521"/>
       <w:bookmarkEnd w:id="522"/>
       <w:bookmarkEnd w:id="523"/>
       <w:bookmarkEnd w:id="524"/>
       <w:bookmarkEnd w:id="525"/>
       <w:bookmarkEnd w:id="526"/>
       <w:bookmarkEnd w:id="527"/>
       <w:bookmarkEnd w:id="528"/>
       <w:bookmarkEnd w:id="529"/>
       <w:bookmarkEnd w:id="530"/>
       <w:bookmarkEnd w:id="531"/>
       <w:bookmarkEnd w:id="532"/>
       <w:bookmarkEnd w:id="533"/>
       <w:bookmarkEnd w:id="534"/>
       <w:bookmarkEnd w:id="535"/>
@@ -11055,366 +11608,366 @@
       <w:bookmarkEnd w:id="3618"/>
       <w:bookmarkEnd w:id="3619"/>
       <w:bookmarkEnd w:id="3620"/>
       <w:bookmarkEnd w:id="3621"/>
       <w:bookmarkEnd w:id="3622"/>
       <w:bookmarkEnd w:id="3623"/>
       <w:bookmarkEnd w:id="3624"/>
       <w:bookmarkEnd w:id="3625"/>
       <w:bookmarkEnd w:id="3626"/>
       <w:bookmarkEnd w:id="3627"/>
       <w:bookmarkEnd w:id="3628"/>
       <w:bookmarkEnd w:id="3629"/>
       <w:bookmarkEnd w:id="3630"/>
       <w:bookmarkEnd w:id="3631"/>
       <w:bookmarkEnd w:id="3632"/>
       <w:bookmarkEnd w:id="3633"/>
       <w:bookmarkEnd w:id="3634"/>
       <w:bookmarkEnd w:id="3635"/>
       <w:bookmarkEnd w:id="3636"/>
       <w:bookmarkEnd w:id="3637"/>
       <w:bookmarkEnd w:id="3638"/>
       <w:bookmarkEnd w:id="3639"/>
       <w:bookmarkEnd w:id="3640"/>
       <w:bookmarkEnd w:id="3641"/>
       <w:bookmarkEnd w:id="3642"/>
+      <w:bookmarkEnd w:id="3643"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>SUSPENSION AND TERMINATION OF ADMISSION TO TRADING ON THE DEPOSIT MARKET</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3643"/>
       <w:bookmarkEnd w:id="3644"/>
       <w:bookmarkEnd w:id="3645"/>
       <w:bookmarkEnd w:id="3646"/>
       <w:bookmarkEnd w:id="3647"/>
       <w:bookmarkEnd w:id="3648"/>
       <w:bookmarkEnd w:id="3649"/>
       <w:bookmarkEnd w:id="3650"/>
       <w:bookmarkEnd w:id="3651"/>
       <w:bookmarkEnd w:id="3652"/>
       <w:bookmarkEnd w:id="3653"/>
       <w:bookmarkEnd w:id="3654"/>
       <w:bookmarkEnd w:id="3655"/>
       <w:bookmarkEnd w:id="3656"/>
+      <w:bookmarkEnd w:id="3657"/>
     </w:p>
     <w:p w14:paraId="62037395" w14:textId="77777777" w:rsidR="003F71CA" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002E79F0">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2127"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3660" w:name="_Toc316385874"/>
-[...270 lines deleted...]
-      <w:bookmarkEnd w:id="3660"/>
+      <w:bookmarkStart w:id="3661" w:name="_Toc316385874"/>
+      <w:bookmarkStart w:id="3662" w:name="_Toc316386232"/>
+      <w:bookmarkStart w:id="3663" w:name="_Toc316388816"/>
+      <w:bookmarkStart w:id="3664" w:name="_Toc316389243"/>
+      <w:bookmarkStart w:id="3665" w:name="_Toc316389539"/>
+      <w:bookmarkStart w:id="3666" w:name="_Toc316389938"/>
+      <w:bookmarkStart w:id="3667" w:name="_Toc316462530"/>
+      <w:bookmarkStart w:id="3668" w:name="_Toc316463887"/>
+      <w:bookmarkStart w:id="3669" w:name="_Toc316561755"/>
+      <w:bookmarkStart w:id="3670" w:name="_Toc318382528"/>
+      <w:bookmarkStart w:id="3671" w:name="_Toc321916635"/>
+      <w:bookmarkStart w:id="3672" w:name="_Toc321922495"/>
+      <w:bookmarkStart w:id="3673" w:name="_Toc322002628"/>
+      <w:bookmarkStart w:id="3674" w:name="_Toc322003109"/>
+      <w:bookmarkStart w:id="3675" w:name="_Toc322425731"/>
+      <w:bookmarkStart w:id="3676" w:name="_Toc323388429"/>
+      <w:bookmarkStart w:id="3677" w:name="_Toc323388944"/>
+      <w:bookmarkStart w:id="3678" w:name="_Toc323389858"/>
+      <w:bookmarkStart w:id="3679" w:name="_Toc323393275"/>
+      <w:bookmarkStart w:id="3680" w:name="_Toc323817120"/>
+      <w:bookmarkStart w:id="3681" w:name="_Toc323817635"/>
+      <w:bookmarkStart w:id="3682" w:name="_Toc323903512"/>
+      <w:bookmarkStart w:id="3683" w:name="_Toc316385875"/>
+      <w:bookmarkStart w:id="3684" w:name="_Toc316386233"/>
+      <w:bookmarkStart w:id="3685" w:name="_Toc316388817"/>
+      <w:bookmarkStart w:id="3686" w:name="_Toc316389244"/>
+      <w:bookmarkStart w:id="3687" w:name="_Toc316389540"/>
+      <w:bookmarkStart w:id="3688" w:name="_Toc316389939"/>
+      <w:bookmarkStart w:id="3689" w:name="_Toc316462531"/>
+      <w:bookmarkStart w:id="3690" w:name="_Toc316463888"/>
+      <w:bookmarkStart w:id="3691" w:name="_Toc316561756"/>
+      <w:bookmarkStart w:id="3692" w:name="_Toc318382529"/>
+      <w:bookmarkStart w:id="3693" w:name="_Toc321916636"/>
+      <w:bookmarkStart w:id="3694" w:name="_Toc321922496"/>
+      <w:bookmarkStart w:id="3695" w:name="_Toc322002629"/>
+      <w:bookmarkStart w:id="3696" w:name="_Toc322003110"/>
+      <w:bookmarkStart w:id="3697" w:name="_Toc322425732"/>
+      <w:bookmarkStart w:id="3698" w:name="_Toc323388430"/>
+      <w:bookmarkStart w:id="3699" w:name="_Toc323388945"/>
+      <w:bookmarkStart w:id="3700" w:name="_Toc323389859"/>
+      <w:bookmarkStart w:id="3701" w:name="_Toc323393276"/>
+      <w:bookmarkStart w:id="3702" w:name="_Toc323817121"/>
+      <w:bookmarkStart w:id="3703" w:name="_Toc323817636"/>
+      <w:bookmarkStart w:id="3704" w:name="_Toc323903513"/>
+      <w:bookmarkStart w:id="3705" w:name="_Toc316385876"/>
+      <w:bookmarkStart w:id="3706" w:name="_Toc316386234"/>
+      <w:bookmarkStart w:id="3707" w:name="_Toc316388818"/>
+      <w:bookmarkStart w:id="3708" w:name="_Toc316389245"/>
+      <w:bookmarkStart w:id="3709" w:name="_Toc316389541"/>
+      <w:bookmarkStart w:id="3710" w:name="_Toc316389940"/>
+      <w:bookmarkStart w:id="3711" w:name="_Toc316462532"/>
+      <w:bookmarkStart w:id="3712" w:name="_Toc316463889"/>
+      <w:bookmarkStart w:id="3713" w:name="_Toc316561757"/>
+      <w:bookmarkStart w:id="3714" w:name="_Toc318382530"/>
+      <w:bookmarkStart w:id="3715" w:name="_Toc321916637"/>
+      <w:bookmarkStart w:id="3716" w:name="_Toc321922497"/>
+      <w:bookmarkStart w:id="3717" w:name="_Toc322002630"/>
+      <w:bookmarkStart w:id="3718" w:name="_Toc322003111"/>
+      <w:bookmarkStart w:id="3719" w:name="_Toc322425733"/>
+      <w:bookmarkStart w:id="3720" w:name="_Toc323388431"/>
+      <w:bookmarkStart w:id="3721" w:name="_Toc323388946"/>
+      <w:bookmarkStart w:id="3722" w:name="_Toc323389860"/>
+      <w:bookmarkStart w:id="3723" w:name="_Toc323393277"/>
+      <w:bookmarkStart w:id="3724" w:name="_Toc323817122"/>
+      <w:bookmarkStart w:id="3725" w:name="_Toc323817637"/>
+      <w:bookmarkStart w:id="3726" w:name="_Toc323903514"/>
+      <w:bookmarkStart w:id="3727" w:name="_Toc316385877"/>
+      <w:bookmarkStart w:id="3728" w:name="_Toc316386235"/>
+      <w:bookmarkStart w:id="3729" w:name="_Toc316388819"/>
+      <w:bookmarkStart w:id="3730" w:name="_Toc316389246"/>
+      <w:bookmarkStart w:id="3731" w:name="_Toc316389542"/>
+      <w:bookmarkStart w:id="3732" w:name="_Toc316389941"/>
+      <w:bookmarkStart w:id="3733" w:name="_Toc316462533"/>
+      <w:bookmarkStart w:id="3734" w:name="_Toc316463890"/>
+      <w:bookmarkStart w:id="3735" w:name="_Toc316561758"/>
+      <w:bookmarkStart w:id="3736" w:name="_Toc318382531"/>
+      <w:bookmarkStart w:id="3737" w:name="_Toc321916638"/>
+      <w:bookmarkStart w:id="3738" w:name="_Toc321922498"/>
+      <w:bookmarkStart w:id="3739" w:name="_Toc322002631"/>
+      <w:bookmarkStart w:id="3740" w:name="_Toc322003112"/>
+      <w:bookmarkStart w:id="3741" w:name="_Toc322425734"/>
+      <w:bookmarkStart w:id="3742" w:name="_Toc323388432"/>
+      <w:bookmarkStart w:id="3743" w:name="_Toc323388947"/>
+      <w:bookmarkStart w:id="3744" w:name="_Toc323389861"/>
+      <w:bookmarkStart w:id="3745" w:name="_Toc323393278"/>
+      <w:bookmarkStart w:id="3746" w:name="_Toc323817123"/>
+      <w:bookmarkStart w:id="3747" w:name="_Toc323817638"/>
+      <w:bookmarkStart w:id="3748" w:name="_Toc323903515"/>
+      <w:bookmarkStart w:id="3749" w:name="_Toc316385878"/>
+      <w:bookmarkStart w:id="3750" w:name="_Toc316386236"/>
+      <w:bookmarkStart w:id="3751" w:name="_Toc316388820"/>
+      <w:bookmarkStart w:id="3752" w:name="_Toc316389247"/>
+      <w:bookmarkStart w:id="3753" w:name="_Toc316389543"/>
+      <w:bookmarkStart w:id="3754" w:name="_Toc316389942"/>
+      <w:bookmarkStart w:id="3755" w:name="_Toc316462534"/>
+      <w:bookmarkStart w:id="3756" w:name="_Toc316463891"/>
+      <w:bookmarkStart w:id="3757" w:name="_Toc316561759"/>
+      <w:bookmarkStart w:id="3758" w:name="_Toc318382532"/>
+      <w:bookmarkStart w:id="3759" w:name="_Toc321916639"/>
+      <w:bookmarkStart w:id="3760" w:name="_Toc321922499"/>
+      <w:bookmarkStart w:id="3761" w:name="_Toc322002632"/>
+      <w:bookmarkStart w:id="3762" w:name="_Toc322003113"/>
+      <w:bookmarkStart w:id="3763" w:name="_Toc322425735"/>
+      <w:bookmarkStart w:id="3764" w:name="_Toc323388433"/>
+      <w:bookmarkStart w:id="3765" w:name="_Toc323388948"/>
+      <w:bookmarkStart w:id="3766" w:name="_Toc323389862"/>
+      <w:bookmarkStart w:id="3767" w:name="_Toc323393279"/>
+      <w:bookmarkStart w:id="3768" w:name="_Toc323817124"/>
+      <w:bookmarkStart w:id="3769" w:name="_Toc323817639"/>
+      <w:bookmarkStart w:id="3770" w:name="_Toc323903516"/>
+      <w:bookmarkStart w:id="3771" w:name="_Toc316385879"/>
+      <w:bookmarkStart w:id="3772" w:name="_Toc316386237"/>
+      <w:bookmarkStart w:id="3773" w:name="_Toc316388821"/>
+      <w:bookmarkStart w:id="3774" w:name="_Toc316389248"/>
+      <w:bookmarkStart w:id="3775" w:name="_Toc316389544"/>
+      <w:bookmarkStart w:id="3776" w:name="_Toc316389943"/>
+      <w:bookmarkStart w:id="3777" w:name="_Toc316462535"/>
+      <w:bookmarkStart w:id="3778" w:name="_Toc316463892"/>
+      <w:bookmarkStart w:id="3779" w:name="_Toc316561760"/>
+      <w:bookmarkStart w:id="3780" w:name="_Toc318382533"/>
+      <w:bookmarkStart w:id="3781" w:name="_Toc321916640"/>
+      <w:bookmarkStart w:id="3782" w:name="_Toc321922500"/>
+      <w:bookmarkStart w:id="3783" w:name="_Toc322002633"/>
+      <w:bookmarkStart w:id="3784" w:name="_Toc322003114"/>
+      <w:bookmarkStart w:id="3785" w:name="_Toc322425736"/>
+      <w:bookmarkStart w:id="3786" w:name="_Toc323388434"/>
+      <w:bookmarkStart w:id="3787" w:name="_Toc323388949"/>
+      <w:bookmarkStart w:id="3788" w:name="_Toc323389863"/>
+      <w:bookmarkStart w:id="3789" w:name="_Toc323393280"/>
+      <w:bookmarkStart w:id="3790" w:name="_Toc323817125"/>
+      <w:bookmarkStart w:id="3791" w:name="_Toc323817640"/>
+      <w:bookmarkStart w:id="3792" w:name="_Toc323903517"/>
+      <w:bookmarkStart w:id="3793" w:name="_Toc316385880"/>
+      <w:bookmarkStart w:id="3794" w:name="_Toc316386238"/>
+      <w:bookmarkStart w:id="3795" w:name="_Toc316388822"/>
+      <w:bookmarkStart w:id="3796" w:name="_Toc316389249"/>
+      <w:bookmarkStart w:id="3797" w:name="_Toc316389545"/>
+      <w:bookmarkStart w:id="3798" w:name="_Toc316389944"/>
+      <w:bookmarkStart w:id="3799" w:name="_Toc316462536"/>
+      <w:bookmarkStart w:id="3800" w:name="_Toc316463893"/>
+      <w:bookmarkStart w:id="3801" w:name="_Toc316561761"/>
+      <w:bookmarkStart w:id="3802" w:name="_Toc318382534"/>
+      <w:bookmarkStart w:id="3803" w:name="_Toc321916641"/>
+      <w:bookmarkStart w:id="3804" w:name="_Toc321922501"/>
+      <w:bookmarkStart w:id="3805" w:name="_Toc322002634"/>
+      <w:bookmarkStart w:id="3806" w:name="_Toc322003115"/>
+      <w:bookmarkStart w:id="3807" w:name="_Toc322425737"/>
+      <w:bookmarkStart w:id="3808" w:name="_Toc323388435"/>
+      <w:bookmarkStart w:id="3809" w:name="_Toc323388950"/>
+      <w:bookmarkStart w:id="3810" w:name="_Toc323389864"/>
+      <w:bookmarkStart w:id="3811" w:name="_Toc323393281"/>
+      <w:bookmarkStart w:id="3812" w:name="_Toc323817126"/>
+      <w:bookmarkStart w:id="3813" w:name="_Toc323817641"/>
+      <w:bookmarkStart w:id="3814" w:name="_Toc323903518"/>
+      <w:bookmarkStart w:id="3815" w:name="_Toc316385888"/>
+      <w:bookmarkStart w:id="3816" w:name="_Toc316386246"/>
+      <w:bookmarkStart w:id="3817" w:name="_Toc316388830"/>
+      <w:bookmarkStart w:id="3818" w:name="_Toc316389257"/>
+      <w:bookmarkStart w:id="3819" w:name="_Toc316389553"/>
+      <w:bookmarkStart w:id="3820" w:name="_Toc316389952"/>
+      <w:bookmarkStart w:id="3821" w:name="_Toc316462544"/>
+      <w:bookmarkStart w:id="3822" w:name="_Toc316463901"/>
+      <w:bookmarkStart w:id="3823" w:name="_Toc316561769"/>
+      <w:bookmarkStart w:id="3824" w:name="_Toc318382542"/>
+      <w:bookmarkStart w:id="3825" w:name="_Toc321916649"/>
+      <w:bookmarkStart w:id="3826" w:name="_Toc321922509"/>
+      <w:bookmarkStart w:id="3827" w:name="_Toc322002642"/>
+      <w:bookmarkStart w:id="3828" w:name="_Toc322003123"/>
+      <w:bookmarkStart w:id="3829" w:name="_Toc322425745"/>
+      <w:bookmarkStart w:id="3830" w:name="_Toc323388443"/>
+      <w:bookmarkStart w:id="3831" w:name="_Toc323388958"/>
+      <w:bookmarkStart w:id="3832" w:name="_Toc323389872"/>
+      <w:bookmarkStart w:id="3833" w:name="_Toc323393289"/>
+      <w:bookmarkStart w:id="3834" w:name="_Toc323817134"/>
+      <w:bookmarkStart w:id="3835" w:name="_Toc323817649"/>
+      <w:bookmarkStart w:id="3836" w:name="_Toc323903526"/>
+      <w:bookmarkStart w:id="3837" w:name="_Toc316385890"/>
+      <w:bookmarkStart w:id="3838" w:name="_Toc316386248"/>
+      <w:bookmarkStart w:id="3839" w:name="_Toc316388832"/>
+      <w:bookmarkStart w:id="3840" w:name="_Toc316389259"/>
+      <w:bookmarkStart w:id="3841" w:name="_Toc316389555"/>
+      <w:bookmarkStart w:id="3842" w:name="_Toc316389954"/>
+      <w:bookmarkStart w:id="3843" w:name="_Toc316462546"/>
+      <w:bookmarkStart w:id="3844" w:name="_Toc316463903"/>
+      <w:bookmarkStart w:id="3845" w:name="_Toc316561771"/>
+      <w:bookmarkStart w:id="3846" w:name="_Toc318382544"/>
+      <w:bookmarkStart w:id="3847" w:name="_Toc321916651"/>
+      <w:bookmarkStart w:id="3848" w:name="_Toc321922511"/>
+      <w:bookmarkStart w:id="3849" w:name="_Toc322002644"/>
+      <w:bookmarkStart w:id="3850" w:name="_Toc322003125"/>
+      <w:bookmarkStart w:id="3851" w:name="_Toc322425747"/>
+      <w:bookmarkStart w:id="3852" w:name="_Toc323388445"/>
+      <w:bookmarkStart w:id="3853" w:name="_Toc323388960"/>
+      <w:bookmarkStart w:id="3854" w:name="_Toc323389874"/>
+      <w:bookmarkStart w:id="3855" w:name="_Toc323393291"/>
+      <w:bookmarkStart w:id="3856" w:name="_Toc323817136"/>
+      <w:bookmarkStart w:id="3857" w:name="_Toc323817651"/>
+      <w:bookmarkStart w:id="3858" w:name="_Toc323903528"/>
+      <w:bookmarkStart w:id="3859" w:name="_Toc316385894"/>
+      <w:bookmarkStart w:id="3860" w:name="_Toc316386252"/>
+      <w:bookmarkStart w:id="3861" w:name="_Toc316388836"/>
+      <w:bookmarkStart w:id="3862" w:name="_Toc316389263"/>
+      <w:bookmarkStart w:id="3863" w:name="_Toc316389559"/>
+      <w:bookmarkStart w:id="3864" w:name="_Toc316389958"/>
+      <w:bookmarkStart w:id="3865" w:name="_Toc316462550"/>
+      <w:bookmarkStart w:id="3866" w:name="_Toc316463907"/>
+      <w:bookmarkStart w:id="3867" w:name="_Toc316561775"/>
+      <w:bookmarkStart w:id="3868" w:name="_Toc318382548"/>
+      <w:bookmarkStart w:id="3869" w:name="_Toc321916655"/>
+      <w:bookmarkStart w:id="3870" w:name="_Toc321922515"/>
+      <w:bookmarkStart w:id="3871" w:name="_Toc322002648"/>
+      <w:bookmarkStart w:id="3872" w:name="_Toc322003129"/>
+      <w:bookmarkStart w:id="3873" w:name="_Toc322425751"/>
+      <w:bookmarkStart w:id="3874" w:name="_Toc323388449"/>
+      <w:bookmarkStart w:id="3875" w:name="_Toc323388964"/>
+      <w:bookmarkStart w:id="3876" w:name="_Toc323389878"/>
+      <w:bookmarkStart w:id="3877" w:name="_Toc323393295"/>
+      <w:bookmarkStart w:id="3878" w:name="_Toc323817140"/>
+      <w:bookmarkStart w:id="3879" w:name="_Toc323817655"/>
+      <w:bookmarkStart w:id="3880" w:name="_Toc323903532"/>
+      <w:bookmarkStart w:id="3881" w:name="_Toc316385896"/>
+      <w:bookmarkStart w:id="3882" w:name="_Toc316386254"/>
+      <w:bookmarkStart w:id="3883" w:name="_Toc316388838"/>
+      <w:bookmarkStart w:id="3884" w:name="_Toc316389265"/>
+      <w:bookmarkStart w:id="3885" w:name="_Toc316389561"/>
+      <w:bookmarkStart w:id="3886" w:name="_Toc316389960"/>
+      <w:bookmarkStart w:id="3887" w:name="_Toc316462552"/>
+      <w:bookmarkStart w:id="3888" w:name="_Toc316463909"/>
+      <w:bookmarkStart w:id="3889" w:name="_Toc316561777"/>
+      <w:bookmarkStart w:id="3890" w:name="_Toc318382550"/>
+      <w:bookmarkStart w:id="3891" w:name="_Toc321916657"/>
+      <w:bookmarkStart w:id="3892" w:name="_Toc321922517"/>
+      <w:bookmarkStart w:id="3893" w:name="_Toc322002650"/>
+      <w:bookmarkStart w:id="3894" w:name="_Toc322003131"/>
+      <w:bookmarkStart w:id="3895" w:name="_Toc322425753"/>
+      <w:bookmarkStart w:id="3896" w:name="_Toc323388451"/>
+      <w:bookmarkStart w:id="3897" w:name="_Toc323388966"/>
+      <w:bookmarkStart w:id="3898" w:name="_Toc323389880"/>
+      <w:bookmarkStart w:id="3899" w:name="_Toc323393297"/>
+      <w:bookmarkStart w:id="3900" w:name="_Toc323817142"/>
+      <w:bookmarkStart w:id="3901" w:name="_Toc323817657"/>
+      <w:bookmarkStart w:id="3902" w:name="_Toc323903534"/>
+      <w:bookmarkStart w:id="3903" w:name="_Toc316385897"/>
+      <w:bookmarkStart w:id="3904" w:name="_Toc331671251"/>
+      <w:bookmarkStart w:id="3905" w:name="_Ref353976974"/>
+      <w:bookmarkStart w:id="3906" w:name="_Ref353978560"/>
+      <w:bookmarkStart w:id="3907" w:name="_Ref353981461"/>
+      <w:bookmarkStart w:id="3908" w:name="_Ref353981662"/>
+      <w:bookmarkStart w:id="3909" w:name="_Toc339010583"/>
+      <w:bookmarkStart w:id="3910" w:name="_Ref358369500"/>
+      <w:bookmarkStart w:id="3911" w:name="_Ref358642510"/>
+      <w:bookmarkStart w:id="3912" w:name="_Ref358642604"/>
+      <w:bookmarkStart w:id="3913" w:name="_Ref358642622"/>
+      <w:bookmarkStart w:id="3914" w:name="_Ref358642646"/>
+      <w:bookmarkStart w:id="3915" w:name="_Ref365900992"/>
+      <w:bookmarkStart w:id="3916" w:name="_Ref365901043"/>
+      <w:bookmarkStart w:id="3917" w:name="_Toc360177478"/>
+      <w:bookmarkStart w:id="3918" w:name="_Toc385580409"/>
+      <w:bookmarkStart w:id="3919" w:name="_Toc413164737"/>
+      <w:bookmarkStart w:id="3920" w:name="_Toc414455956"/>
+      <w:bookmarkStart w:id="3921" w:name="_Toc423076541"/>
+      <w:bookmarkStart w:id="3922" w:name="_Ref434330116"/>
+      <w:bookmarkStart w:id="3923" w:name="_Toc434331274"/>
+      <w:bookmarkStart w:id="3924" w:name="_Toc449341030"/>
+      <w:bookmarkStart w:id="3925" w:name="_Toc462148991"/>
+      <w:bookmarkStart w:id="3926" w:name="_Toc463342932"/>
+      <w:bookmarkStart w:id="3927" w:name="_Ref465862207"/>
+      <w:bookmarkStart w:id="3928" w:name="_Ref465863546"/>
+      <w:bookmarkStart w:id="3929" w:name="_Ref466367577"/>
+      <w:bookmarkStart w:id="3930" w:name="_Toc467659701"/>
+      <w:bookmarkStart w:id="3931" w:name="_Toc138240770"/>
       <w:bookmarkEnd w:id="3661"/>
       <w:bookmarkEnd w:id="3662"/>
       <w:bookmarkEnd w:id="3663"/>
       <w:bookmarkEnd w:id="3664"/>
       <w:bookmarkEnd w:id="3665"/>
       <w:bookmarkEnd w:id="3666"/>
       <w:bookmarkEnd w:id="3667"/>
       <w:bookmarkEnd w:id="3668"/>
       <w:bookmarkEnd w:id="3669"/>
       <w:bookmarkEnd w:id="3670"/>
       <w:bookmarkEnd w:id="3671"/>
       <w:bookmarkEnd w:id="3672"/>
       <w:bookmarkEnd w:id="3673"/>
       <w:bookmarkEnd w:id="3674"/>
       <w:bookmarkEnd w:id="3675"/>
       <w:bookmarkEnd w:id="3676"/>
       <w:bookmarkEnd w:id="3677"/>
       <w:bookmarkEnd w:id="3678"/>
       <w:bookmarkEnd w:id="3679"/>
       <w:bookmarkEnd w:id="3680"/>
       <w:bookmarkEnd w:id="3681"/>
       <w:bookmarkEnd w:id="3682"/>
       <w:bookmarkEnd w:id="3683"/>
       <w:bookmarkEnd w:id="3684"/>
       <w:bookmarkEnd w:id="3685"/>
@@ -11612,119 +12165,120 @@
       <w:bookmarkEnd w:id="3877"/>
       <w:bookmarkEnd w:id="3878"/>
       <w:bookmarkEnd w:id="3879"/>
       <w:bookmarkEnd w:id="3880"/>
       <w:bookmarkEnd w:id="3881"/>
       <w:bookmarkEnd w:id="3882"/>
       <w:bookmarkEnd w:id="3883"/>
       <w:bookmarkEnd w:id="3884"/>
       <w:bookmarkEnd w:id="3885"/>
       <w:bookmarkEnd w:id="3886"/>
       <w:bookmarkEnd w:id="3887"/>
       <w:bookmarkEnd w:id="3888"/>
       <w:bookmarkEnd w:id="3889"/>
       <w:bookmarkEnd w:id="3890"/>
       <w:bookmarkEnd w:id="3891"/>
       <w:bookmarkEnd w:id="3892"/>
       <w:bookmarkEnd w:id="3893"/>
       <w:bookmarkEnd w:id="3894"/>
       <w:bookmarkEnd w:id="3895"/>
       <w:bookmarkEnd w:id="3896"/>
       <w:bookmarkEnd w:id="3897"/>
       <w:bookmarkEnd w:id="3898"/>
       <w:bookmarkEnd w:id="3899"/>
       <w:bookmarkEnd w:id="3900"/>
       <w:bookmarkEnd w:id="3901"/>
+      <w:bookmarkEnd w:id="3902"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Suspension of Admission to Trading: Extra Grounds &amp; Peculiarities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3902"/>
       <w:bookmarkEnd w:id="3903"/>
       <w:bookmarkEnd w:id="3904"/>
       <w:bookmarkEnd w:id="3905"/>
       <w:bookmarkEnd w:id="3906"/>
       <w:bookmarkEnd w:id="3907"/>
       <w:bookmarkEnd w:id="3908"/>
       <w:bookmarkEnd w:id="3909"/>
       <w:bookmarkEnd w:id="3910"/>
       <w:bookmarkEnd w:id="3911"/>
       <w:bookmarkEnd w:id="3912"/>
       <w:bookmarkEnd w:id="3913"/>
       <w:bookmarkEnd w:id="3914"/>
       <w:bookmarkEnd w:id="3915"/>
       <w:bookmarkEnd w:id="3916"/>
       <w:bookmarkEnd w:id="3917"/>
       <w:bookmarkEnd w:id="3918"/>
       <w:bookmarkEnd w:id="3919"/>
       <w:bookmarkEnd w:id="3920"/>
       <w:bookmarkEnd w:id="3921"/>
       <w:bookmarkEnd w:id="3922"/>
       <w:bookmarkEnd w:id="3923"/>
       <w:bookmarkEnd w:id="3924"/>
       <w:bookmarkEnd w:id="3925"/>
       <w:bookmarkEnd w:id="3926"/>
       <w:bookmarkEnd w:id="3927"/>
       <w:bookmarkEnd w:id="3928"/>
       <w:bookmarkEnd w:id="3929"/>
       <w:bookmarkEnd w:id="3930"/>
+      <w:bookmarkEnd w:id="3931"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037396" w14:textId="77777777" w:rsidR="007347F4" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="00F50C02">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3931" w:name="_Ref353980484"/>
-      <w:bookmarkStart w:id="3932" w:name="_Ref368586107"/>
+      <w:bookmarkStart w:id="3932" w:name="_Ref353980484"/>
+      <w:bookmarkStart w:id="3933" w:name="_Ref368586107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>In addition to those listed in the General Section of the Admission Rules, the Moscow Exchange shall suspend a Trading Member’s admission to trading on the Deposit Market for one of the following reasons:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62037397" w14:textId="0362817D" w:rsidR="00E17C43" w:rsidRDefault="009128FF" w:rsidP="007347F4">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="102"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -11772,98 +12326,102 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="0069588A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>02.01</w:t>
       </w:r>
       <w:r w:rsidRPr="002E79F0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> hereof </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3931"/>
       <w:bookmarkEnd w:id="3932"/>
+      <w:bookmarkEnd w:id="3933"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(except for case described in Clause 2 Article 02.01 hereof);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62037398" w14:textId="77777777" w:rsidR="00343198" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="007347F4">
+    <w:p w14:paraId="62037398" w14:textId="2BB8D69D" w:rsidR="00343198" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="007347F4">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="102"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>in the event that a Category N Trading Member fails to meet the requirements set forth in Sub-Clause 1.8 Clause 1 Article 02.01 hereof (except for case described in Clause 2 Article 02.01 hereof</w:t>
+        <w:t>in the event that a Category N Trading Member fails to meet the requirements set forth in Sub-Clause 1.</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004F5BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>);</w:t>
+        <w:t>Clause 1 Article 02.01 hereof (except for case described in Clause 2 Article 02.01 hereof);</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="62037399" w14:textId="750E52DA" w:rsidR="00EA716E" w:rsidRDefault="009128FF" w:rsidP="007347F4">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="102"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
@@ -11919,381 +12477,420 @@
         </w:rPr>
         <w:t xml:space="preserve"> hereof held by a non-credit financial organisation that is not a microfinance organisation are suspended;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203739A" w14:textId="77777777" w:rsidR="00E460B3" w:rsidRDefault="009128FF" w:rsidP="00B5541E">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="102"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3933" w:name="_Ref434330548"/>
-      <w:proofErr w:type="gramStart"/>
+      <w:bookmarkStart w:id="3934" w:name="_Ref434330548"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>in the event that</w:t>
+        <w:t>in the event that a professional securities market participant licence for securities management held by a Trading Member is suspended. In this event, admission shall be suspended regarding the scope of activities the licence covers;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="3933"/>
+      <w:bookmarkEnd w:id="3934"/>
     </w:p>
     <w:p w14:paraId="6203739B" w14:textId="77777777" w:rsidR="00253DF7" w:rsidRDefault="009128FF" w:rsidP="00B5541E">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="102"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>in the event that</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> a licence of a professional securities market participant for securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective professional activity) is cancelled. In this event, admission shall be suspended for the Trading Member regarding the scope of activities the licence covers;</w:t>
+        <w:t>in the event that a licence of a professional securities market participant for securities management activities (if the Bank of Russia’s resolution on the licence cancellation sets a date for termination of obligations related to the respective professional activity) is cancelled. In this event, admission shall be suspended for the Trading Member regarding the scope of activities the licence covers;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6203739C" w14:textId="77777777" w:rsidR="00B5541E" w:rsidRPr="00DB1B61" w:rsidRDefault="009128FF" w:rsidP="00DB1B61">
+    <w:p w14:paraId="6203739C" w14:textId="6D0E1BA6" w:rsidR="00B5541E" w:rsidRPr="00346395" w:rsidRDefault="00EC302F" w:rsidP="00DB1B61">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="102"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>In the event that the Exchange receives information from a central (national) bank or any other authorised body of a state of incorporation whose resident is a Trading Member being a non-resident bank that necessitates, in the Exchange’s opinion, suspension of admission to trading for the Trading Member.</w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="009128FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>n the event that the Exchange receives information from a central (national) bank or any other authorised body of a state of incorporation whose resident is a Trading Member being a non-resident bank that necessitates, in the Exchange’s opinion, suspension of admission to trading for the Trading Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00346395">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498C3D87" w14:textId="11BE33D2" w:rsidR="00346395" w:rsidRPr="00346395" w:rsidRDefault="00346395" w:rsidP="00346395">
+      <w:pPr>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="102"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346395">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>In the event that the Exchange receives information from a central (national) bank or any other authorised body of a state of incorporation whose resident is a non-resident broker that necessitates, in the Exchange’s opinion, suspension of admission to trading for the Non-</w:t>
+      </w:r>
+      <w:r w:rsidR="007C644A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346395">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>esident Broker Trading Member.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203739D" w14:textId="371F88C8" w:rsidR="00030EAD" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="00901B73">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3934" w:name="_Ref353980522"/>
+      <w:bookmarkStart w:id="3935" w:name="_Ref353980522"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The Moscow Exchange may</w:t>
       </w:r>
       <w:r w:rsidR="001F3FA7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>suspend a Trading Member’s admission to trading on the Deposit Market</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3934"/>
+      <w:bookmarkEnd w:id="3935"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in all or particular trading modes,</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3935" w:name="_Ref466366854"/>
-      <w:bookmarkStart w:id="3936" w:name="_Ref356319567"/>
+      <w:bookmarkStart w:id="3936" w:name="_Ref466366854"/>
+      <w:bookmarkStart w:id="3937" w:name="_Ref356319567"/>
       <w:r w:rsidR="001F3FA7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>if it believes that the Trading Member might breach the requirements set out in the Exchange’s and Clearing House’s regulations, and the laws of the Russian Federation. The Moscow Exchange’s opinion shall be based on the information from mass media, competent (regulating) government bodies’ websites or the Trading Member’s website.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3935"/>
+      <w:bookmarkEnd w:id="3936"/>
     </w:p>
     <w:p w14:paraId="6203739E" w14:textId="77777777" w:rsidR="009C53D3" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="00DB1B61">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3937" w:name="_Ref358291468"/>
-      <w:bookmarkEnd w:id="3936"/>
+      <w:bookmarkStart w:id="3938" w:name="_Ref358291468"/>
+      <w:bookmarkEnd w:id="3937"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The Trading Member’s admission to trading on the Deposit Market shall be suspended</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3937"/>
+      <w:bookmarkEnd w:id="3938"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> since the decision-making date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203739F" w14:textId="77777777" w:rsidR="003F71CA" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002E79F0">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2127"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3938" w:name="_Toc464549272"/>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="3938"/>
+      <w:bookmarkStart w:id="3939" w:name="_Toc464549272"/>
+      <w:bookmarkStart w:id="3940" w:name="_Toc464549801"/>
+      <w:bookmarkStart w:id="3941" w:name="_Toc331671044"/>
+      <w:bookmarkStart w:id="3942" w:name="_Toc331671252"/>
+      <w:bookmarkStart w:id="3943" w:name="_Toc316385898"/>
+      <w:bookmarkStart w:id="3944" w:name="_Toc331671253"/>
+      <w:bookmarkStart w:id="3945" w:name="_Ref356376744"/>
+      <w:bookmarkStart w:id="3946" w:name="_Toc339010584"/>
+      <w:bookmarkStart w:id="3947" w:name="_Toc360177479"/>
+      <w:bookmarkStart w:id="3948" w:name="_Ref367283817"/>
+      <w:bookmarkStart w:id="3949" w:name="_Ref368585968"/>
+      <w:bookmarkStart w:id="3950" w:name="_Toc385580410"/>
+      <w:bookmarkStart w:id="3951" w:name="_Toc413164738"/>
+      <w:bookmarkStart w:id="3952" w:name="_Toc414455957"/>
+      <w:bookmarkStart w:id="3953" w:name="_Toc423076542"/>
+      <w:bookmarkStart w:id="3954" w:name="_Toc434331275"/>
+      <w:bookmarkStart w:id="3955" w:name="_Toc449341031"/>
+      <w:bookmarkStart w:id="3956" w:name="_Toc462148992"/>
+      <w:bookmarkStart w:id="3957" w:name="_Toc463342933"/>
+      <w:bookmarkStart w:id="3958" w:name="_Toc467659702"/>
+      <w:bookmarkStart w:id="3959" w:name="_Toc138240771"/>
       <w:bookmarkEnd w:id="3939"/>
       <w:bookmarkEnd w:id="3940"/>
       <w:bookmarkEnd w:id="3941"/>
+      <w:bookmarkEnd w:id="3942"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Termination of Admission to Trading: Extra Grounds &amp; Peculiarities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3942"/>
       <w:bookmarkEnd w:id="3943"/>
       <w:bookmarkEnd w:id="3944"/>
       <w:bookmarkEnd w:id="3945"/>
       <w:bookmarkEnd w:id="3946"/>
       <w:bookmarkEnd w:id="3947"/>
       <w:bookmarkEnd w:id="3948"/>
       <w:bookmarkEnd w:id="3949"/>
       <w:bookmarkEnd w:id="3950"/>
       <w:bookmarkEnd w:id="3951"/>
       <w:bookmarkEnd w:id="3952"/>
       <w:bookmarkEnd w:id="3953"/>
       <w:bookmarkEnd w:id="3954"/>
       <w:bookmarkEnd w:id="3955"/>
       <w:bookmarkEnd w:id="3956"/>
       <w:bookmarkEnd w:id="3957"/>
       <w:bookmarkEnd w:id="3958"/>
+      <w:bookmarkEnd w:id="3959"/>
     </w:p>
     <w:p w14:paraId="620373A0" w14:textId="77777777" w:rsidR="009F5AA2" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="009F5AA2">
       <w:pPr>
         <w:pStyle w:val="af8"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3959" w:name="_Ref353981190"/>
-      <w:bookmarkStart w:id="3960" w:name="_Ref433965699"/>
+      <w:bookmarkStart w:id="3960" w:name="_Ref353981190"/>
+      <w:bookmarkStart w:id="3961" w:name="_Ref433965699"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>In addition to those listed in the General Section of the Admission Rules, the Moscow Exchange shall terminate a Trading Member’s admission to trading on the Deposit Market for one of the following reasons:</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3961" w:name="_Ref353981122"/>
-      <w:bookmarkEnd w:id="3959"/>
+      <w:bookmarkStart w:id="3962" w:name="_Ref353981122"/>
       <w:bookmarkEnd w:id="3960"/>
+      <w:bookmarkEnd w:id="3961"/>
     </w:p>
     <w:p w14:paraId="620373A1" w14:textId="77777777" w:rsidR="009F5AA2" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="009F5AA2">
       <w:pPr>
         <w:pStyle w:val="af8"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="93"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3962" w:name="_Ref495419510"/>
-      <w:bookmarkEnd w:id="3961"/>
+      <w:bookmarkStart w:id="3963" w:name="_Ref495419510"/>
+      <w:bookmarkEnd w:id="3962"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>in the event that an international treaty terminates, or amendments are made to an international treaty/constituent documents of an international financial organisation which makes it impossible for this Trading Member to deposit funds within the Russian Federation under the laws of the Russian Federation and/or relevant international treaties of the Russian Federation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3962"/>
+      <w:bookmarkEnd w:id="3963"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620373A2" w14:textId="43CD11E5" w:rsidR="000E7415" w:rsidRDefault="009128FF" w:rsidP="009F5AA2">
       <w:pPr>
         <w:pStyle w:val="af8"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="93"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -12372,51 +12969,50 @@
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="93"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>in the event that admission to trading has been suspended for a professional securities market participant with respect to a certain type of professional activities pursuant to Sub-Clause e) of Clause 1 of Article</w:t>
       </w:r>
       <w:r w:rsidR="003A6604">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00274D90">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00274D90">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF  _Ref465862207 \h \n \r \t  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00274D90">
         <w:rPr>
@@ -12462,1089 +13058,1155 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="93"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>in the event that a special permit (licence) issued by the central (national) bank or by any other authorised agency of the state of incorporation of the non-resident bank that authorises the non-resident bank to deposit funds within the Russian Federation territory has been revoked;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620373A5" w14:textId="77777777" w:rsidR="00DF563A" w:rsidRDefault="009128FF" w:rsidP="009F5AA2">
+    <w:p w14:paraId="620373A5" w14:textId="5147AE9B" w:rsidR="00DF563A" w:rsidRPr="002315CE" w:rsidRDefault="009128FF" w:rsidP="009F5AA2">
       <w:pPr>
         <w:pStyle w:val="af8"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="93"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>in the event that</w:t>
+        <w:t>in the event that a credit rating agency has been removed from the List of Credit Rating Agencies</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3624D4BD" w14:textId="312FAE7B" w:rsidR="002315CE" w:rsidRDefault="002315CE" w:rsidP="002315CE">
+      <w:pPr>
+        <w:pStyle w:val="af8"/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="93"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a credit rating agency has been removed from the List of Credit Rating Agencies.</w:t>
+        <w:t>in the event that the Exchange receives information from the central (national) bank or any other authorised body of a state of incorporation a non-resident broker is a resident of, which shows that a non-resident broker is not authorised to carry out operations under the national legislation similar to those carried out under a brokerage licence of a professional securities market participant, admission to trading in the Commodities Derivatives Section shall be terminated (subject to Clause 5 of Article 02.01 of this Part of the Admission Rules);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55887C8D" w14:textId="532FEA46" w:rsidR="002315CE" w:rsidRPr="002315CE" w:rsidRDefault="002315CE" w:rsidP="002315CE">
+      <w:pPr>
+        <w:pStyle w:val="af8"/>
+        <w:keepLines/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="93"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002315CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>upon exclusion of the country the non-resident broker is a resident included in the Russian-Federation government-approved list(s) of the countries whose residents may be admitted to organised trading where FX purchase and sale contracts and/or FX derivati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346395">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ves contracts are entered into with the central counterparty being an authorised bank (subject to Clause 5 of Article 02.01 of this Part of the Admission Rules).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620373A6" w14:textId="77777777" w:rsidR="00F71F0C" w:rsidRDefault="009128FF" w:rsidP="00F71F0C">
       <w:pPr>
         <w:pStyle w:val="af8"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3963" w:name="_Ref358646363"/>
+      <w:bookmarkStart w:id="3964" w:name="_Ref358646363"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Moscow Exchange may terminate a Trading Member’s admission to trading in particular trading modes in the Deposit Market Section if </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3964" w:name="_Ref353981292"/>
+      <w:bookmarkStart w:id="3965" w:name="_Ref353981292"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>the circumstances arise that require termination of admission to trading of the Trading Member in particular trading modes in the Deposit Market Section in accordance with the Admission Rules, Trading Rules, Clearing Rules and the laws of the Russian Federation.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3964"/>
+      <w:bookmarkEnd w:id="3965"/>
     </w:p>
     <w:p w14:paraId="620373A7" w14:textId="77777777" w:rsidR="00894B34" w:rsidRPr="0004456C" w:rsidRDefault="009128FF" w:rsidP="00350D60">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3965" w:name="_Toc466363298"/>
-[...931 lines deleted...]
-      <w:bookmarkEnd w:id="3657"/>
+      <w:bookmarkStart w:id="3966" w:name="_Toc466363298"/>
+      <w:bookmarkStart w:id="3967" w:name="_Toc466363750"/>
+      <w:bookmarkStart w:id="3968" w:name="_Toc465864919"/>
+      <w:bookmarkStart w:id="3969" w:name="_Toc465865221"/>
+      <w:bookmarkStart w:id="3970" w:name="_Toc466363300"/>
+      <w:bookmarkStart w:id="3971" w:name="_Toc466363752"/>
+      <w:bookmarkStart w:id="3972" w:name="_Toc465864920"/>
+      <w:bookmarkStart w:id="3973" w:name="_Toc465865222"/>
+      <w:bookmarkStart w:id="3974" w:name="_Toc466363301"/>
+      <w:bookmarkStart w:id="3975" w:name="_Toc466363753"/>
+      <w:bookmarkStart w:id="3976" w:name="_Toc465864921"/>
+      <w:bookmarkStart w:id="3977" w:name="_Toc465865223"/>
+      <w:bookmarkStart w:id="3978" w:name="_Toc466363302"/>
+      <w:bookmarkStart w:id="3979" w:name="_Toc466363754"/>
+      <w:bookmarkStart w:id="3980" w:name="_Toc465864922"/>
+      <w:bookmarkStart w:id="3981" w:name="_Toc465865224"/>
+      <w:bookmarkStart w:id="3982" w:name="_Toc466363303"/>
+      <w:bookmarkStart w:id="3983" w:name="_Toc466363755"/>
+      <w:bookmarkStart w:id="3984" w:name="_Toc465864923"/>
+      <w:bookmarkStart w:id="3985" w:name="_Toc465865225"/>
+      <w:bookmarkStart w:id="3986" w:name="_Toc466363304"/>
+      <w:bookmarkStart w:id="3987" w:name="_Toc466363756"/>
+      <w:bookmarkStart w:id="3988" w:name="_Toc465864924"/>
+      <w:bookmarkStart w:id="3989" w:name="_Toc465865226"/>
+      <w:bookmarkStart w:id="3990" w:name="_Toc466363305"/>
+      <w:bookmarkStart w:id="3991" w:name="_Toc466363757"/>
+      <w:bookmarkStart w:id="3992" w:name="_Toc465864925"/>
+      <w:bookmarkStart w:id="3993" w:name="_Toc465865227"/>
+      <w:bookmarkStart w:id="3994" w:name="_Toc466363306"/>
+      <w:bookmarkStart w:id="3995" w:name="_Toc466363758"/>
+      <w:bookmarkStart w:id="3996" w:name="_Toc465864926"/>
+      <w:bookmarkStart w:id="3997" w:name="_Toc465865228"/>
+      <w:bookmarkStart w:id="3998" w:name="_Toc466363307"/>
+      <w:bookmarkStart w:id="3999" w:name="_Toc466363759"/>
+      <w:bookmarkStart w:id="4000" w:name="_Toc465864927"/>
+      <w:bookmarkStart w:id="4001" w:name="_Toc465865229"/>
+      <w:bookmarkStart w:id="4002" w:name="_Toc466363308"/>
+      <w:bookmarkStart w:id="4003" w:name="_Toc466363760"/>
+      <w:bookmarkStart w:id="4004" w:name="_Toc465864928"/>
+      <w:bookmarkStart w:id="4005" w:name="_Toc465865230"/>
+      <w:bookmarkStart w:id="4006" w:name="_Toc466363309"/>
+      <w:bookmarkStart w:id="4007" w:name="_Toc466363761"/>
+      <w:bookmarkStart w:id="4008" w:name="_Toc465864929"/>
+      <w:bookmarkStart w:id="4009" w:name="_Toc465865231"/>
+      <w:bookmarkStart w:id="4010" w:name="_Toc466363310"/>
+      <w:bookmarkStart w:id="4011" w:name="_Toc466363762"/>
+      <w:bookmarkStart w:id="4012" w:name="_Toc465864930"/>
+      <w:bookmarkStart w:id="4013" w:name="_Toc465865232"/>
+      <w:bookmarkStart w:id="4014" w:name="_Toc466363311"/>
+      <w:bookmarkStart w:id="4015" w:name="_Toc466363763"/>
+      <w:bookmarkStart w:id="4016" w:name="_Toc465864931"/>
+      <w:bookmarkStart w:id="4017" w:name="_Toc465865233"/>
+      <w:bookmarkStart w:id="4018" w:name="_Toc466363312"/>
+      <w:bookmarkStart w:id="4019" w:name="_Toc466363764"/>
+      <w:bookmarkStart w:id="4020" w:name="_Toc316385902"/>
+      <w:bookmarkStart w:id="4021" w:name="_Toc316386260"/>
+      <w:bookmarkStart w:id="4022" w:name="_Toc316388844"/>
+      <w:bookmarkStart w:id="4023" w:name="_Toc316389271"/>
+      <w:bookmarkStart w:id="4024" w:name="_Toc316389567"/>
+      <w:bookmarkStart w:id="4025" w:name="_Toc316389966"/>
+      <w:bookmarkStart w:id="4026" w:name="_Toc316462558"/>
+      <w:bookmarkStart w:id="4027" w:name="_Toc316463915"/>
+      <w:bookmarkStart w:id="4028" w:name="_Toc316561783"/>
+      <w:bookmarkStart w:id="4029" w:name="_Toc318382556"/>
+      <w:bookmarkStart w:id="4030" w:name="_Toc321916663"/>
+      <w:bookmarkStart w:id="4031" w:name="_Toc321922523"/>
+      <w:bookmarkStart w:id="4032" w:name="_Toc322002656"/>
+      <w:bookmarkStart w:id="4033" w:name="_Toc322003137"/>
+      <w:bookmarkStart w:id="4034" w:name="_Toc322425759"/>
+      <w:bookmarkStart w:id="4035" w:name="_Toc323388457"/>
+      <w:bookmarkStart w:id="4036" w:name="_Toc323388972"/>
+      <w:bookmarkStart w:id="4037" w:name="_Toc323389886"/>
+      <w:bookmarkStart w:id="4038" w:name="_Toc323393303"/>
+      <w:bookmarkStart w:id="4039" w:name="_Toc323817148"/>
+      <w:bookmarkStart w:id="4040" w:name="_Toc323817663"/>
+      <w:bookmarkStart w:id="4041" w:name="_Toc323903540"/>
+      <w:bookmarkStart w:id="4042" w:name="_Toc316385903"/>
+      <w:bookmarkStart w:id="4043" w:name="_Toc316386261"/>
+      <w:bookmarkStart w:id="4044" w:name="_Toc316388845"/>
+      <w:bookmarkStart w:id="4045" w:name="_Toc316389272"/>
+      <w:bookmarkStart w:id="4046" w:name="_Toc316389568"/>
+      <w:bookmarkStart w:id="4047" w:name="_Toc316389967"/>
+      <w:bookmarkStart w:id="4048" w:name="_Toc316462559"/>
+      <w:bookmarkStart w:id="4049" w:name="_Toc316463916"/>
+      <w:bookmarkStart w:id="4050" w:name="_Toc316561784"/>
+      <w:bookmarkStart w:id="4051" w:name="_Toc318382557"/>
+      <w:bookmarkStart w:id="4052" w:name="_Toc321916664"/>
+      <w:bookmarkStart w:id="4053" w:name="_Toc321922524"/>
+      <w:bookmarkStart w:id="4054" w:name="_Toc322002657"/>
+      <w:bookmarkStart w:id="4055" w:name="_Toc322003138"/>
+      <w:bookmarkStart w:id="4056" w:name="_Toc322425760"/>
+      <w:bookmarkStart w:id="4057" w:name="_Toc323388458"/>
+      <w:bookmarkStart w:id="4058" w:name="_Toc323388973"/>
+      <w:bookmarkStart w:id="4059" w:name="_Toc323389887"/>
+      <w:bookmarkStart w:id="4060" w:name="_Toc323393304"/>
+      <w:bookmarkStart w:id="4061" w:name="_Toc323817149"/>
+      <w:bookmarkStart w:id="4062" w:name="_Toc323817664"/>
+      <w:bookmarkStart w:id="4063" w:name="_Toc323903541"/>
+      <w:bookmarkStart w:id="4064" w:name="_Toc465864933"/>
+      <w:bookmarkStart w:id="4065" w:name="_Toc465864934"/>
+      <w:bookmarkStart w:id="4066" w:name="_Toc465865234"/>
+      <w:bookmarkStart w:id="4067" w:name="_Toc466363313"/>
+      <w:bookmarkStart w:id="4068" w:name="_Toc466363765"/>
+      <w:bookmarkStart w:id="4069" w:name="_Toc465864935"/>
+      <w:bookmarkStart w:id="4070" w:name="_Toc465865235"/>
+      <w:bookmarkStart w:id="4071" w:name="_Toc466363314"/>
+      <w:bookmarkStart w:id="4072" w:name="_Toc466363766"/>
+      <w:bookmarkStart w:id="4073" w:name="_Toc465864939"/>
+      <w:bookmarkStart w:id="4074" w:name="_Toc465865239"/>
+      <w:bookmarkStart w:id="4075" w:name="_Toc466363318"/>
+      <w:bookmarkStart w:id="4076" w:name="_Toc466363770"/>
+      <w:bookmarkStart w:id="4077" w:name="_Toc321916667"/>
+      <w:bookmarkStart w:id="4078" w:name="_Toc321922527"/>
+      <w:bookmarkStart w:id="4079" w:name="_Toc322002660"/>
+      <w:bookmarkStart w:id="4080" w:name="_Toc322003141"/>
+      <w:bookmarkStart w:id="4081" w:name="_Toc322425763"/>
+      <w:bookmarkStart w:id="4082" w:name="_Toc323388461"/>
+      <w:bookmarkStart w:id="4083" w:name="_Toc323388976"/>
+      <w:bookmarkStart w:id="4084" w:name="_Toc323389890"/>
+      <w:bookmarkStart w:id="4085" w:name="_Toc323393307"/>
+      <w:bookmarkStart w:id="4086" w:name="_Toc323817152"/>
+      <w:bookmarkStart w:id="4087" w:name="_Toc323817667"/>
+      <w:bookmarkStart w:id="4088" w:name="_Toc323903544"/>
+      <w:bookmarkStart w:id="4089" w:name="_Toc316385905"/>
+      <w:bookmarkStart w:id="4090" w:name="_Toc316386263"/>
+      <w:bookmarkStart w:id="4091" w:name="_Toc316388847"/>
+      <w:bookmarkStart w:id="4092" w:name="_Toc316389274"/>
+      <w:bookmarkStart w:id="4093" w:name="_Toc316389570"/>
+      <w:bookmarkStart w:id="4094" w:name="_Toc316389969"/>
+      <w:bookmarkStart w:id="4095" w:name="_Toc316462561"/>
+      <w:bookmarkStart w:id="4096" w:name="_Toc316463918"/>
+      <w:bookmarkStart w:id="4097" w:name="_Toc316561786"/>
+      <w:bookmarkStart w:id="4098" w:name="_Toc318382559"/>
+      <w:bookmarkStart w:id="4099" w:name="_Toc321916668"/>
+      <w:bookmarkStart w:id="4100" w:name="_Toc321922528"/>
+      <w:bookmarkStart w:id="4101" w:name="_Toc322002661"/>
+      <w:bookmarkStart w:id="4102" w:name="_Toc322003142"/>
+      <w:bookmarkStart w:id="4103" w:name="_Toc322425764"/>
+      <w:bookmarkStart w:id="4104" w:name="_Toc323388462"/>
+      <w:bookmarkStart w:id="4105" w:name="_Toc323388977"/>
+      <w:bookmarkStart w:id="4106" w:name="_Toc323389891"/>
+      <w:bookmarkStart w:id="4107" w:name="_Toc323393308"/>
+      <w:bookmarkStart w:id="4108" w:name="_Toc323817153"/>
+      <w:bookmarkStart w:id="4109" w:name="_Toc323817668"/>
+      <w:bookmarkStart w:id="4110" w:name="_Toc323903545"/>
+      <w:bookmarkStart w:id="4111" w:name="_Toc316385906"/>
+      <w:bookmarkStart w:id="4112" w:name="_Toc316386264"/>
+      <w:bookmarkStart w:id="4113" w:name="_Toc316388848"/>
+      <w:bookmarkStart w:id="4114" w:name="_Toc316389275"/>
+      <w:bookmarkStart w:id="4115" w:name="_Toc316389571"/>
+      <w:bookmarkStart w:id="4116" w:name="_Toc316389970"/>
+      <w:bookmarkStart w:id="4117" w:name="_Toc316462562"/>
+      <w:bookmarkStart w:id="4118" w:name="_Toc316463919"/>
+      <w:bookmarkStart w:id="4119" w:name="_Toc316561787"/>
+      <w:bookmarkStart w:id="4120" w:name="_Toc318382560"/>
+      <w:bookmarkStart w:id="4121" w:name="_Toc321916669"/>
+      <w:bookmarkStart w:id="4122" w:name="_Toc321922529"/>
+      <w:bookmarkStart w:id="4123" w:name="_Toc322002662"/>
+      <w:bookmarkStart w:id="4124" w:name="_Toc322003143"/>
+      <w:bookmarkStart w:id="4125" w:name="_Toc322425765"/>
+      <w:bookmarkStart w:id="4126" w:name="_Toc323388463"/>
+      <w:bookmarkStart w:id="4127" w:name="_Toc323388978"/>
+      <w:bookmarkStart w:id="4128" w:name="_Toc323389892"/>
+      <w:bookmarkStart w:id="4129" w:name="_Toc323393309"/>
+      <w:bookmarkStart w:id="4130" w:name="_Toc323817154"/>
+      <w:bookmarkStart w:id="4131" w:name="_Toc323817669"/>
+      <w:bookmarkStart w:id="4132" w:name="_Toc323903546"/>
+      <w:bookmarkStart w:id="4133" w:name="_Toc316385907"/>
+      <w:bookmarkStart w:id="4134" w:name="_Toc316386265"/>
+      <w:bookmarkStart w:id="4135" w:name="_Toc316388849"/>
+      <w:bookmarkStart w:id="4136" w:name="_Toc316389276"/>
+      <w:bookmarkStart w:id="4137" w:name="_Toc316389572"/>
+      <w:bookmarkStart w:id="4138" w:name="_Toc316389971"/>
+      <w:bookmarkStart w:id="4139" w:name="_Toc316462563"/>
+      <w:bookmarkStart w:id="4140" w:name="_Toc316463920"/>
+      <w:bookmarkStart w:id="4141" w:name="_Toc316561788"/>
+      <w:bookmarkStart w:id="4142" w:name="_Toc318382561"/>
+      <w:bookmarkStart w:id="4143" w:name="_Toc321916670"/>
+      <w:bookmarkStart w:id="4144" w:name="_Toc321922530"/>
+      <w:bookmarkStart w:id="4145" w:name="_Toc322002663"/>
+      <w:bookmarkStart w:id="4146" w:name="_Toc322003144"/>
+      <w:bookmarkStart w:id="4147" w:name="_Toc322425766"/>
+      <w:bookmarkStart w:id="4148" w:name="_Toc323388464"/>
+      <w:bookmarkStart w:id="4149" w:name="_Toc323388979"/>
+      <w:bookmarkStart w:id="4150" w:name="_Toc323389893"/>
+      <w:bookmarkStart w:id="4151" w:name="_Toc323393310"/>
+      <w:bookmarkStart w:id="4152" w:name="_Toc323817155"/>
+      <w:bookmarkStart w:id="4153" w:name="_Toc323817670"/>
+      <w:bookmarkStart w:id="4154" w:name="_Toc323903547"/>
+      <w:bookmarkStart w:id="4155" w:name="_Toc316385908"/>
+      <w:bookmarkStart w:id="4156" w:name="_Toc316386266"/>
+      <w:bookmarkStart w:id="4157" w:name="_Toc316388850"/>
+      <w:bookmarkStart w:id="4158" w:name="_Toc316389277"/>
+      <w:bookmarkStart w:id="4159" w:name="_Toc316389573"/>
+      <w:bookmarkStart w:id="4160" w:name="_Toc316389972"/>
+      <w:bookmarkStart w:id="4161" w:name="_Toc316462564"/>
+      <w:bookmarkStart w:id="4162" w:name="_Toc316463921"/>
+      <w:bookmarkStart w:id="4163" w:name="_Toc316561789"/>
+      <w:bookmarkStart w:id="4164" w:name="_Toc318382562"/>
+      <w:bookmarkStart w:id="4165" w:name="_Toc321916671"/>
+      <w:bookmarkStart w:id="4166" w:name="_Toc321922531"/>
+      <w:bookmarkStart w:id="4167" w:name="_Toc322002664"/>
+      <w:bookmarkStart w:id="4168" w:name="_Toc322003145"/>
+      <w:bookmarkStart w:id="4169" w:name="_Toc322425767"/>
+      <w:bookmarkStart w:id="4170" w:name="_Toc323388465"/>
+      <w:bookmarkStart w:id="4171" w:name="_Toc323388980"/>
+      <w:bookmarkStart w:id="4172" w:name="_Toc323389894"/>
+      <w:bookmarkStart w:id="4173" w:name="_Toc323393311"/>
+      <w:bookmarkStart w:id="4174" w:name="_Toc323817156"/>
+      <w:bookmarkStart w:id="4175" w:name="_Toc323817671"/>
+      <w:bookmarkStart w:id="4176" w:name="_Toc323903548"/>
+      <w:bookmarkStart w:id="4177" w:name="_Toc316385909"/>
+      <w:bookmarkStart w:id="4178" w:name="_Toc316386267"/>
+      <w:bookmarkStart w:id="4179" w:name="_Toc316388851"/>
+      <w:bookmarkStart w:id="4180" w:name="_Toc316389278"/>
+      <w:bookmarkStart w:id="4181" w:name="_Toc316389574"/>
+      <w:bookmarkStart w:id="4182" w:name="_Toc316389973"/>
+      <w:bookmarkStart w:id="4183" w:name="_Toc316462565"/>
+      <w:bookmarkStart w:id="4184" w:name="_Toc316463922"/>
+      <w:bookmarkStart w:id="4185" w:name="_Toc316561790"/>
+      <w:bookmarkStart w:id="4186" w:name="_Toc318382563"/>
+      <w:bookmarkStart w:id="4187" w:name="_Toc321916672"/>
+      <w:bookmarkStart w:id="4188" w:name="_Toc321922532"/>
+      <w:bookmarkStart w:id="4189" w:name="_Toc322002665"/>
+      <w:bookmarkStart w:id="4190" w:name="_Toc322003146"/>
+      <w:bookmarkStart w:id="4191" w:name="_Toc322425768"/>
+      <w:bookmarkStart w:id="4192" w:name="_Toc323388466"/>
+      <w:bookmarkStart w:id="4193" w:name="_Toc323388981"/>
+      <w:bookmarkStart w:id="4194" w:name="_Toc323389895"/>
+      <w:bookmarkStart w:id="4195" w:name="_Toc323393312"/>
+      <w:bookmarkStart w:id="4196" w:name="_Toc323817157"/>
+      <w:bookmarkStart w:id="4197" w:name="_Toc323817672"/>
+      <w:bookmarkStart w:id="4198" w:name="_Toc323903549"/>
+      <w:bookmarkStart w:id="4199" w:name="_Toc316385910"/>
+      <w:bookmarkStart w:id="4200" w:name="_Toc316386268"/>
+      <w:bookmarkStart w:id="4201" w:name="_Toc316388852"/>
+      <w:bookmarkStart w:id="4202" w:name="_Toc316389279"/>
+      <w:bookmarkStart w:id="4203" w:name="_Toc316389575"/>
+      <w:bookmarkStart w:id="4204" w:name="_Toc316389974"/>
+      <w:bookmarkStart w:id="4205" w:name="_Toc316462566"/>
+      <w:bookmarkStart w:id="4206" w:name="_Toc316463923"/>
+      <w:bookmarkStart w:id="4207" w:name="_Toc316561791"/>
+      <w:bookmarkStart w:id="4208" w:name="_Toc318382564"/>
+      <w:bookmarkStart w:id="4209" w:name="_Toc321916673"/>
+      <w:bookmarkStart w:id="4210" w:name="_Toc321922533"/>
+      <w:bookmarkStart w:id="4211" w:name="_Toc322002666"/>
+      <w:bookmarkStart w:id="4212" w:name="_Toc322003147"/>
+      <w:bookmarkStart w:id="4213" w:name="_Toc322425769"/>
+      <w:bookmarkStart w:id="4214" w:name="_Toc323388467"/>
+      <w:bookmarkStart w:id="4215" w:name="_Toc323388982"/>
+      <w:bookmarkStart w:id="4216" w:name="_Toc323389896"/>
+      <w:bookmarkStart w:id="4217" w:name="_Toc323393313"/>
+      <w:bookmarkStart w:id="4218" w:name="_Toc323817158"/>
+      <w:bookmarkStart w:id="4219" w:name="_Toc323817673"/>
+      <w:bookmarkStart w:id="4220" w:name="_Toc323903550"/>
+      <w:bookmarkStart w:id="4221" w:name="_Toc316385911"/>
+      <w:bookmarkStart w:id="4222" w:name="_Toc316386269"/>
+      <w:bookmarkStart w:id="4223" w:name="_Toc316388853"/>
+      <w:bookmarkStart w:id="4224" w:name="_Toc316389280"/>
+      <w:bookmarkStart w:id="4225" w:name="_Toc316389576"/>
+      <w:bookmarkStart w:id="4226" w:name="_Toc316389975"/>
+      <w:bookmarkStart w:id="4227" w:name="_Toc316462567"/>
+      <w:bookmarkStart w:id="4228" w:name="_Toc316463924"/>
+      <w:bookmarkStart w:id="4229" w:name="_Toc316561792"/>
+      <w:bookmarkStart w:id="4230" w:name="_Toc318382565"/>
+      <w:bookmarkStart w:id="4231" w:name="_Toc321916674"/>
+      <w:bookmarkStart w:id="4232" w:name="_Toc321922534"/>
+      <w:bookmarkStart w:id="4233" w:name="_Toc322002667"/>
+      <w:bookmarkStart w:id="4234" w:name="_Toc322003148"/>
+      <w:bookmarkStart w:id="4235" w:name="_Toc322425770"/>
+      <w:bookmarkStart w:id="4236" w:name="_Toc323388468"/>
+      <w:bookmarkStart w:id="4237" w:name="_Toc323388983"/>
+      <w:bookmarkStart w:id="4238" w:name="_Toc323389897"/>
+      <w:bookmarkStart w:id="4239" w:name="_Toc323393314"/>
+      <w:bookmarkStart w:id="4240" w:name="_Toc323817159"/>
+      <w:bookmarkStart w:id="4241" w:name="_Toc323817674"/>
+      <w:bookmarkStart w:id="4242" w:name="_Toc323903551"/>
+      <w:bookmarkStart w:id="4243" w:name="_Toc316385912"/>
+      <w:bookmarkStart w:id="4244" w:name="_Toc316386270"/>
+      <w:bookmarkStart w:id="4245" w:name="_Toc316388854"/>
+      <w:bookmarkStart w:id="4246" w:name="_Toc316389281"/>
+      <w:bookmarkStart w:id="4247" w:name="_Toc316389577"/>
+      <w:bookmarkStart w:id="4248" w:name="_Toc316389976"/>
+      <w:bookmarkStart w:id="4249" w:name="_Toc316462568"/>
+      <w:bookmarkStart w:id="4250" w:name="_Toc316463925"/>
+      <w:bookmarkStart w:id="4251" w:name="_Toc316561793"/>
+      <w:bookmarkStart w:id="4252" w:name="_Toc318382566"/>
+      <w:bookmarkStart w:id="4253" w:name="_Toc321916675"/>
+      <w:bookmarkStart w:id="4254" w:name="_Toc321922535"/>
+      <w:bookmarkStart w:id="4255" w:name="_Toc322002668"/>
+      <w:bookmarkStart w:id="4256" w:name="_Toc322003149"/>
+      <w:bookmarkStart w:id="4257" w:name="_Toc322425771"/>
+      <w:bookmarkStart w:id="4258" w:name="_Toc323388469"/>
+      <w:bookmarkStart w:id="4259" w:name="_Toc323388984"/>
+      <w:bookmarkStart w:id="4260" w:name="_Toc323389898"/>
+      <w:bookmarkStart w:id="4261" w:name="_Toc323393315"/>
+      <w:bookmarkStart w:id="4262" w:name="_Toc323817160"/>
+      <w:bookmarkStart w:id="4263" w:name="_Toc323817675"/>
+      <w:bookmarkStart w:id="4264" w:name="_Toc323903552"/>
+      <w:bookmarkStart w:id="4265" w:name="_Toc316385913"/>
+      <w:bookmarkStart w:id="4266" w:name="_Toc316386271"/>
+      <w:bookmarkStart w:id="4267" w:name="_Toc316388855"/>
+      <w:bookmarkStart w:id="4268" w:name="_Toc316389282"/>
+      <w:bookmarkStart w:id="4269" w:name="_Toc316389578"/>
+      <w:bookmarkStart w:id="4270" w:name="_Toc316389977"/>
+      <w:bookmarkStart w:id="4271" w:name="_Toc316462569"/>
+      <w:bookmarkStart w:id="4272" w:name="_Toc316463926"/>
+      <w:bookmarkStart w:id="4273" w:name="_Toc316561794"/>
+      <w:bookmarkStart w:id="4274" w:name="_Toc318382567"/>
+      <w:bookmarkStart w:id="4275" w:name="_Toc321916676"/>
+      <w:bookmarkStart w:id="4276" w:name="_Toc321922536"/>
+      <w:bookmarkStart w:id="4277" w:name="_Toc322002669"/>
+      <w:bookmarkStart w:id="4278" w:name="_Toc322003150"/>
+      <w:bookmarkStart w:id="4279" w:name="_Toc322425772"/>
+      <w:bookmarkStart w:id="4280" w:name="_Toc323388470"/>
+      <w:bookmarkStart w:id="4281" w:name="_Toc323388985"/>
+      <w:bookmarkStart w:id="4282" w:name="_Toc323389899"/>
+      <w:bookmarkStart w:id="4283" w:name="_Toc323393316"/>
+      <w:bookmarkStart w:id="4284" w:name="_Toc323817161"/>
+      <w:bookmarkStart w:id="4285" w:name="_Toc323817676"/>
+      <w:bookmarkStart w:id="4286" w:name="_Toc323903553"/>
+      <w:bookmarkStart w:id="4287" w:name="_Toc316385914"/>
+      <w:bookmarkStart w:id="4288" w:name="_Toc316386272"/>
+      <w:bookmarkStart w:id="4289" w:name="_Toc316388856"/>
+      <w:bookmarkStart w:id="4290" w:name="_Toc316389283"/>
+      <w:bookmarkStart w:id="4291" w:name="_Toc316389579"/>
+      <w:bookmarkStart w:id="4292" w:name="_Toc316389978"/>
+      <w:bookmarkStart w:id="4293" w:name="_Toc316462570"/>
+      <w:bookmarkStart w:id="4294" w:name="_Toc316463927"/>
+      <w:bookmarkStart w:id="4295" w:name="_Toc316561795"/>
+      <w:bookmarkStart w:id="4296" w:name="_Toc318382568"/>
+      <w:bookmarkStart w:id="4297" w:name="_Toc321916677"/>
+      <w:bookmarkStart w:id="4298" w:name="_Toc321922537"/>
+      <w:bookmarkStart w:id="4299" w:name="_Toc322002670"/>
+      <w:bookmarkStart w:id="4300" w:name="_Toc322003151"/>
+      <w:bookmarkStart w:id="4301" w:name="_Toc322425773"/>
+      <w:bookmarkStart w:id="4302" w:name="_Toc323388471"/>
+      <w:bookmarkStart w:id="4303" w:name="_Toc323388986"/>
+      <w:bookmarkStart w:id="4304" w:name="_Toc323389900"/>
+      <w:bookmarkStart w:id="4305" w:name="_Toc323393317"/>
+      <w:bookmarkStart w:id="4306" w:name="_Toc323817162"/>
+      <w:bookmarkStart w:id="4307" w:name="_Toc323817677"/>
+      <w:bookmarkStart w:id="4308" w:name="_Toc323903554"/>
+      <w:bookmarkStart w:id="4309" w:name="_Toc316385915"/>
+      <w:bookmarkStart w:id="4310" w:name="_Toc316386273"/>
+      <w:bookmarkStart w:id="4311" w:name="_Toc316388857"/>
+      <w:bookmarkStart w:id="4312" w:name="_Toc316389284"/>
+      <w:bookmarkStart w:id="4313" w:name="_Toc316389580"/>
+      <w:bookmarkStart w:id="4314" w:name="_Toc316389979"/>
+      <w:bookmarkStart w:id="4315" w:name="_Toc316462571"/>
+      <w:bookmarkStart w:id="4316" w:name="_Toc316463928"/>
+      <w:bookmarkStart w:id="4317" w:name="_Toc316561796"/>
+      <w:bookmarkStart w:id="4318" w:name="_Toc318382569"/>
+      <w:bookmarkStart w:id="4319" w:name="_Toc321916678"/>
+      <w:bookmarkStart w:id="4320" w:name="_Toc321922538"/>
+      <w:bookmarkStart w:id="4321" w:name="_Toc322002671"/>
+      <w:bookmarkStart w:id="4322" w:name="_Toc322003152"/>
+      <w:bookmarkStart w:id="4323" w:name="_Toc322425774"/>
+      <w:bookmarkStart w:id="4324" w:name="_Toc323388472"/>
+      <w:bookmarkStart w:id="4325" w:name="_Toc323388987"/>
+      <w:bookmarkStart w:id="4326" w:name="_Toc323389901"/>
+      <w:bookmarkStart w:id="4327" w:name="_Toc323393318"/>
+      <w:bookmarkStart w:id="4328" w:name="_Toc323817163"/>
+      <w:bookmarkStart w:id="4329" w:name="_Toc323817678"/>
+      <w:bookmarkStart w:id="4330" w:name="_Toc323903555"/>
+      <w:bookmarkStart w:id="4331" w:name="_Toc316385916"/>
+      <w:bookmarkStart w:id="4332" w:name="_Toc316386274"/>
+      <w:bookmarkStart w:id="4333" w:name="_Toc316388858"/>
+      <w:bookmarkStart w:id="4334" w:name="_Toc316389285"/>
+      <w:bookmarkStart w:id="4335" w:name="_Toc316389581"/>
+      <w:bookmarkStart w:id="4336" w:name="_Toc316389980"/>
+      <w:bookmarkStart w:id="4337" w:name="_Toc316462572"/>
+      <w:bookmarkStart w:id="4338" w:name="_Toc316463929"/>
+      <w:bookmarkStart w:id="4339" w:name="_Toc316561797"/>
+      <w:bookmarkStart w:id="4340" w:name="_Toc318382570"/>
+      <w:bookmarkStart w:id="4341" w:name="_Toc321916679"/>
+      <w:bookmarkStart w:id="4342" w:name="_Toc321922539"/>
+      <w:bookmarkStart w:id="4343" w:name="_Toc322002672"/>
+      <w:bookmarkStart w:id="4344" w:name="_Toc322003153"/>
+      <w:bookmarkStart w:id="4345" w:name="_Toc322425775"/>
+      <w:bookmarkStart w:id="4346" w:name="_Toc323388473"/>
+      <w:bookmarkStart w:id="4347" w:name="_Toc323388988"/>
+      <w:bookmarkStart w:id="4348" w:name="_Toc323389902"/>
+      <w:bookmarkStart w:id="4349" w:name="_Toc323393319"/>
+      <w:bookmarkStart w:id="4350" w:name="_Toc323817164"/>
+      <w:bookmarkStart w:id="4351" w:name="_Toc323817679"/>
+      <w:bookmarkStart w:id="4352" w:name="_Toc323903556"/>
+      <w:bookmarkStart w:id="4353" w:name="_Toc356380871"/>
+      <w:bookmarkStart w:id="4354" w:name="_Toc357675107"/>
+      <w:bookmarkStart w:id="4355" w:name="_Toc357688999"/>
+      <w:bookmarkStart w:id="4356" w:name="_Toc357691068"/>
+      <w:bookmarkStart w:id="4357" w:name="_Toc356380872"/>
+      <w:bookmarkStart w:id="4358" w:name="_Toc357675108"/>
+      <w:bookmarkStart w:id="4359" w:name="_Toc357689000"/>
+      <w:bookmarkStart w:id="4360" w:name="_Toc357691069"/>
+      <w:bookmarkStart w:id="4361" w:name="_Toc356380875"/>
+      <w:bookmarkStart w:id="4362" w:name="_Toc357675111"/>
+      <w:bookmarkStart w:id="4363" w:name="_Toc357689003"/>
+      <w:bookmarkStart w:id="4364" w:name="_Toc357691072"/>
+      <w:bookmarkStart w:id="4365" w:name="_Toc316385919"/>
+      <w:bookmarkStart w:id="4366" w:name="_Toc316386277"/>
+      <w:bookmarkStart w:id="4367" w:name="_Toc316388861"/>
+      <w:bookmarkStart w:id="4368" w:name="_Toc316389288"/>
+      <w:bookmarkStart w:id="4369" w:name="_Toc316389584"/>
+      <w:bookmarkStart w:id="4370" w:name="_Toc316389983"/>
+      <w:bookmarkStart w:id="4371" w:name="_Toc316462575"/>
+      <w:bookmarkStart w:id="4372" w:name="_Toc316463932"/>
+      <w:bookmarkStart w:id="4373" w:name="_Toc316561800"/>
+      <w:bookmarkStart w:id="4374" w:name="_Toc318382573"/>
+      <w:bookmarkStart w:id="4375" w:name="_Toc321916682"/>
+      <w:bookmarkStart w:id="4376" w:name="_Toc321922542"/>
+      <w:bookmarkStart w:id="4377" w:name="_Toc322002675"/>
+      <w:bookmarkStart w:id="4378" w:name="_Toc322003156"/>
+      <w:bookmarkStart w:id="4379" w:name="_Toc322425778"/>
+      <w:bookmarkStart w:id="4380" w:name="_Toc323388476"/>
+      <w:bookmarkStart w:id="4381" w:name="_Toc323388991"/>
+      <w:bookmarkStart w:id="4382" w:name="_Toc323389905"/>
+      <w:bookmarkStart w:id="4383" w:name="_Toc323393322"/>
+      <w:bookmarkStart w:id="4384" w:name="_Toc323817167"/>
+      <w:bookmarkStart w:id="4385" w:name="_Toc323817682"/>
+      <w:bookmarkStart w:id="4386" w:name="_Toc323903559"/>
+      <w:bookmarkStart w:id="4387" w:name="_Toc358044115"/>
+      <w:bookmarkStart w:id="4388" w:name="_Toc358129531"/>
+      <w:bookmarkStart w:id="4389" w:name="_Toc358293726"/>
+      <w:bookmarkStart w:id="4390" w:name="_Toc358044116"/>
+      <w:bookmarkStart w:id="4391" w:name="_Toc358129532"/>
+      <w:bookmarkStart w:id="4392" w:name="_Toc358293727"/>
+      <w:bookmarkStart w:id="4393" w:name="_Toc358044120"/>
+      <w:bookmarkStart w:id="4394" w:name="_Toc358129536"/>
+      <w:bookmarkStart w:id="4395" w:name="_Toc358293731"/>
+      <w:bookmarkStart w:id="4396" w:name="_Toc358647230"/>
+      <w:bookmarkStart w:id="4397" w:name="_Toc358647234"/>
+      <w:bookmarkStart w:id="4398" w:name="_Toc465864941"/>
+      <w:bookmarkStart w:id="4399" w:name="_Toc465865241"/>
+      <w:bookmarkStart w:id="4400" w:name="_Toc466363320"/>
+      <w:bookmarkStart w:id="4401" w:name="_Toc466363772"/>
+      <w:bookmarkStart w:id="4402" w:name="_Toc465864942"/>
+      <w:bookmarkStart w:id="4403" w:name="_Toc465865242"/>
+      <w:bookmarkStart w:id="4404" w:name="_Toc466363321"/>
+      <w:bookmarkStart w:id="4405" w:name="_Toc466363773"/>
+      <w:bookmarkStart w:id="4406" w:name="_Toc465864945"/>
+      <w:bookmarkStart w:id="4407" w:name="_Toc465865245"/>
+      <w:bookmarkStart w:id="4408" w:name="_Toc466363324"/>
+      <w:bookmarkStart w:id="4409" w:name="_Toc466363776"/>
+      <w:bookmarkStart w:id="4410" w:name="_Toc465864946"/>
+      <w:bookmarkStart w:id="4411" w:name="_Toc465865246"/>
+      <w:bookmarkStart w:id="4412" w:name="_Toc466363325"/>
+      <w:bookmarkStart w:id="4413" w:name="_Toc466363777"/>
+      <w:bookmarkStart w:id="4414" w:name="_Toc465864947"/>
+      <w:bookmarkStart w:id="4415" w:name="_Toc465865247"/>
+      <w:bookmarkStart w:id="4416" w:name="_Toc466363326"/>
+      <w:bookmarkStart w:id="4417" w:name="_Toc466363778"/>
+      <w:bookmarkStart w:id="4418" w:name="_Toc465864949"/>
+      <w:bookmarkStart w:id="4419" w:name="_Toc465865249"/>
+      <w:bookmarkStart w:id="4420" w:name="_Toc466363328"/>
+      <w:bookmarkStart w:id="4421" w:name="_Toc466363780"/>
+      <w:bookmarkStart w:id="4422" w:name="_Toc465864950"/>
+      <w:bookmarkStart w:id="4423" w:name="_Toc465865250"/>
+      <w:bookmarkStart w:id="4424" w:name="_Toc466363329"/>
+      <w:bookmarkStart w:id="4425" w:name="_Toc466363781"/>
+      <w:bookmarkStart w:id="4426" w:name="_Toc412551870"/>
+      <w:bookmarkStart w:id="4427" w:name="_Toc413160460"/>
+      <w:bookmarkStart w:id="4428" w:name="_Toc412551871"/>
+      <w:bookmarkStart w:id="4429" w:name="_Toc413160461"/>
+      <w:bookmarkStart w:id="4430" w:name="_Toc412551872"/>
+      <w:bookmarkStart w:id="4431" w:name="_Toc413160462"/>
+      <w:bookmarkStart w:id="4432" w:name="_Toc412551873"/>
+      <w:bookmarkStart w:id="4433" w:name="_Toc413160463"/>
+      <w:bookmarkStart w:id="4434" w:name="_Toc412551874"/>
+      <w:bookmarkStart w:id="4435" w:name="_Toc413160464"/>
+      <w:bookmarkStart w:id="4436" w:name="_Toc322002678"/>
+      <w:bookmarkStart w:id="4437" w:name="_Toc322003159"/>
+      <w:bookmarkStart w:id="4438" w:name="_Toc322425781"/>
+      <w:bookmarkStart w:id="4439" w:name="_Toc323388479"/>
+      <w:bookmarkStart w:id="4440" w:name="_Toc323388994"/>
+      <w:bookmarkStart w:id="4441" w:name="_Toc323389908"/>
+      <w:bookmarkStart w:id="4442" w:name="_Toc323393325"/>
+      <w:bookmarkStart w:id="4443" w:name="_Toc323817170"/>
+      <w:bookmarkStart w:id="4444" w:name="_Toc323817685"/>
+      <w:bookmarkStart w:id="4445" w:name="_Toc323903562"/>
+      <w:bookmarkStart w:id="4446" w:name="_Toc397010035"/>
+      <w:bookmarkStart w:id="4447" w:name="_Toc397010415"/>
+      <w:bookmarkStart w:id="4448" w:name="_Toc404604776"/>
+      <w:bookmarkStart w:id="4449" w:name="_Toc405371813"/>
+      <w:bookmarkStart w:id="4450" w:name="_Toc410210615"/>
+      <w:bookmarkStart w:id="4451" w:name="_Toc410210681"/>
+      <w:bookmarkStart w:id="4452" w:name="_Toc410210747"/>
+      <w:bookmarkStart w:id="4453" w:name="_Toc410210813"/>
+      <w:bookmarkStart w:id="4454" w:name="_Toc410210880"/>
+      <w:bookmarkStart w:id="4455" w:name="_Toc410210947"/>
+      <w:bookmarkStart w:id="4456" w:name="_Toc411352139"/>
+      <w:bookmarkStart w:id="4457" w:name="_Toc412542940"/>
+      <w:bookmarkStart w:id="4458" w:name="_Toc412551875"/>
+      <w:bookmarkStart w:id="4459" w:name="_Toc413160465"/>
+      <w:bookmarkStart w:id="4460" w:name="_Toc397010036"/>
+      <w:bookmarkStart w:id="4461" w:name="_Toc397010416"/>
+      <w:bookmarkStart w:id="4462" w:name="_Toc404604777"/>
+      <w:bookmarkStart w:id="4463" w:name="_Toc405371814"/>
+      <w:bookmarkStart w:id="4464" w:name="_Toc410210616"/>
+      <w:bookmarkStart w:id="4465" w:name="_Toc410210682"/>
+      <w:bookmarkStart w:id="4466" w:name="_Toc410210748"/>
+      <w:bookmarkStart w:id="4467" w:name="_Toc410210814"/>
+      <w:bookmarkStart w:id="4468" w:name="_Toc410210881"/>
+      <w:bookmarkStart w:id="4469" w:name="_Toc410210948"/>
+      <w:bookmarkStart w:id="4470" w:name="_Toc411352140"/>
+      <w:bookmarkStart w:id="4471" w:name="_Toc412542941"/>
+      <w:bookmarkStart w:id="4472" w:name="_Toc412551876"/>
+      <w:bookmarkStart w:id="4473" w:name="_Toc413160466"/>
+      <w:bookmarkStart w:id="4474" w:name="_Toc397010037"/>
+      <w:bookmarkStart w:id="4475" w:name="_Toc397010417"/>
+      <w:bookmarkStart w:id="4476" w:name="_Toc404604778"/>
+      <w:bookmarkStart w:id="4477" w:name="_Toc405371815"/>
+      <w:bookmarkStart w:id="4478" w:name="_Toc410210617"/>
+      <w:bookmarkStart w:id="4479" w:name="_Toc410210683"/>
+      <w:bookmarkStart w:id="4480" w:name="_Toc410210749"/>
+      <w:bookmarkStart w:id="4481" w:name="_Toc410210815"/>
+      <w:bookmarkStart w:id="4482" w:name="_Toc410210882"/>
+      <w:bookmarkStart w:id="4483" w:name="_Toc410210949"/>
+      <w:bookmarkStart w:id="4484" w:name="_Toc411352141"/>
+      <w:bookmarkStart w:id="4485" w:name="_Toc412542942"/>
+      <w:bookmarkStart w:id="4486" w:name="_Toc412551877"/>
+      <w:bookmarkStart w:id="4487" w:name="_Toc413160467"/>
+      <w:bookmarkStart w:id="4488" w:name="_Toc397010038"/>
+      <w:bookmarkStart w:id="4489" w:name="_Toc397010418"/>
+      <w:bookmarkStart w:id="4490" w:name="_Toc404604779"/>
+      <w:bookmarkStart w:id="4491" w:name="_Toc405371816"/>
+      <w:bookmarkStart w:id="4492" w:name="_Toc410210618"/>
+      <w:bookmarkStart w:id="4493" w:name="_Toc410210684"/>
+      <w:bookmarkStart w:id="4494" w:name="_Toc410210750"/>
+      <w:bookmarkStart w:id="4495" w:name="_Toc410210816"/>
+      <w:bookmarkStart w:id="4496" w:name="_Toc410210883"/>
+      <w:bookmarkStart w:id="4497" w:name="_Toc410210950"/>
+      <w:bookmarkStart w:id="4498" w:name="_Toc411352142"/>
+      <w:bookmarkStart w:id="4499" w:name="_Toc412542943"/>
+      <w:bookmarkStart w:id="4500" w:name="_Toc412551878"/>
+      <w:bookmarkStart w:id="4501" w:name="_Toc413160468"/>
+      <w:bookmarkStart w:id="4502" w:name="_Toc413318294"/>
+      <w:bookmarkStart w:id="4503" w:name="_Toc413411347"/>
+      <w:bookmarkStart w:id="4504" w:name="_Toc413318295"/>
+      <w:bookmarkStart w:id="4505" w:name="_Toc413411348"/>
+      <w:bookmarkStart w:id="4506" w:name="_Toc413318296"/>
+      <w:bookmarkStart w:id="4507" w:name="_Toc413411349"/>
+      <w:bookmarkStart w:id="4508" w:name="_Toc413318297"/>
+      <w:bookmarkStart w:id="4509" w:name="_Toc413411350"/>
+      <w:bookmarkStart w:id="4510" w:name="_Toc413318298"/>
+      <w:bookmarkStart w:id="4511" w:name="_Toc413411351"/>
+      <w:bookmarkStart w:id="4512" w:name="_Toc413318299"/>
+      <w:bookmarkStart w:id="4513" w:name="_Toc413411352"/>
+      <w:bookmarkStart w:id="4514" w:name="_Toc413318300"/>
+      <w:bookmarkStart w:id="4515" w:name="_Toc413411353"/>
+      <w:bookmarkStart w:id="4516" w:name="_Toc413318301"/>
+      <w:bookmarkStart w:id="4517" w:name="_Toc413411354"/>
+      <w:bookmarkStart w:id="4518" w:name="_Toc413318302"/>
+      <w:bookmarkStart w:id="4519" w:name="_Toc413411355"/>
+      <w:bookmarkStart w:id="4520" w:name="_Toc413773993"/>
+      <w:bookmarkStart w:id="4521" w:name="_Toc413773994"/>
+      <w:bookmarkStart w:id="4522" w:name="_Toc413773995"/>
+      <w:bookmarkStart w:id="4523" w:name="_Toc413773996"/>
+      <w:bookmarkStart w:id="4524" w:name="_Toc413773997"/>
+      <w:bookmarkStart w:id="4525" w:name="_Toc413773998"/>
+      <w:bookmarkStart w:id="4526" w:name="_Toc413773999"/>
+      <w:bookmarkStart w:id="4527" w:name="_Toc413774000"/>
+      <w:bookmarkStart w:id="4528" w:name="_Toc413774001"/>
+      <w:bookmarkStart w:id="4529" w:name="_Toc413774002"/>
+      <w:bookmarkStart w:id="4530" w:name="_Toc413774003"/>
+      <w:bookmarkStart w:id="4531" w:name="_Toc465864951"/>
+      <w:bookmarkStart w:id="4532" w:name="_Toc465865251"/>
+      <w:bookmarkStart w:id="4533" w:name="_Toc466363330"/>
+      <w:bookmarkStart w:id="4534" w:name="_Toc466363782"/>
+      <w:bookmarkStart w:id="4535" w:name="_Toc465864952"/>
+      <w:bookmarkStart w:id="4536" w:name="_Toc465865252"/>
+      <w:bookmarkStart w:id="4537" w:name="_Toc466363331"/>
+      <w:bookmarkStart w:id="4538" w:name="_Toc466363783"/>
+      <w:bookmarkStart w:id="4539" w:name="_Toc465864953"/>
+      <w:bookmarkStart w:id="4540" w:name="_Toc465865253"/>
+      <w:bookmarkStart w:id="4541" w:name="_Toc466363332"/>
+      <w:bookmarkStart w:id="4542" w:name="_Toc466363784"/>
+      <w:bookmarkStart w:id="4543" w:name="_Toc465864954"/>
+      <w:bookmarkStart w:id="4544" w:name="_Toc465865254"/>
+      <w:bookmarkStart w:id="4545" w:name="_Toc466363333"/>
+      <w:bookmarkStart w:id="4546" w:name="_Toc466363785"/>
+      <w:bookmarkStart w:id="4547" w:name="_Toc465864955"/>
+      <w:bookmarkStart w:id="4548" w:name="_Toc465865255"/>
+      <w:bookmarkStart w:id="4549" w:name="_Toc466363334"/>
+      <w:bookmarkStart w:id="4550" w:name="_Toc466363786"/>
+      <w:bookmarkStart w:id="4551" w:name="_Toc465864956"/>
+      <w:bookmarkStart w:id="4552" w:name="_Toc465865256"/>
+      <w:bookmarkStart w:id="4553" w:name="_Toc466363335"/>
+      <w:bookmarkStart w:id="4554" w:name="_Toc466363787"/>
+      <w:bookmarkStart w:id="4555" w:name="_Toc465864957"/>
+      <w:bookmarkStart w:id="4556" w:name="_Toc465865257"/>
+      <w:bookmarkStart w:id="4557" w:name="_Toc466363336"/>
+      <w:bookmarkStart w:id="4558" w:name="_Toc466363788"/>
+      <w:bookmarkStart w:id="4559" w:name="_Toc465864958"/>
+      <w:bookmarkStart w:id="4560" w:name="_Toc465865258"/>
+      <w:bookmarkStart w:id="4561" w:name="_Toc466363337"/>
+      <w:bookmarkStart w:id="4562" w:name="_Toc466363789"/>
+      <w:bookmarkStart w:id="4563" w:name="_Toc465864959"/>
+      <w:bookmarkStart w:id="4564" w:name="_Toc465865259"/>
+      <w:bookmarkStart w:id="4565" w:name="_Toc466363338"/>
+      <w:bookmarkStart w:id="4566" w:name="_Toc466363790"/>
+      <w:bookmarkStart w:id="4567" w:name="_Toc465864960"/>
+      <w:bookmarkStart w:id="4568" w:name="_Toc465865260"/>
+      <w:bookmarkStart w:id="4569" w:name="_Toc466363339"/>
+      <w:bookmarkStart w:id="4570" w:name="_Toc466363791"/>
+      <w:bookmarkStart w:id="4571" w:name="_Toc465864961"/>
+      <w:bookmarkStart w:id="4572" w:name="_Toc465865261"/>
+      <w:bookmarkStart w:id="4573" w:name="_Toc466363340"/>
+      <w:bookmarkStart w:id="4574" w:name="_Toc466363792"/>
+      <w:bookmarkStart w:id="4575" w:name="_Toc397010041"/>
+      <w:bookmarkStart w:id="4576" w:name="_Toc397010421"/>
+      <w:bookmarkStart w:id="4577" w:name="_Toc404604782"/>
+      <w:bookmarkStart w:id="4578" w:name="_Toc405371819"/>
+      <w:bookmarkStart w:id="4579" w:name="_Toc410210621"/>
+      <w:bookmarkStart w:id="4580" w:name="_Toc410210687"/>
+      <w:bookmarkStart w:id="4581" w:name="_Toc410210753"/>
+      <w:bookmarkStart w:id="4582" w:name="_Toc410210819"/>
+      <w:bookmarkStart w:id="4583" w:name="_Toc410210886"/>
+      <w:bookmarkStart w:id="4584" w:name="_Toc410210953"/>
+      <w:bookmarkStart w:id="4585" w:name="_Toc411352145"/>
+      <w:bookmarkStart w:id="4586" w:name="_Toc412542946"/>
+      <w:bookmarkStart w:id="4587" w:name="_Toc412551881"/>
+      <w:bookmarkStart w:id="4588" w:name="_Toc413160471"/>
+      <w:bookmarkStart w:id="4589" w:name="_Toc353372856"/>
+      <w:bookmarkStart w:id="4590" w:name="_Toc353377965"/>
+      <w:bookmarkStart w:id="4591" w:name="_Toc353378894"/>
+      <w:bookmarkStart w:id="4592" w:name="_Toc353379144"/>
+      <w:bookmarkStart w:id="4593" w:name="_Toc353962140"/>
+      <w:bookmarkStart w:id="4594" w:name="_Toc353962647"/>
+      <w:bookmarkStart w:id="4595" w:name="_Toc353962996"/>
+      <w:bookmarkStart w:id="4596" w:name="_Toc353976218"/>
+      <w:bookmarkStart w:id="4597" w:name="_Toc353976495"/>
+      <w:bookmarkStart w:id="4598" w:name="_Toc353978365"/>
+      <w:bookmarkStart w:id="4599" w:name="_Toc354044040"/>
+      <w:bookmarkStart w:id="4600" w:name="_Toc354047280"/>
+      <w:bookmarkStart w:id="4601" w:name="_Toc356380881"/>
+      <w:bookmarkStart w:id="4602" w:name="_Toc357675117"/>
+      <w:bookmarkStart w:id="4603" w:name="_Toc357689009"/>
+      <w:bookmarkStart w:id="4604" w:name="_Toc357691078"/>
+      <w:bookmarkStart w:id="4605" w:name="_Toc316385924"/>
+      <w:bookmarkStart w:id="4606" w:name="_Toc316386282"/>
+      <w:bookmarkStart w:id="4607" w:name="_Toc316388866"/>
+      <w:bookmarkStart w:id="4608" w:name="_Toc316389293"/>
+      <w:bookmarkStart w:id="4609" w:name="_Toc316389589"/>
+      <w:bookmarkStart w:id="4610" w:name="_Toc316389988"/>
+      <w:bookmarkStart w:id="4611" w:name="_Toc316462580"/>
+      <w:bookmarkStart w:id="4612" w:name="_Toc316463937"/>
+      <w:bookmarkStart w:id="4613" w:name="_Toc316561805"/>
+      <w:bookmarkStart w:id="4614" w:name="_Toc318382578"/>
+      <w:bookmarkStart w:id="4615" w:name="_Toc321916689"/>
+      <w:bookmarkStart w:id="4616" w:name="_Toc321922549"/>
+      <w:bookmarkStart w:id="4617" w:name="_Toc322002683"/>
+      <w:bookmarkStart w:id="4618" w:name="_Toc322003164"/>
+      <w:bookmarkStart w:id="4619" w:name="_Toc322425786"/>
+      <w:bookmarkStart w:id="4620" w:name="_Toc323388484"/>
+      <w:bookmarkStart w:id="4621" w:name="_Toc323388999"/>
+      <w:bookmarkStart w:id="4622" w:name="_Toc323389913"/>
+      <w:bookmarkStart w:id="4623" w:name="_Toc323393330"/>
+      <w:bookmarkStart w:id="4624" w:name="_Toc323817175"/>
+      <w:bookmarkStart w:id="4625" w:name="_Toc323817690"/>
+      <w:bookmarkStart w:id="4626" w:name="_Toc323903567"/>
+      <w:bookmarkStart w:id="4627" w:name="_Toc323388485"/>
+      <w:bookmarkStart w:id="4628" w:name="_Toc323389000"/>
+      <w:bookmarkStart w:id="4629" w:name="_Toc323389914"/>
+      <w:bookmarkStart w:id="4630" w:name="_Toc323393331"/>
+      <w:bookmarkStart w:id="4631" w:name="_Toc323817176"/>
+      <w:bookmarkStart w:id="4632" w:name="_Toc323817691"/>
+      <w:bookmarkStart w:id="4633" w:name="_Toc323903568"/>
+      <w:bookmarkStart w:id="4634" w:name="_Toc323388487"/>
+      <w:bookmarkStart w:id="4635" w:name="_Toc323389002"/>
+      <w:bookmarkStart w:id="4636" w:name="_Toc323389916"/>
+      <w:bookmarkStart w:id="4637" w:name="_Toc323393333"/>
+      <w:bookmarkStart w:id="4638" w:name="_Toc323817178"/>
+      <w:bookmarkStart w:id="4639" w:name="_Toc323817693"/>
+      <w:bookmarkStart w:id="4640" w:name="_Toc323903570"/>
+      <w:bookmarkStart w:id="4641" w:name="_Toc323388489"/>
+      <w:bookmarkStart w:id="4642" w:name="_Toc323389004"/>
+      <w:bookmarkStart w:id="4643" w:name="_Toc323389918"/>
+      <w:bookmarkStart w:id="4644" w:name="_Toc323393335"/>
+      <w:bookmarkStart w:id="4645" w:name="_Toc323817180"/>
+      <w:bookmarkStart w:id="4646" w:name="_Toc323817695"/>
+      <w:bookmarkStart w:id="4647" w:name="_Toc323903572"/>
+      <w:bookmarkStart w:id="4648" w:name="_Toc321916691"/>
+      <w:bookmarkStart w:id="4649" w:name="_Toc321922551"/>
+      <w:bookmarkStart w:id="4650" w:name="_Toc322002685"/>
+      <w:bookmarkStart w:id="4651" w:name="_Toc322003166"/>
+      <w:bookmarkStart w:id="4652" w:name="_Toc322425788"/>
+      <w:bookmarkStart w:id="4653" w:name="_Toc323388491"/>
+      <w:bookmarkStart w:id="4654" w:name="_Toc323389006"/>
+      <w:bookmarkStart w:id="4655" w:name="_Toc323389920"/>
+      <w:bookmarkStart w:id="4656" w:name="_Toc323393337"/>
+      <w:bookmarkStart w:id="4657" w:name="_Toc323817182"/>
+      <w:bookmarkStart w:id="4658" w:name="_Toc323817697"/>
+      <w:bookmarkStart w:id="4659" w:name="_Toc323903574"/>
+      <w:bookmarkStart w:id="4660" w:name="_Toc321916693"/>
+      <w:bookmarkStart w:id="4661" w:name="_Toc321922553"/>
+      <w:bookmarkStart w:id="4662" w:name="_Toc322002687"/>
+      <w:bookmarkStart w:id="4663" w:name="_Toc322003168"/>
+      <w:bookmarkStart w:id="4664" w:name="_Toc322425790"/>
+      <w:bookmarkStart w:id="4665" w:name="_Toc323388493"/>
+      <w:bookmarkStart w:id="4666" w:name="_Toc323389008"/>
+      <w:bookmarkStart w:id="4667" w:name="_Toc323389922"/>
+      <w:bookmarkStart w:id="4668" w:name="_Toc323393339"/>
+      <w:bookmarkStart w:id="4669" w:name="_Toc323817184"/>
+      <w:bookmarkStart w:id="4670" w:name="_Toc323817699"/>
+      <w:bookmarkStart w:id="4671" w:name="_Toc323903576"/>
+      <w:bookmarkStart w:id="4672" w:name="_Toc465864962"/>
+      <w:bookmarkStart w:id="4673" w:name="_Toc465865262"/>
+      <w:bookmarkStart w:id="4674" w:name="_Toc466363341"/>
+      <w:bookmarkStart w:id="4675" w:name="_Toc466363793"/>
+      <w:bookmarkStart w:id="4676" w:name="_Toc465864964"/>
+      <w:bookmarkStart w:id="4677" w:name="_Toc465865264"/>
+      <w:bookmarkStart w:id="4678" w:name="_Toc466363343"/>
+      <w:bookmarkStart w:id="4679" w:name="_Toc466363795"/>
+      <w:bookmarkStart w:id="4680" w:name="_Toc323388496"/>
+      <w:bookmarkStart w:id="4681" w:name="_Toc323389011"/>
+      <w:bookmarkStart w:id="4682" w:name="_Toc323389925"/>
+      <w:bookmarkStart w:id="4683" w:name="_Toc323393342"/>
+      <w:bookmarkStart w:id="4684" w:name="_Toc323817187"/>
+      <w:bookmarkStart w:id="4685" w:name="_Toc323817702"/>
+      <w:bookmarkStart w:id="4686" w:name="_Toc323903579"/>
+      <w:bookmarkStart w:id="4687" w:name="_Toc323388497"/>
+      <w:bookmarkStart w:id="4688" w:name="_Toc323389012"/>
+      <w:bookmarkStart w:id="4689" w:name="_Toc323389926"/>
+      <w:bookmarkStart w:id="4690" w:name="_Toc323393343"/>
+      <w:bookmarkStart w:id="4691" w:name="_Toc323817188"/>
+      <w:bookmarkStart w:id="4692" w:name="_Toc323817703"/>
+      <w:bookmarkStart w:id="4693" w:name="_Toc323903580"/>
+      <w:bookmarkStart w:id="4694" w:name="_Toc323388498"/>
+      <w:bookmarkStart w:id="4695" w:name="_Toc323389013"/>
+      <w:bookmarkStart w:id="4696" w:name="_Toc323389927"/>
+      <w:bookmarkStart w:id="4697" w:name="_Toc323393344"/>
+      <w:bookmarkStart w:id="4698" w:name="_Toc323817189"/>
+      <w:bookmarkStart w:id="4699" w:name="_Toc323817704"/>
+      <w:bookmarkStart w:id="4700" w:name="_Toc323903581"/>
+      <w:bookmarkStart w:id="4701" w:name="_Toc323388499"/>
+      <w:bookmarkStart w:id="4702" w:name="_Toc323389014"/>
+      <w:bookmarkStart w:id="4703" w:name="_Toc323389928"/>
+      <w:bookmarkStart w:id="4704" w:name="_Toc323393345"/>
+      <w:bookmarkStart w:id="4705" w:name="_Toc323817190"/>
+      <w:bookmarkStart w:id="4706" w:name="_Toc323817705"/>
+      <w:bookmarkStart w:id="4707" w:name="_Toc323903582"/>
+      <w:bookmarkStart w:id="4708" w:name="_Toc323388500"/>
+      <w:bookmarkStart w:id="4709" w:name="_Toc323389015"/>
+      <w:bookmarkStart w:id="4710" w:name="_Toc323389929"/>
+      <w:bookmarkStart w:id="4711" w:name="_Toc323393346"/>
+      <w:bookmarkStart w:id="4712" w:name="_Toc323817191"/>
+      <w:bookmarkStart w:id="4713" w:name="_Toc323817706"/>
+      <w:bookmarkStart w:id="4714" w:name="_Toc323903583"/>
+      <w:bookmarkStart w:id="4715" w:name="_Toc323388501"/>
+      <w:bookmarkStart w:id="4716" w:name="_Toc323389016"/>
+      <w:bookmarkStart w:id="4717" w:name="_Toc323389930"/>
+      <w:bookmarkStart w:id="4718" w:name="_Toc323393347"/>
+      <w:bookmarkStart w:id="4719" w:name="_Toc323817192"/>
+      <w:bookmarkStart w:id="4720" w:name="_Toc323817707"/>
+      <w:bookmarkStart w:id="4721" w:name="_Toc323903584"/>
+      <w:bookmarkStart w:id="4722" w:name="_Toc323388502"/>
+      <w:bookmarkStart w:id="4723" w:name="_Toc323389017"/>
+      <w:bookmarkStart w:id="4724" w:name="_Toc323389931"/>
+      <w:bookmarkStart w:id="4725" w:name="_Toc323393348"/>
+      <w:bookmarkStart w:id="4726" w:name="_Toc323817193"/>
+      <w:bookmarkStart w:id="4727" w:name="_Toc323817708"/>
+      <w:bookmarkStart w:id="4728" w:name="_Toc323903585"/>
+      <w:bookmarkStart w:id="4729" w:name="_Toc323388503"/>
+      <w:bookmarkStart w:id="4730" w:name="_Toc323389018"/>
+      <w:bookmarkStart w:id="4731" w:name="_Toc323389932"/>
+      <w:bookmarkStart w:id="4732" w:name="_Toc323393349"/>
+      <w:bookmarkStart w:id="4733" w:name="_Toc323817194"/>
+      <w:bookmarkStart w:id="4734" w:name="_Toc323817709"/>
+      <w:bookmarkStart w:id="4735" w:name="_Toc323903586"/>
+      <w:bookmarkStart w:id="4736" w:name="_Toc323388504"/>
+      <w:bookmarkStart w:id="4737" w:name="_Toc323389019"/>
+      <w:bookmarkStart w:id="4738" w:name="_Toc323389933"/>
+      <w:bookmarkStart w:id="4739" w:name="_Toc323393350"/>
+      <w:bookmarkStart w:id="4740" w:name="_Toc323817195"/>
+      <w:bookmarkStart w:id="4741" w:name="_Toc323817710"/>
+      <w:bookmarkStart w:id="4742" w:name="_Toc323903587"/>
+      <w:bookmarkStart w:id="4743" w:name="_Toc323388505"/>
+      <w:bookmarkStart w:id="4744" w:name="_Toc323389020"/>
+      <w:bookmarkStart w:id="4745" w:name="_Toc323389934"/>
+      <w:bookmarkStart w:id="4746" w:name="_Toc323393351"/>
+      <w:bookmarkStart w:id="4747" w:name="_Toc323817196"/>
+      <w:bookmarkStart w:id="4748" w:name="_Toc323817711"/>
+      <w:bookmarkStart w:id="4749" w:name="_Toc323903588"/>
+      <w:bookmarkStart w:id="4750" w:name="_Toc465864965"/>
+      <w:bookmarkStart w:id="4751" w:name="_Toc465865265"/>
+      <w:bookmarkStart w:id="4752" w:name="_Toc466363344"/>
+      <w:bookmarkStart w:id="4753" w:name="_Toc466363796"/>
+      <w:bookmarkStart w:id="4754" w:name="_Toc323388510"/>
+      <w:bookmarkStart w:id="4755" w:name="_Toc323389025"/>
+      <w:bookmarkStart w:id="4756" w:name="_Toc323389939"/>
+      <w:bookmarkStart w:id="4757" w:name="_Toc323393356"/>
+      <w:bookmarkStart w:id="4758" w:name="_Toc323817201"/>
+      <w:bookmarkStart w:id="4759" w:name="_Toc323817716"/>
+      <w:bookmarkStart w:id="4760" w:name="_Toc323903593"/>
+      <w:bookmarkStart w:id="4761" w:name="_Toc323388512"/>
+      <w:bookmarkStart w:id="4762" w:name="_Toc323389027"/>
+      <w:bookmarkStart w:id="4763" w:name="_Toc323389941"/>
+      <w:bookmarkStart w:id="4764" w:name="_Toc323393358"/>
+      <w:bookmarkStart w:id="4765" w:name="_Toc323817203"/>
+      <w:bookmarkStart w:id="4766" w:name="_Toc323817718"/>
+      <w:bookmarkStart w:id="4767" w:name="_Toc323903595"/>
+      <w:bookmarkStart w:id="4768" w:name="_Toc316385928"/>
+      <w:bookmarkStart w:id="4769" w:name="_Toc316386286"/>
+      <w:bookmarkStart w:id="4770" w:name="_Toc316388870"/>
+      <w:bookmarkStart w:id="4771" w:name="_Toc316389297"/>
+      <w:bookmarkStart w:id="4772" w:name="_Toc316389593"/>
+      <w:bookmarkStart w:id="4773" w:name="_Toc316389992"/>
+      <w:bookmarkStart w:id="4774" w:name="_Toc316462584"/>
+      <w:bookmarkStart w:id="4775" w:name="_Toc316463941"/>
+      <w:bookmarkStart w:id="4776" w:name="_Toc316561809"/>
+      <w:bookmarkStart w:id="4777" w:name="_Toc318382582"/>
+      <w:bookmarkStart w:id="4778" w:name="_Toc321916697"/>
+      <w:bookmarkStart w:id="4779" w:name="_Toc321922557"/>
+      <w:bookmarkStart w:id="4780" w:name="_Toc322002691"/>
+      <w:bookmarkStart w:id="4781" w:name="_Toc322003172"/>
+      <w:bookmarkStart w:id="4782" w:name="_Toc322425794"/>
+      <w:bookmarkStart w:id="4783" w:name="_Toc323388514"/>
+      <w:bookmarkStart w:id="4784" w:name="_Toc323389029"/>
+      <w:bookmarkStart w:id="4785" w:name="_Toc323389943"/>
+      <w:bookmarkStart w:id="4786" w:name="_Toc323393360"/>
+      <w:bookmarkStart w:id="4787" w:name="_Toc323817205"/>
+      <w:bookmarkStart w:id="4788" w:name="_Toc323817720"/>
+      <w:bookmarkStart w:id="4789" w:name="_Toc323903597"/>
+      <w:bookmarkStart w:id="4790" w:name="_Toc316385929"/>
+      <w:bookmarkStart w:id="4791" w:name="_Toc316386287"/>
+      <w:bookmarkStart w:id="4792" w:name="_Toc316388871"/>
+      <w:bookmarkStart w:id="4793" w:name="_Toc316389298"/>
+      <w:bookmarkStart w:id="4794" w:name="_Toc316389594"/>
+      <w:bookmarkStart w:id="4795" w:name="_Toc316389993"/>
+      <w:bookmarkStart w:id="4796" w:name="_Toc316462585"/>
+      <w:bookmarkStart w:id="4797" w:name="_Toc316463942"/>
+      <w:bookmarkStart w:id="4798" w:name="_Toc316561810"/>
+      <w:bookmarkStart w:id="4799" w:name="_Toc318382583"/>
+      <w:bookmarkStart w:id="4800" w:name="_Toc321916698"/>
+      <w:bookmarkStart w:id="4801" w:name="_Toc321922558"/>
+      <w:bookmarkStart w:id="4802" w:name="_Toc322002692"/>
+      <w:bookmarkStart w:id="4803" w:name="_Toc322003173"/>
+      <w:bookmarkStart w:id="4804" w:name="_Toc322425795"/>
+      <w:bookmarkStart w:id="4805" w:name="_Toc323388515"/>
+      <w:bookmarkStart w:id="4806" w:name="_Toc323389030"/>
+      <w:bookmarkStart w:id="4807" w:name="_Toc323389944"/>
+      <w:bookmarkStart w:id="4808" w:name="_Toc323393361"/>
+      <w:bookmarkStart w:id="4809" w:name="_Toc323817206"/>
+      <w:bookmarkStart w:id="4810" w:name="_Toc323817721"/>
+      <w:bookmarkStart w:id="4811" w:name="_Toc323903598"/>
+      <w:bookmarkStart w:id="4812" w:name="_Toc316385930"/>
+      <w:bookmarkStart w:id="4813" w:name="_Toc316386288"/>
+      <w:bookmarkStart w:id="4814" w:name="_Toc316388872"/>
+      <w:bookmarkStart w:id="4815" w:name="_Toc316389299"/>
+      <w:bookmarkStart w:id="4816" w:name="_Toc316389595"/>
+      <w:bookmarkStart w:id="4817" w:name="_Toc316389994"/>
+      <w:bookmarkStart w:id="4818" w:name="_Toc316462586"/>
+      <w:bookmarkStart w:id="4819" w:name="_Toc316463943"/>
+      <w:bookmarkStart w:id="4820" w:name="_Toc316561811"/>
+      <w:bookmarkStart w:id="4821" w:name="_Toc318382584"/>
+      <w:bookmarkStart w:id="4822" w:name="_Toc321916699"/>
+      <w:bookmarkStart w:id="4823" w:name="_Toc321922559"/>
+      <w:bookmarkStart w:id="4824" w:name="_Toc322002693"/>
+      <w:bookmarkStart w:id="4825" w:name="_Toc322003174"/>
+      <w:bookmarkStart w:id="4826" w:name="_Toc322425796"/>
+      <w:bookmarkStart w:id="4827" w:name="_Toc323388516"/>
+      <w:bookmarkStart w:id="4828" w:name="_Toc323389031"/>
+      <w:bookmarkStart w:id="4829" w:name="_Toc323389945"/>
+      <w:bookmarkStart w:id="4830" w:name="_Toc323393362"/>
+      <w:bookmarkStart w:id="4831" w:name="_Toc323817207"/>
+      <w:bookmarkStart w:id="4832" w:name="_Toc323817722"/>
+      <w:bookmarkStart w:id="4833" w:name="_Toc323903599"/>
+      <w:bookmarkStart w:id="4834" w:name="_Toc466363349"/>
+      <w:bookmarkStart w:id="4835" w:name="_Toc466363801"/>
+      <w:bookmarkStart w:id="4836" w:name="_Toc466363351"/>
+      <w:bookmarkStart w:id="4837" w:name="_Toc466363803"/>
+      <w:bookmarkStart w:id="4838" w:name="_Toc466363352"/>
+      <w:bookmarkStart w:id="4839" w:name="_Toc466363804"/>
+      <w:bookmarkStart w:id="4840" w:name="_Toc466363356"/>
+      <w:bookmarkStart w:id="4841" w:name="_Toc466363808"/>
+      <w:bookmarkStart w:id="4842" w:name="_Toc466363358"/>
+      <w:bookmarkStart w:id="4843" w:name="_Toc466363810"/>
+      <w:bookmarkStart w:id="4844" w:name="_Toc466363359"/>
+      <w:bookmarkStart w:id="4845" w:name="_Toc466363811"/>
+      <w:bookmarkStart w:id="4846" w:name="_Toc466363360"/>
+      <w:bookmarkStart w:id="4847" w:name="_Toc466363812"/>
+      <w:bookmarkStart w:id="4848" w:name="_Toc466363362"/>
+      <w:bookmarkStart w:id="4849" w:name="_Toc466363814"/>
+      <w:bookmarkStart w:id="4850" w:name="_Toc466363366"/>
+      <w:bookmarkStart w:id="4851" w:name="_Toc466363818"/>
+      <w:bookmarkStart w:id="4852" w:name="_Toc466363368"/>
+      <w:bookmarkStart w:id="4853" w:name="_Toc466363820"/>
+      <w:bookmarkStart w:id="4854" w:name="_Toc466363373"/>
+      <w:bookmarkStart w:id="4855" w:name="_Toc466363825"/>
+      <w:bookmarkStart w:id="4856" w:name="_Toc320782813"/>
+      <w:bookmarkStart w:id="4857" w:name="_Toc320783268"/>
+      <w:bookmarkStart w:id="4858" w:name="_Toc321139534"/>
+      <w:bookmarkStart w:id="4859" w:name="_Toc320782816"/>
+      <w:bookmarkStart w:id="4860" w:name="_Toc320783271"/>
+      <w:bookmarkStart w:id="4861" w:name="_Toc321139537"/>
+      <w:bookmarkStart w:id="4862" w:name="_Toc368584740"/>
+      <w:bookmarkStart w:id="4863" w:name="_Toc368585734"/>
+      <w:bookmarkStart w:id="4864" w:name="_Toc368587822"/>
+      <w:bookmarkStart w:id="4865" w:name="_Toc368584741"/>
+      <w:bookmarkStart w:id="4866" w:name="_Toc368585735"/>
+      <w:bookmarkStart w:id="4867" w:name="_Toc368587823"/>
+      <w:bookmarkStart w:id="4868" w:name="_Toc353372866"/>
+      <w:bookmarkStart w:id="4869" w:name="_Toc353377975"/>
+      <w:bookmarkStart w:id="4870" w:name="_Toc353378904"/>
+      <w:bookmarkStart w:id="4871" w:name="_Toc353379154"/>
+      <w:bookmarkStart w:id="4872" w:name="_Toc353962150"/>
+      <w:bookmarkStart w:id="4873" w:name="_Toc353962657"/>
+      <w:bookmarkStart w:id="4874" w:name="_Toc353963006"/>
+      <w:bookmarkStart w:id="4875" w:name="_Toc353976228"/>
+      <w:bookmarkStart w:id="4876" w:name="_Toc353976505"/>
+      <w:bookmarkStart w:id="4877" w:name="_Toc353978375"/>
+      <w:bookmarkStart w:id="4878" w:name="_Toc354044050"/>
+      <w:bookmarkStart w:id="4879" w:name="_Toc354047290"/>
+      <w:bookmarkStart w:id="4880" w:name="_Toc356380891"/>
+      <w:bookmarkStart w:id="4881" w:name="_Toc357675127"/>
+      <w:bookmarkStart w:id="4882" w:name="_Toc357689019"/>
+      <w:bookmarkStart w:id="4883" w:name="_Toc357691088"/>
+      <w:bookmarkStart w:id="4884" w:name="_Toc321139541"/>
+      <w:bookmarkStart w:id="4885" w:name="_Toc331671275"/>
+      <w:bookmarkStart w:id="4886" w:name="_Toc339010605"/>
+      <w:bookmarkStart w:id="4887" w:name="_Toc360177499"/>
+      <w:bookmarkStart w:id="4888" w:name="_Toc385580431"/>
+      <w:bookmarkStart w:id="4889" w:name="_Toc413164759"/>
+      <w:bookmarkStart w:id="4890" w:name="_Toc414455975"/>
+      <w:bookmarkStart w:id="4891" w:name="_Toc423076560"/>
+      <w:bookmarkStart w:id="4892" w:name="_Toc434331293"/>
+      <w:bookmarkStart w:id="4893" w:name="_Toc449341049"/>
+      <w:bookmarkStart w:id="4894" w:name="_Toc462149010"/>
+      <w:bookmarkStart w:id="4895" w:name="_Toc463342951"/>
+      <w:bookmarkStart w:id="4896" w:name="_Toc467659704"/>
+      <w:bookmarkStart w:id="4897" w:name="_Toc138240772"/>
       <w:bookmarkEnd w:id="3658"/>
       <w:bookmarkEnd w:id="3659"/>
-      <w:bookmarkEnd w:id="3963"/>
-      <w:bookmarkEnd w:id="3965"/>
+      <w:bookmarkEnd w:id="3660"/>
+      <w:bookmarkEnd w:id="3964"/>
       <w:bookmarkEnd w:id="3966"/>
       <w:bookmarkEnd w:id="3967"/>
       <w:bookmarkEnd w:id="3968"/>
       <w:bookmarkEnd w:id="3969"/>
       <w:bookmarkEnd w:id="3970"/>
       <w:bookmarkEnd w:id="3971"/>
       <w:bookmarkEnd w:id="3972"/>
       <w:bookmarkEnd w:id="3973"/>
       <w:bookmarkEnd w:id="3974"/>
       <w:bookmarkEnd w:id="3975"/>
       <w:bookmarkEnd w:id="3976"/>
       <w:bookmarkEnd w:id="3977"/>
       <w:bookmarkEnd w:id="3978"/>
       <w:bookmarkEnd w:id="3979"/>
       <w:bookmarkEnd w:id="3980"/>
       <w:bookmarkEnd w:id="3981"/>
       <w:bookmarkEnd w:id="3982"/>
       <w:bookmarkEnd w:id="3983"/>
       <w:bookmarkEnd w:id="3984"/>
       <w:bookmarkEnd w:id="3985"/>
       <w:bookmarkEnd w:id="3986"/>
       <w:bookmarkEnd w:id="3987"/>
       <w:bookmarkEnd w:id="3988"/>
       <w:bookmarkEnd w:id="3989"/>
       <w:bookmarkEnd w:id="3990"/>
@@ -14418,4213 +15080,4213 @@
       <w:bookmarkEnd w:id="4858"/>
       <w:bookmarkEnd w:id="4859"/>
       <w:bookmarkEnd w:id="4860"/>
       <w:bookmarkEnd w:id="4861"/>
       <w:bookmarkEnd w:id="4862"/>
       <w:bookmarkEnd w:id="4863"/>
       <w:bookmarkEnd w:id="4864"/>
       <w:bookmarkEnd w:id="4865"/>
       <w:bookmarkEnd w:id="4866"/>
       <w:bookmarkEnd w:id="4867"/>
       <w:bookmarkEnd w:id="4868"/>
       <w:bookmarkEnd w:id="4869"/>
       <w:bookmarkEnd w:id="4870"/>
       <w:bookmarkEnd w:id="4871"/>
       <w:bookmarkEnd w:id="4872"/>
       <w:bookmarkEnd w:id="4873"/>
       <w:bookmarkEnd w:id="4874"/>
       <w:bookmarkEnd w:id="4875"/>
       <w:bookmarkEnd w:id="4876"/>
       <w:bookmarkEnd w:id="4877"/>
       <w:bookmarkEnd w:id="4878"/>
       <w:bookmarkEnd w:id="4879"/>
       <w:bookmarkEnd w:id="4880"/>
       <w:bookmarkEnd w:id="4881"/>
       <w:bookmarkEnd w:id="4882"/>
+      <w:bookmarkEnd w:id="4883"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>INFORMATION DISCLOSURE AND SUBMISSION</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4883"/>
       <w:bookmarkEnd w:id="4884"/>
       <w:bookmarkEnd w:id="4885"/>
       <w:bookmarkEnd w:id="4886"/>
       <w:bookmarkEnd w:id="4887"/>
       <w:bookmarkEnd w:id="4888"/>
       <w:bookmarkEnd w:id="4889"/>
       <w:bookmarkEnd w:id="4890"/>
       <w:bookmarkEnd w:id="4891"/>
       <w:bookmarkEnd w:id="4892"/>
       <w:bookmarkEnd w:id="4893"/>
       <w:bookmarkEnd w:id="4894"/>
       <w:bookmarkEnd w:id="4895"/>
       <w:bookmarkEnd w:id="4896"/>
+      <w:bookmarkEnd w:id="4897"/>
     </w:p>
     <w:p w14:paraId="620373A8" w14:textId="77777777" w:rsidR="003E7F75" w:rsidRPr="002E79F0" w:rsidRDefault="009128FF" w:rsidP="002E79F0">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2127"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="0" w:before="360" w:afterLines="0" w:after="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4897" w:name="_Toc465864981"/>
-[...32 lines deleted...]
-      <w:bookmarkEnd w:id="4897"/>
+      <w:bookmarkStart w:id="4898" w:name="_Toc465864981"/>
+      <w:bookmarkStart w:id="4899" w:name="_Toc465865281"/>
+      <w:bookmarkStart w:id="4900" w:name="_Toc466363375"/>
+      <w:bookmarkStart w:id="4901" w:name="_Toc466363827"/>
+      <w:bookmarkStart w:id="4902" w:name="_Toc465864984"/>
+      <w:bookmarkStart w:id="4903" w:name="_Toc465865284"/>
+      <w:bookmarkStart w:id="4904" w:name="_Toc466363378"/>
+      <w:bookmarkStart w:id="4905" w:name="_Toc466363830"/>
+      <w:bookmarkStart w:id="4906" w:name="_Toc465864985"/>
+      <w:bookmarkStart w:id="4907" w:name="_Toc465865285"/>
+      <w:bookmarkStart w:id="4908" w:name="_Toc466363379"/>
+      <w:bookmarkStart w:id="4909" w:name="_Toc466363831"/>
+      <w:bookmarkStart w:id="4910" w:name="_Toc465864989"/>
+      <w:bookmarkStart w:id="4911" w:name="_Toc465865289"/>
+      <w:bookmarkStart w:id="4912" w:name="_Toc466363383"/>
+      <w:bookmarkStart w:id="4913" w:name="_Toc466363835"/>
+      <w:bookmarkStart w:id="4914" w:name="_Toc466363384"/>
+      <w:bookmarkStart w:id="4915" w:name="_Toc466363836"/>
+      <w:bookmarkStart w:id="4916" w:name="_Toc368584750"/>
+      <w:bookmarkStart w:id="4917" w:name="_Toc368585744"/>
+      <w:bookmarkStart w:id="4918" w:name="_Toc368587832"/>
+      <w:bookmarkStart w:id="4919" w:name="_Toc360177502"/>
+      <w:bookmarkStart w:id="4920" w:name="_Toc385580434"/>
+      <w:bookmarkStart w:id="4921" w:name="_Toc413164762"/>
+      <w:bookmarkStart w:id="4922" w:name="_Toc414455978"/>
+      <w:bookmarkStart w:id="4923" w:name="_Toc423076563"/>
+      <w:bookmarkStart w:id="4924" w:name="_Toc434331296"/>
+      <w:bookmarkStart w:id="4925" w:name="_Toc449341052"/>
+      <w:bookmarkStart w:id="4926" w:name="_Toc462149013"/>
+      <w:bookmarkStart w:id="4927" w:name="_Toc463342954"/>
+      <w:bookmarkStart w:id="4928" w:name="_Toc467659705"/>
+      <w:bookmarkStart w:id="4929" w:name="_Toc512264535"/>
+      <w:bookmarkStart w:id="4930" w:name="_Toc138240773"/>
       <w:bookmarkEnd w:id="4898"/>
       <w:bookmarkEnd w:id="4899"/>
       <w:bookmarkEnd w:id="4900"/>
       <w:bookmarkEnd w:id="4901"/>
       <w:bookmarkEnd w:id="4902"/>
       <w:bookmarkEnd w:id="4903"/>
       <w:bookmarkEnd w:id="4904"/>
       <w:bookmarkEnd w:id="4905"/>
       <w:bookmarkEnd w:id="4906"/>
       <w:bookmarkEnd w:id="4907"/>
       <w:bookmarkEnd w:id="4908"/>
       <w:bookmarkEnd w:id="4909"/>
       <w:bookmarkEnd w:id="4910"/>
       <w:bookmarkEnd w:id="4911"/>
       <w:bookmarkEnd w:id="4912"/>
       <w:bookmarkEnd w:id="4913"/>
       <w:bookmarkEnd w:id="4914"/>
       <w:bookmarkEnd w:id="4915"/>
       <w:bookmarkEnd w:id="4916"/>
       <w:bookmarkEnd w:id="4917"/>
+      <w:bookmarkEnd w:id="4918"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Information Disclosure and Submission</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4918"/>
       <w:bookmarkEnd w:id="4919"/>
       <w:bookmarkEnd w:id="4920"/>
       <w:bookmarkEnd w:id="4921"/>
       <w:bookmarkEnd w:id="4922"/>
       <w:bookmarkEnd w:id="4923"/>
       <w:bookmarkEnd w:id="4924"/>
       <w:bookmarkEnd w:id="4925"/>
       <w:bookmarkEnd w:id="4926"/>
       <w:bookmarkEnd w:id="4927"/>
       <w:bookmarkEnd w:id="4928"/>
       <w:bookmarkEnd w:id="4929"/>
+      <w:bookmarkEnd w:id="4930"/>
     </w:p>
     <w:p w14:paraId="620373A9" w14:textId="77777777" w:rsidR="00350A91" w:rsidRPr="000B0483" w:rsidRDefault="009128FF" w:rsidP="005E0A73">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4930" w:name="_Toc512264536"/>
+      <w:bookmarkStart w:id="4931" w:name="_Toc512264536"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>The Moscow Exchange may disclose the value of trades conducted by a Trading Member in the Deposit Market Section to the extent and under the procedure provided for in the laws of the Russian Federation.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="4931" w:name="_Toc321916711"/>
-[...4012 lines deleted...]
-      <w:bookmarkEnd w:id="4930"/>
+      <w:bookmarkStart w:id="4932" w:name="_Toc321916711"/>
+      <w:bookmarkStart w:id="4933" w:name="_Toc321922571"/>
+      <w:bookmarkStart w:id="4934" w:name="_Toc322002705"/>
+      <w:bookmarkStart w:id="4935" w:name="_Toc322003186"/>
+      <w:bookmarkStart w:id="4936" w:name="_Toc322425808"/>
+      <w:bookmarkStart w:id="4937" w:name="_Toc323388528"/>
+      <w:bookmarkStart w:id="4938" w:name="_Toc323389043"/>
+      <w:bookmarkStart w:id="4939" w:name="_Toc323389957"/>
+      <w:bookmarkStart w:id="4940" w:name="_Toc323393374"/>
+      <w:bookmarkStart w:id="4941" w:name="_Toc323817219"/>
+      <w:bookmarkStart w:id="4942" w:name="_Toc323817734"/>
+      <w:bookmarkStart w:id="4943" w:name="_Toc323903611"/>
+      <w:bookmarkStart w:id="4944" w:name="_Toc321916718"/>
+      <w:bookmarkStart w:id="4945" w:name="_Toc321922578"/>
+      <w:bookmarkStart w:id="4946" w:name="_Toc322002712"/>
+      <w:bookmarkStart w:id="4947" w:name="_Toc322003193"/>
+      <w:bookmarkStart w:id="4948" w:name="_Toc322425815"/>
+      <w:bookmarkStart w:id="4949" w:name="_Toc323388535"/>
+      <w:bookmarkStart w:id="4950" w:name="_Toc323389050"/>
+      <w:bookmarkStart w:id="4951" w:name="_Toc323389964"/>
+      <w:bookmarkStart w:id="4952" w:name="_Toc323393381"/>
+      <w:bookmarkStart w:id="4953" w:name="_Toc323817226"/>
+      <w:bookmarkStart w:id="4954" w:name="_Toc323817741"/>
+      <w:bookmarkStart w:id="4955" w:name="_Toc323903618"/>
+      <w:bookmarkStart w:id="4956" w:name="_Toc321916724"/>
+      <w:bookmarkStart w:id="4957" w:name="_Toc321922584"/>
+      <w:bookmarkStart w:id="4958" w:name="_Toc322002718"/>
+      <w:bookmarkStart w:id="4959" w:name="_Toc322003199"/>
+      <w:bookmarkStart w:id="4960" w:name="_Toc322425821"/>
+      <w:bookmarkStart w:id="4961" w:name="_Toc323388541"/>
+      <w:bookmarkStart w:id="4962" w:name="_Toc323389056"/>
+      <w:bookmarkStart w:id="4963" w:name="_Toc323389970"/>
+      <w:bookmarkStart w:id="4964" w:name="_Toc323393387"/>
+      <w:bookmarkStart w:id="4965" w:name="_Toc323817232"/>
+      <w:bookmarkStart w:id="4966" w:name="_Toc323817747"/>
+      <w:bookmarkStart w:id="4967" w:name="_Toc323903624"/>
+      <w:bookmarkStart w:id="4968" w:name="_Toc321916753"/>
+      <w:bookmarkStart w:id="4969" w:name="_Toc321922613"/>
+      <w:bookmarkStart w:id="4970" w:name="_Toc322002747"/>
+      <w:bookmarkStart w:id="4971" w:name="_Toc322003228"/>
+      <w:bookmarkStart w:id="4972" w:name="_Toc322425850"/>
+      <w:bookmarkStart w:id="4973" w:name="_Toc323388570"/>
+      <w:bookmarkStart w:id="4974" w:name="_Toc323389085"/>
+      <w:bookmarkStart w:id="4975" w:name="_Toc323389999"/>
+      <w:bookmarkStart w:id="4976" w:name="_Toc323393416"/>
+      <w:bookmarkStart w:id="4977" w:name="_Toc323817261"/>
+      <w:bookmarkStart w:id="4978" w:name="_Toc323817776"/>
+      <w:bookmarkStart w:id="4979" w:name="_Toc323903653"/>
+      <w:bookmarkStart w:id="4980" w:name="_Toc321916761"/>
+      <w:bookmarkStart w:id="4981" w:name="_Toc321922621"/>
+      <w:bookmarkStart w:id="4982" w:name="_Toc322002755"/>
+      <w:bookmarkStart w:id="4983" w:name="_Toc322003236"/>
+      <w:bookmarkStart w:id="4984" w:name="_Toc322425858"/>
+      <w:bookmarkStart w:id="4985" w:name="_Toc323388578"/>
+      <w:bookmarkStart w:id="4986" w:name="_Toc323389093"/>
+      <w:bookmarkStart w:id="4987" w:name="_Toc323390007"/>
+      <w:bookmarkStart w:id="4988" w:name="_Toc323393424"/>
+      <w:bookmarkStart w:id="4989" w:name="_Toc323817269"/>
+      <w:bookmarkStart w:id="4990" w:name="_Toc323817784"/>
+      <w:bookmarkStart w:id="4991" w:name="_Toc323903661"/>
+      <w:bookmarkStart w:id="4992" w:name="_Toc321916762"/>
+      <w:bookmarkStart w:id="4993" w:name="_Toc321922622"/>
+      <w:bookmarkStart w:id="4994" w:name="_Toc322002756"/>
+      <w:bookmarkStart w:id="4995" w:name="_Toc322003237"/>
+      <w:bookmarkStart w:id="4996" w:name="_Toc322425859"/>
+      <w:bookmarkStart w:id="4997" w:name="_Toc323388579"/>
+      <w:bookmarkStart w:id="4998" w:name="_Toc323389094"/>
+      <w:bookmarkStart w:id="4999" w:name="_Toc323390008"/>
+      <w:bookmarkStart w:id="5000" w:name="_Toc323393425"/>
+      <w:bookmarkStart w:id="5001" w:name="_Toc323817270"/>
+      <w:bookmarkStart w:id="5002" w:name="_Toc323817785"/>
+      <w:bookmarkStart w:id="5003" w:name="_Toc323903662"/>
+      <w:bookmarkStart w:id="5004" w:name="_Toc321916763"/>
+      <w:bookmarkStart w:id="5005" w:name="_Toc321922623"/>
+      <w:bookmarkStart w:id="5006" w:name="_Toc322002757"/>
+      <w:bookmarkStart w:id="5007" w:name="_Toc322003238"/>
+      <w:bookmarkStart w:id="5008" w:name="_Toc322425860"/>
+      <w:bookmarkStart w:id="5009" w:name="_Toc323388580"/>
+      <w:bookmarkStart w:id="5010" w:name="_Toc323389095"/>
+      <w:bookmarkStart w:id="5011" w:name="_Toc323390009"/>
+      <w:bookmarkStart w:id="5012" w:name="_Toc323393426"/>
+      <w:bookmarkStart w:id="5013" w:name="_Toc323817271"/>
+      <w:bookmarkStart w:id="5014" w:name="_Toc323817786"/>
+      <w:bookmarkStart w:id="5015" w:name="_Toc323903663"/>
+      <w:bookmarkStart w:id="5016" w:name="_Toc316385933"/>
+      <w:bookmarkStart w:id="5017" w:name="_Toc316386291"/>
+      <w:bookmarkStart w:id="5018" w:name="_Toc316388875"/>
+      <w:bookmarkStart w:id="5019" w:name="_Toc316389302"/>
+      <w:bookmarkStart w:id="5020" w:name="_Toc316389598"/>
+      <w:bookmarkStart w:id="5021" w:name="_Toc316389997"/>
+      <w:bookmarkStart w:id="5022" w:name="_Toc316462589"/>
+      <w:bookmarkStart w:id="5023" w:name="_Toc316463946"/>
+      <w:bookmarkStart w:id="5024" w:name="_Toc316561814"/>
+      <w:bookmarkStart w:id="5025" w:name="_Toc318382587"/>
+      <w:bookmarkStart w:id="5026" w:name="_Toc321916765"/>
+      <w:bookmarkStart w:id="5027" w:name="_Toc321922625"/>
+      <w:bookmarkStart w:id="5028" w:name="_Toc322002759"/>
+      <w:bookmarkStart w:id="5029" w:name="_Toc322003240"/>
+      <w:bookmarkStart w:id="5030" w:name="_Toc322425862"/>
+      <w:bookmarkStart w:id="5031" w:name="_Toc323388582"/>
+      <w:bookmarkStart w:id="5032" w:name="_Toc323389097"/>
+      <w:bookmarkStart w:id="5033" w:name="_Toc323390011"/>
+      <w:bookmarkStart w:id="5034" w:name="_Toc323393428"/>
+      <w:bookmarkStart w:id="5035" w:name="_Toc323817273"/>
+      <w:bookmarkStart w:id="5036" w:name="_Toc323817788"/>
+      <w:bookmarkStart w:id="5037" w:name="_Toc323903665"/>
+      <w:bookmarkStart w:id="5038" w:name="_Toc321916766"/>
+      <w:bookmarkStart w:id="5039" w:name="_Toc321922626"/>
+      <w:bookmarkStart w:id="5040" w:name="_Toc322002760"/>
+      <w:bookmarkStart w:id="5041" w:name="_Toc322003241"/>
+      <w:bookmarkStart w:id="5042" w:name="_Toc322425863"/>
+      <w:bookmarkStart w:id="5043" w:name="_Toc323388583"/>
+      <w:bookmarkStart w:id="5044" w:name="_Toc323389098"/>
+      <w:bookmarkStart w:id="5045" w:name="_Toc323390012"/>
+      <w:bookmarkStart w:id="5046" w:name="_Toc323393429"/>
+      <w:bookmarkStart w:id="5047" w:name="_Toc323817274"/>
+      <w:bookmarkStart w:id="5048" w:name="_Toc323817789"/>
+      <w:bookmarkStart w:id="5049" w:name="_Toc323903666"/>
+      <w:bookmarkStart w:id="5050" w:name="_Toc321916768"/>
+      <w:bookmarkStart w:id="5051" w:name="_Toc321922628"/>
+      <w:bookmarkStart w:id="5052" w:name="_Toc322002762"/>
+      <w:bookmarkStart w:id="5053" w:name="_Toc322003243"/>
+      <w:bookmarkStart w:id="5054" w:name="_Toc322425865"/>
+      <w:bookmarkStart w:id="5055" w:name="_Toc323388585"/>
+      <w:bookmarkStart w:id="5056" w:name="_Toc323389100"/>
+      <w:bookmarkStart w:id="5057" w:name="_Toc323390014"/>
+      <w:bookmarkStart w:id="5058" w:name="_Toc323393431"/>
+      <w:bookmarkStart w:id="5059" w:name="_Toc323817276"/>
+      <w:bookmarkStart w:id="5060" w:name="_Toc323817791"/>
+      <w:bookmarkStart w:id="5061" w:name="_Toc323903668"/>
+      <w:bookmarkStart w:id="5062" w:name="_Toc321916770"/>
+      <w:bookmarkStart w:id="5063" w:name="_Toc321922630"/>
+      <w:bookmarkStart w:id="5064" w:name="_Toc322002764"/>
+      <w:bookmarkStart w:id="5065" w:name="_Toc322003245"/>
+      <w:bookmarkStart w:id="5066" w:name="_Toc322425867"/>
+      <w:bookmarkStart w:id="5067" w:name="_Toc323388587"/>
+      <w:bookmarkStart w:id="5068" w:name="_Toc323389102"/>
+      <w:bookmarkStart w:id="5069" w:name="_Toc323390016"/>
+      <w:bookmarkStart w:id="5070" w:name="_Toc323393433"/>
+      <w:bookmarkStart w:id="5071" w:name="_Toc323817278"/>
+      <w:bookmarkStart w:id="5072" w:name="_Toc323817793"/>
+      <w:bookmarkStart w:id="5073" w:name="_Toc323903670"/>
+      <w:bookmarkStart w:id="5074" w:name="_Toc321916771"/>
+      <w:bookmarkStart w:id="5075" w:name="_Toc321922631"/>
+      <w:bookmarkStart w:id="5076" w:name="_Toc322002765"/>
+      <w:bookmarkStart w:id="5077" w:name="_Toc322003246"/>
+      <w:bookmarkStart w:id="5078" w:name="_Toc322425868"/>
+      <w:bookmarkStart w:id="5079" w:name="_Toc323388588"/>
+      <w:bookmarkStart w:id="5080" w:name="_Toc323389103"/>
+      <w:bookmarkStart w:id="5081" w:name="_Toc323390017"/>
+      <w:bookmarkStart w:id="5082" w:name="_Toc323393434"/>
+      <w:bookmarkStart w:id="5083" w:name="_Toc323817279"/>
+      <w:bookmarkStart w:id="5084" w:name="_Toc323817794"/>
+      <w:bookmarkStart w:id="5085" w:name="_Toc323903671"/>
+      <w:bookmarkStart w:id="5086" w:name="_Toc321916772"/>
+      <w:bookmarkStart w:id="5087" w:name="_Toc321922632"/>
+      <w:bookmarkStart w:id="5088" w:name="_Toc322002766"/>
+      <w:bookmarkStart w:id="5089" w:name="_Toc322003247"/>
+      <w:bookmarkStart w:id="5090" w:name="_Toc322425869"/>
+      <w:bookmarkStart w:id="5091" w:name="_Toc323388589"/>
+      <w:bookmarkStart w:id="5092" w:name="_Toc323389104"/>
+      <w:bookmarkStart w:id="5093" w:name="_Toc323390018"/>
+      <w:bookmarkStart w:id="5094" w:name="_Toc323393435"/>
+      <w:bookmarkStart w:id="5095" w:name="_Toc323817280"/>
+      <w:bookmarkStart w:id="5096" w:name="_Toc323817795"/>
+      <w:bookmarkStart w:id="5097" w:name="_Toc323903672"/>
+      <w:bookmarkStart w:id="5098" w:name="_Toc321916774"/>
+      <w:bookmarkStart w:id="5099" w:name="_Toc321922634"/>
+      <w:bookmarkStart w:id="5100" w:name="_Toc322002768"/>
+      <w:bookmarkStart w:id="5101" w:name="_Toc322003249"/>
+      <w:bookmarkStart w:id="5102" w:name="_Toc322425871"/>
+      <w:bookmarkStart w:id="5103" w:name="_Toc323388591"/>
+      <w:bookmarkStart w:id="5104" w:name="_Toc323389106"/>
+      <w:bookmarkStart w:id="5105" w:name="_Toc323390020"/>
+      <w:bookmarkStart w:id="5106" w:name="_Toc323393437"/>
+      <w:bookmarkStart w:id="5107" w:name="_Toc323817282"/>
+      <w:bookmarkStart w:id="5108" w:name="_Toc323817797"/>
+      <w:bookmarkStart w:id="5109" w:name="_Toc323903674"/>
+      <w:bookmarkStart w:id="5110" w:name="_Toc321916775"/>
+      <w:bookmarkStart w:id="5111" w:name="_Toc321922635"/>
+      <w:bookmarkStart w:id="5112" w:name="_Toc322002769"/>
+      <w:bookmarkStart w:id="5113" w:name="_Toc322003250"/>
+      <w:bookmarkStart w:id="5114" w:name="_Toc322425872"/>
+      <w:bookmarkStart w:id="5115" w:name="_Toc323388592"/>
+      <w:bookmarkStart w:id="5116" w:name="_Toc323389107"/>
+      <w:bookmarkStart w:id="5117" w:name="_Toc323390021"/>
+      <w:bookmarkStart w:id="5118" w:name="_Toc323393438"/>
+      <w:bookmarkStart w:id="5119" w:name="_Toc323817283"/>
+      <w:bookmarkStart w:id="5120" w:name="_Toc323817798"/>
+      <w:bookmarkStart w:id="5121" w:name="_Toc323903675"/>
+      <w:bookmarkStart w:id="5122" w:name="_Toc321916776"/>
+      <w:bookmarkStart w:id="5123" w:name="_Toc321922636"/>
+      <w:bookmarkStart w:id="5124" w:name="_Toc322002770"/>
+      <w:bookmarkStart w:id="5125" w:name="_Toc322003251"/>
+      <w:bookmarkStart w:id="5126" w:name="_Toc322425873"/>
+      <w:bookmarkStart w:id="5127" w:name="_Toc323388593"/>
+      <w:bookmarkStart w:id="5128" w:name="_Toc323389108"/>
+      <w:bookmarkStart w:id="5129" w:name="_Toc323390022"/>
+      <w:bookmarkStart w:id="5130" w:name="_Toc323393439"/>
+      <w:bookmarkStart w:id="5131" w:name="_Toc323817284"/>
+      <w:bookmarkStart w:id="5132" w:name="_Toc323817799"/>
+      <w:bookmarkStart w:id="5133" w:name="_Toc323903676"/>
+      <w:bookmarkStart w:id="5134" w:name="_Toc321916777"/>
+      <w:bookmarkStart w:id="5135" w:name="_Toc321922637"/>
+      <w:bookmarkStart w:id="5136" w:name="_Toc322002771"/>
+      <w:bookmarkStart w:id="5137" w:name="_Toc322003252"/>
+      <w:bookmarkStart w:id="5138" w:name="_Toc322425874"/>
+      <w:bookmarkStart w:id="5139" w:name="_Toc323388594"/>
+      <w:bookmarkStart w:id="5140" w:name="_Toc323389109"/>
+      <w:bookmarkStart w:id="5141" w:name="_Toc323390023"/>
+      <w:bookmarkStart w:id="5142" w:name="_Toc323393440"/>
+      <w:bookmarkStart w:id="5143" w:name="_Toc323817285"/>
+      <w:bookmarkStart w:id="5144" w:name="_Toc323817800"/>
+      <w:bookmarkStart w:id="5145" w:name="_Toc323903677"/>
+      <w:bookmarkStart w:id="5146" w:name="_Toc321916778"/>
+      <w:bookmarkStart w:id="5147" w:name="_Toc321922638"/>
+      <w:bookmarkStart w:id="5148" w:name="_Toc322002772"/>
+      <w:bookmarkStart w:id="5149" w:name="_Toc322003253"/>
+      <w:bookmarkStart w:id="5150" w:name="_Toc322425875"/>
+      <w:bookmarkStart w:id="5151" w:name="_Toc323388595"/>
+      <w:bookmarkStart w:id="5152" w:name="_Toc323389110"/>
+      <w:bookmarkStart w:id="5153" w:name="_Toc323390024"/>
+      <w:bookmarkStart w:id="5154" w:name="_Toc323393441"/>
+      <w:bookmarkStart w:id="5155" w:name="_Toc323817286"/>
+      <w:bookmarkStart w:id="5156" w:name="_Toc323817801"/>
+      <w:bookmarkStart w:id="5157" w:name="_Toc323903678"/>
+      <w:bookmarkStart w:id="5158" w:name="_Toc316385935"/>
+      <w:bookmarkStart w:id="5159" w:name="_Toc316386293"/>
+      <w:bookmarkStart w:id="5160" w:name="_Toc316388877"/>
+      <w:bookmarkStart w:id="5161" w:name="_Toc316389304"/>
+      <w:bookmarkStart w:id="5162" w:name="_Toc316389600"/>
+      <w:bookmarkStart w:id="5163" w:name="_Toc316389999"/>
+      <w:bookmarkStart w:id="5164" w:name="_Toc316462591"/>
+      <w:bookmarkStart w:id="5165" w:name="_Toc316463948"/>
+      <w:bookmarkStart w:id="5166" w:name="_Toc316561816"/>
+      <w:bookmarkStart w:id="5167" w:name="_Toc318382589"/>
+      <w:bookmarkStart w:id="5168" w:name="_Toc321916780"/>
+      <w:bookmarkStart w:id="5169" w:name="_Toc321922640"/>
+      <w:bookmarkStart w:id="5170" w:name="_Toc322002774"/>
+      <w:bookmarkStart w:id="5171" w:name="_Toc322003255"/>
+      <w:bookmarkStart w:id="5172" w:name="_Toc322425877"/>
+      <w:bookmarkStart w:id="5173" w:name="_Toc323388597"/>
+      <w:bookmarkStart w:id="5174" w:name="_Toc323389112"/>
+      <w:bookmarkStart w:id="5175" w:name="_Toc323390026"/>
+      <w:bookmarkStart w:id="5176" w:name="_Toc323393443"/>
+      <w:bookmarkStart w:id="5177" w:name="_Toc323817288"/>
+      <w:bookmarkStart w:id="5178" w:name="_Toc323817803"/>
+      <w:bookmarkStart w:id="5179" w:name="_Toc323903680"/>
+      <w:bookmarkStart w:id="5180" w:name="_Toc316385936"/>
+      <w:bookmarkStart w:id="5181" w:name="_Toc316386294"/>
+      <w:bookmarkStart w:id="5182" w:name="_Toc316388878"/>
+      <w:bookmarkStart w:id="5183" w:name="_Toc316389305"/>
+      <w:bookmarkStart w:id="5184" w:name="_Toc316389601"/>
+      <w:bookmarkStart w:id="5185" w:name="_Toc316390000"/>
+      <w:bookmarkStart w:id="5186" w:name="_Toc316462592"/>
+      <w:bookmarkStart w:id="5187" w:name="_Toc316463949"/>
+      <w:bookmarkStart w:id="5188" w:name="_Toc316561817"/>
+      <w:bookmarkStart w:id="5189" w:name="_Toc318382590"/>
+      <w:bookmarkStart w:id="5190" w:name="_Toc321916781"/>
+      <w:bookmarkStart w:id="5191" w:name="_Toc321922641"/>
+      <w:bookmarkStart w:id="5192" w:name="_Toc322002775"/>
+      <w:bookmarkStart w:id="5193" w:name="_Toc322003256"/>
+      <w:bookmarkStart w:id="5194" w:name="_Toc322425878"/>
+      <w:bookmarkStart w:id="5195" w:name="_Toc323388598"/>
+      <w:bookmarkStart w:id="5196" w:name="_Toc323389113"/>
+      <w:bookmarkStart w:id="5197" w:name="_Toc323390027"/>
+      <w:bookmarkStart w:id="5198" w:name="_Toc323393444"/>
+      <w:bookmarkStart w:id="5199" w:name="_Toc323817289"/>
+      <w:bookmarkStart w:id="5200" w:name="_Toc323817804"/>
+      <w:bookmarkStart w:id="5201" w:name="_Toc323903681"/>
+      <w:bookmarkStart w:id="5202" w:name="_Toc321916782"/>
+      <w:bookmarkStart w:id="5203" w:name="_Toc321922642"/>
+      <w:bookmarkStart w:id="5204" w:name="_Toc322002776"/>
+      <w:bookmarkStart w:id="5205" w:name="_Toc322003257"/>
+      <w:bookmarkStart w:id="5206" w:name="_Toc322425879"/>
+      <w:bookmarkStart w:id="5207" w:name="_Toc323388599"/>
+      <w:bookmarkStart w:id="5208" w:name="_Toc323389114"/>
+      <w:bookmarkStart w:id="5209" w:name="_Toc323390028"/>
+      <w:bookmarkStart w:id="5210" w:name="_Toc323393445"/>
+      <w:bookmarkStart w:id="5211" w:name="_Toc323817290"/>
+      <w:bookmarkStart w:id="5212" w:name="_Toc323817805"/>
+      <w:bookmarkStart w:id="5213" w:name="_Toc323903682"/>
+      <w:bookmarkStart w:id="5214" w:name="_Toc321916783"/>
+      <w:bookmarkStart w:id="5215" w:name="_Toc321922643"/>
+      <w:bookmarkStart w:id="5216" w:name="_Toc322002777"/>
+      <w:bookmarkStart w:id="5217" w:name="_Toc322003258"/>
+      <w:bookmarkStart w:id="5218" w:name="_Toc322425880"/>
+      <w:bookmarkStart w:id="5219" w:name="_Toc323388600"/>
+      <w:bookmarkStart w:id="5220" w:name="_Toc323389115"/>
+      <w:bookmarkStart w:id="5221" w:name="_Toc323390029"/>
+      <w:bookmarkStart w:id="5222" w:name="_Toc323393446"/>
+      <w:bookmarkStart w:id="5223" w:name="_Toc323817291"/>
+      <w:bookmarkStart w:id="5224" w:name="_Toc323817806"/>
+      <w:bookmarkStart w:id="5225" w:name="_Toc323903683"/>
+      <w:bookmarkStart w:id="5226" w:name="_Toc321916784"/>
+      <w:bookmarkStart w:id="5227" w:name="_Toc321922644"/>
+      <w:bookmarkStart w:id="5228" w:name="_Toc322002778"/>
+      <w:bookmarkStart w:id="5229" w:name="_Toc322003259"/>
+      <w:bookmarkStart w:id="5230" w:name="_Toc322425881"/>
+      <w:bookmarkStart w:id="5231" w:name="_Toc323388601"/>
+      <w:bookmarkStart w:id="5232" w:name="_Toc323389116"/>
+      <w:bookmarkStart w:id="5233" w:name="_Toc323390030"/>
+      <w:bookmarkStart w:id="5234" w:name="_Toc323393447"/>
+      <w:bookmarkStart w:id="5235" w:name="_Toc323817292"/>
+      <w:bookmarkStart w:id="5236" w:name="_Toc323817807"/>
+      <w:bookmarkStart w:id="5237" w:name="_Toc323903684"/>
+      <w:bookmarkStart w:id="5238" w:name="_Toc321916785"/>
+      <w:bookmarkStart w:id="5239" w:name="_Toc321922645"/>
+      <w:bookmarkStart w:id="5240" w:name="_Toc322002779"/>
+      <w:bookmarkStart w:id="5241" w:name="_Toc322003260"/>
+      <w:bookmarkStart w:id="5242" w:name="_Toc322425882"/>
+      <w:bookmarkStart w:id="5243" w:name="_Toc323388602"/>
+      <w:bookmarkStart w:id="5244" w:name="_Toc323389117"/>
+      <w:bookmarkStart w:id="5245" w:name="_Toc323390031"/>
+      <w:bookmarkStart w:id="5246" w:name="_Toc323393448"/>
+      <w:bookmarkStart w:id="5247" w:name="_Toc323817293"/>
+      <w:bookmarkStart w:id="5248" w:name="_Toc323817808"/>
+      <w:bookmarkStart w:id="5249" w:name="_Toc323903685"/>
+      <w:bookmarkStart w:id="5250" w:name="_Toc321916786"/>
+      <w:bookmarkStart w:id="5251" w:name="_Toc321922646"/>
+      <w:bookmarkStart w:id="5252" w:name="_Toc322002780"/>
+      <w:bookmarkStart w:id="5253" w:name="_Toc322003261"/>
+      <w:bookmarkStart w:id="5254" w:name="_Toc322425883"/>
+      <w:bookmarkStart w:id="5255" w:name="_Toc323388603"/>
+      <w:bookmarkStart w:id="5256" w:name="_Toc323389118"/>
+      <w:bookmarkStart w:id="5257" w:name="_Toc323390032"/>
+      <w:bookmarkStart w:id="5258" w:name="_Toc323393449"/>
+      <w:bookmarkStart w:id="5259" w:name="_Toc323817294"/>
+      <w:bookmarkStart w:id="5260" w:name="_Toc323817809"/>
+      <w:bookmarkStart w:id="5261" w:name="_Toc323903686"/>
+      <w:bookmarkStart w:id="5262" w:name="_Toc321916787"/>
+      <w:bookmarkStart w:id="5263" w:name="_Toc321922647"/>
+      <w:bookmarkStart w:id="5264" w:name="_Toc322002781"/>
+      <w:bookmarkStart w:id="5265" w:name="_Toc322003262"/>
+      <w:bookmarkStart w:id="5266" w:name="_Toc322425884"/>
+      <w:bookmarkStart w:id="5267" w:name="_Toc323388604"/>
+      <w:bookmarkStart w:id="5268" w:name="_Toc323389119"/>
+      <w:bookmarkStart w:id="5269" w:name="_Toc323390033"/>
+      <w:bookmarkStart w:id="5270" w:name="_Toc323393450"/>
+      <w:bookmarkStart w:id="5271" w:name="_Toc323817295"/>
+      <w:bookmarkStart w:id="5272" w:name="_Toc323817810"/>
+      <w:bookmarkStart w:id="5273" w:name="_Toc323903687"/>
+      <w:bookmarkStart w:id="5274" w:name="_Toc321916788"/>
+      <w:bookmarkStart w:id="5275" w:name="_Toc321922648"/>
+      <w:bookmarkStart w:id="5276" w:name="_Toc322002782"/>
+      <w:bookmarkStart w:id="5277" w:name="_Toc322003263"/>
+      <w:bookmarkStart w:id="5278" w:name="_Toc322425885"/>
+      <w:bookmarkStart w:id="5279" w:name="_Toc323388605"/>
+      <w:bookmarkStart w:id="5280" w:name="_Toc323389120"/>
+      <w:bookmarkStart w:id="5281" w:name="_Toc323390034"/>
+      <w:bookmarkStart w:id="5282" w:name="_Toc323393451"/>
+      <w:bookmarkStart w:id="5283" w:name="_Toc323817296"/>
+      <w:bookmarkStart w:id="5284" w:name="_Toc323817811"/>
+      <w:bookmarkStart w:id="5285" w:name="_Toc323903688"/>
+      <w:bookmarkStart w:id="5286" w:name="_Toc321916789"/>
+      <w:bookmarkStart w:id="5287" w:name="_Toc321922649"/>
+      <w:bookmarkStart w:id="5288" w:name="_Toc322002783"/>
+      <w:bookmarkStart w:id="5289" w:name="_Toc322003264"/>
+      <w:bookmarkStart w:id="5290" w:name="_Toc322425886"/>
+      <w:bookmarkStart w:id="5291" w:name="_Toc323388606"/>
+      <w:bookmarkStart w:id="5292" w:name="_Toc323389121"/>
+      <w:bookmarkStart w:id="5293" w:name="_Toc323390035"/>
+      <w:bookmarkStart w:id="5294" w:name="_Toc323393452"/>
+      <w:bookmarkStart w:id="5295" w:name="_Toc323817297"/>
+      <w:bookmarkStart w:id="5296" w:name="_Toc323817812"/>
+      <w:bookmarkStart w:id="5297" w:name="_Toc323903689"/>
+      <w:bookmarkStart w:id="5298" w:name="_Toc321916790"/>
+      <w:bookmarkStart w:id="5299" w:name="_Toc321922650"/>
+      <w:bookmarkStart w:id="5300" w:name="_Toc322002784"/>
+      <w:bookmarkStart w:id="5301" w:name="_Toc322003265"/>
+      <w:bookmarkStart w:id="5302" w:name="_Toc322425887"/>
+      <w:bookmarkStart w:id="5303" w:name="_Toc323388607"/>
+      <w:bookmarkStart w:id="5304" w:name="_Toc323389122"/>
+      <w:bookmarkStart w:id="5305" w:name="_Toc323390036"/>
+      <w:bookmarkStart w:id="5306" w:name="_Toc323393453"/>
+      <w:bookmarkStart w:id="5307" w:name="_Toc323817298"/>
+      <w:bookmarkStart w:id="5308" w:name="_Toc323817813"/>
+      <w:bookmarkStart w:id="5309" w:name="_Toc323903690"/>
+      <w:bookmarkStart w:id="5310" w:name="_Toc321916791"/>
+      <w:bookmarkStart w:id="5311" w:name="_Toc321922651"/>
+      <w:bookmarkStart w:id="5312" w:name="_Toc322002785"/>
+      <w:bookmarkStart w:id="5313" w:name="_Toc322003266"/>
+      <w:bookmarkStart w:id="5314" w:name="_Toc322425888"/>
+      <w:bookmarkStart w:id="5315" w:name="_Toc323388608"/>
+      <w:bookmarkStart w:id="5316" w:name="_Toc323389123"/>
+      <w:bookmarkStart w:id="5317" w:name="_Toc323390037"/>
+      <w:bookmarkStart w:id="5318" w:name="_Toc323393454"/>
+      <w:bookmarkStart w:id="5319" w:name="_Toc323817299"/>
+      <w:bookmarkStart w:id="5320" w:name="_Toc323817814"/>
+      <w:bookmarkStart w:id="5321" w:name="_Toc323903691"/>
+      <w:bookmarkStart w:id="5322" w:name="_Toc321916792"/>
+      <w:bookmarkStart w:id="5323" w:name="_Toc321922652"/>
+      <w:bookmarkStart w:id="5324" w:name="_Toc322002786"/>
+      <w:bookmarkStart w:id="5325" w:name="_Toc322003267"/>
+      <w:bookmarkStart w:id="5326" w:name="_Toc322425889"/>
+      <w:bookmarkStart w:id="5327" w:name="_Toc323388609"/>
+      <w:bookmarkStart w:id="5328" w:name="_Toc323389124"/>
+      <w:bookmarkStart w:id="5329" w:name="_Toc323390038"/>
+      <w:bookmarkStart w:id="5330" w:name="_Toc323393455"/>
+      <w:bookmarkStart w:id="5331" w:name="_Toc323817300"/>
+      <w:bookmarkStart w:id="5332" w:name="_Toc323817815"/>
+      <w:bookmarkStart w:id="5333" w:name="_Toc323903692"/>
+      <w:bookmarkStart w:id="5334" w:name="_Toc321916793"/>
+      <w:bookmarkStart w:id="5335" w:name="_Toc321922653"/>
+      <w:bookmarkStart w:id="5336" w:name="_Toc322002787"/>
+      <w:bookmarkStart w:id="5337" w:name="_Toc322003268"/>
+      <w:bookmarkStart w:id="5338" w:name="_Toc322425890"/>
+      <w:bookmarkStart w:id="5339" w:name="_Toc323388610"/>
+      <w:bookmarkStart w:id="5340" w:name="_Toc323389125"/>
+      <w:bookmarkStart w:id="5341" w:name="_Toc323390039"/>
+      <w:bookmarkStart w:id="5342" w:name="_Toc323393456"/>
+      <w:bookmarkStart w:id="5343" w:name="_Toc323817301"/>
+      <w:bookmarkStart w:id="5344" w:name="_Toc323817816"/>
+      <w:bookmarkStart w:id="5345" w:name="_Toc323903693"/>
+      <w:bookmarkStart w:id="5346" w:name="_Toc321916794"/>
+      <w:bookmarkStart w:id="5347" w:name="_Toc321922654"/>
+      <w:bookmarkStart w:id="5348" w:name="_Toc322002788"/>
+      <w:bookmarkStart w:id="5349" w:name="_Toc322003269"/>
+      <w:bookmarkStart w:id="5350" w:name="_Toc322425891"/>
+      <w:bookmarkStart w:id="5351" w:name="_Toc323388611"/>
+      <w:bookmarkStart w:id="5352" w:name="_Toc323389126"/>
+      <w:bookmarkStart w:id="5353" w:name="_Toc323390040"/>
+      <w:bookmarkStart w:id="5354" w:name="_Toc323393457"/>
+      <w:bookmarkStart w:id="5355" w:name="_Toc323817302"/>
+      <w:bookmarkStart w:id="5356" w:name="_Toc323817817"/>
+      <w:bookmarkStart w:id="5357" w:name="_Toc323903694"/>
+      <w:bookmarkStart w:id="5358" w:name="_Toc321916795"/>
+      <w:bookmarkStart w:id="5359" w:name="_Toc321922655"/>
+      <w:bookmarkStart w:id="5360" w:name="_Toc322002789"/>
+      <w:bookmarkStart w:id="5361" w:name="_Toc322003270"/>
+      <w:bookmarkStart w:id="5362" w:name="_Toc322425892"/>
+      <w:bookmarkStart w:id="5363" w:name="_Toc323388612"/>
+      <w:bookmarkStart w:id="5364" w:name="_Toc323389127"/>
+      <w:bookmarkStart w:id="5365" w:name="_Toc323390041"/>
+      <w:bookmarkStart w:id="5366" w:name="_Toc323393458"/>
+      <w:bookmarkStart w:id="5367" w:name="_Toc323817303"/>
+      <w:bookmarkStart w:id="5368" w:name="_Toc323817818"/>
+      <w:bookmarkStart w:id="5369" w:name="_Toc323903695"/>
+      <w:bookmarkStart w:id="5370" w:name="_Toc321916796"/>
+      <w:bookmarkStart w:id="5371" w:name="_Toc321922656"/>
+      <w:bookmarkStart w:id="5372" w:name="_Toc322002790"/>
+      <w:bookmarkStart w:id="5373" w:name="_Toc322003271"/>
+      <w:bookmarkStart w:id="5374" w:name="_Toc322425893"/>
+      <w:bookmarkStart w:id="5375" w:name="_Toc323388613"/>
+      <w:bookmarkStart w:id="5376" w:name="_Toc323389128"/>
+      <w:bookmarkStart w:id="5377" w:name="_Toc323390042"/>
+      <w:bookmarkStart w:id="5378" w:name="_Toc323393459"/>
+      <w:bookmarkStart w:id="5379" w:name="_Toc323817304"/>
+      <w:bookmarkStart w:id="5380" w:name="_Toc323817819"/>
+      <w:bookmarkStart w:id="5381" w:name="_Toc323903696"/>
+      <w:bookmarkStart w:id="5382" w:name="_Toc321916797"/>
+      <w:bookmarkStart w:id="5383" w:name="_Toc321922657"/>
+      <w:bookmarkStart w:id="5384" w:name="_Toc322002791"/>
+      <w:bookmarkStart w:id="5385" w:name="_Toc322003272"/>
+      <w:bookmarkStart w:id="5386" w:name="_Toc322425894"/>
+      <w:bookmarkStart w:id="5387" w:name="_Toc323388614"/>
+      <w:bookmarkStart w:id="5388" w:name="_Toc323389129"/>
+      <w:bookmarkStart w:id="5389" w:name="_Toc323390043"/>
+      <w:bookmarkStart w:id="5390" w:name="_Toc323393460"/>
+      <w:bookmarkStart w:id="5391" w:name="_Toc323817305"/>
+      <w:bookmarkStart w:id="5392" w:name="_Toc323817820"/>
+      <w:bookmarkStart w:id="5393" w:name="_Toc323903697"/>
+      <w:bookmarkStart w:id="5394" w:name="_Toc321916798"/>
+      <w:bookmarkStart w:id="5395" w:name="_Toc321922658"/>
+      <w:bookmarkStart w:id="5396" w:name="_Toc322002792"/>
+      <w:bookmarkStart w:id="5397" w:name="_Toc322003273"/>
+      <w:bookmarkStart w:id="5398" w:name="_Toc322425895"/>
+      <w:bookmarkStart w:id="5399" w:name="_Toc323388615"/>
+      <w:bookmarkStart w:id="5400" w:name="_Toc323389130"/>
+      <w:bookmarkStart w:id="5401" w:name="_Toc323390044"/>
+      <w:bookmarkStart w:id="5402" w:name="_Toc323393461"/>
+      <w:bookmarkStart w:id="5403" w:name="_Toc323817306"/>
+      <w:bookmarkStart w:id="5404" w:name="_Toc323817821"/>
+      <w:bookmarkStart w:id="5405" w:name="_Toc323903698"/>
+      <w:bookmarkStart w:id="5406" w:name="_Toc321916799"/>
+      <w:bookmarkStart w:id="5407" w:name="_Toc321922659"/>
+      <w:bookmarkStart w:id="5408" w:name="_Toc322002793"/>
+      <w:bookmarkStart w:id="5409" w:name="_Toc322003274"/>
+      <w:bookmarkStart w:id="5410" w:name="_Toc322425896"/>
+      <w:bookmarkStart w:id="5411" w:name="_Toc323388616"/>
+      <w:bookmarkStart w:id="5412" w:name="_Toc323389131"/>
+      <w:bookmarkStart w:id="5413" w:name="_Toc323390045"/>
+      <w:bookmarkStart w:id="5414" w:name="_Toc323393462"/>
+      <w:bookmarkStart w:id="5415" w:name="_Toc323817307"/>
+      <w:bookmarkStart w:id="5416" w:name="_Toc323817822"/>
+      <w:bookmarkStart w:id="5417" w:name="_Toc323903699"/>
+      <w:bookmarkStart w:id="5418" w:name="_Toc321916800"/>
+      <w:bookmarkStart w:id="5419" w:name="_Toc321922660"/>
+      <w:bookmarkStart w:id="5420" w:name="_Toc322002794"/>
+      <w:bookmarkStart w:id="5421" w:name="_Toc322003275"/>
+      <w:bookmarkStart w:id="5422" w:name="_Toc322425897"/>
+      <w:bookmarkStart w:id="5423" w:name="_Toc323388617"/>
+      <w:bookmarkStart w:id="5424" w:name="_Toc323389132"/>
+      <w:bookmarkStart w:id="5425" w:name="_Toc323390046"/>
+      <w:bookmarkStart w:id="5426" w:name="_Toc323393463"/>
+      <w:bookmarkStart w:id="5427" w:name="_Toc323817308"/>
+      <w:bookmarkStart w:id="5428" w:name="_Toc323817823"/>
+      <w:bookmarkStart w:id="5429" w:name="_Toc323903700"/>
+      <w:bookmarkStart w:id="5430" w:name="_Toc321916801"/>
+      <w:bookmarkStart w:id="5431" w:name="_Toc321922661"/>
+      <w:bookmarkStart w:id="5432" w:name="_Toc322002795"/>
+      <w:bookmarkStart w:id="5433" w:name="_Toc322003276"/>
+      <w:bookmarkStart w:id="5434" w:name="_Toc322425898"/>
+      <w:bookmarkStart w:id="5435" w:name="_Toc323388618"/>
+      <w:bookmarkStart w:id="5436" w:name="_Toc323389133"/>
+      <w:bookmarkStart w:id="5437" w:name="_Toc323390047"/>
+      <w:bookmarkStart w:id="5438" w:name="_Toc323393464"/>
+      <w:bookmarkStart w:id="5439" w:name="_Toc323817309"/>
+      <w:bookmarkStart w:id="5440" w:name="_Toc323817824"/>
+      <w:bookmarkStart w:id="5441" w:name="_Toc323903701"/>
+      <w:bookmarkStart w:id="5442" w:name="_Toc321916802"/>
+      <w:bookmarkStart w:id="5443" w:name="_Toc321922662"/>
+      <w:bookmarkStart w:id="5444" w:name="_Toc322002796"/>
+      <w:bookmarkStart w:id="5445" w:name="_Toc322003277"/>
+      <w:bookmarkStart w:id="5446" w:name="_Toc322425899"/>
+      <w:bookmarkStart w:id="5447" w:name="_Toc323388619"/>
+      <w:bookmarkStart w:id="5448" w:name="_Toc323389134"/>
+      <w:bookmarkStart w:id="5449" w:name="_Toc323390048"/>
+      <w:bookmarkStart w:id="5450" w:name="_Toc323393465"/>
+      <w:bookmarkStart w:id="5451" w:name="_Toc323817310"/>
+      <w:bookmarkStart w:id="5452" w:name="_Toc323817825"/>
+      <w:bookmarkStart w:id="5453" w:name="_Toc323903702"/>
+      <w:bookmarkStart w:id="5454" w:name="_Toc321916803"/>
+      <w:bookmarkStart w:id="5455" w:name="_Toc321922663"/>
+      <w:bookmarkStart w:id="5456" w:name="_Toc322002797"/>
+      <w:bookmarkStart w:id="5457" w:name="_Toc322003278"/>
+      <w:bookmarkStart w:id="5458" w:name="_Toc322425900"/>
+      <w:bookmarkStart w:id="5459" w:name="_Toc323388620"/>
+      <w:bookmarkStart w:id="5460" w:name="_Toc323389135"/>
+      <w:bookmarkStart w:id="5461" w:name="_Toc323390049"/>
+      <w:bookmarkStart w:id="5462" w:name="_Toc323393466"/>
+      <w:bookmarkStart w:id="5463" w:name="_Toc323817311"/>
+      <w:bookmarkStart w:id="5464" w:name="_Toc323817826"/>
+      <w:bookmarkStart w:id="5465" w:name="_Toc323903703"/>
+      <w:bookmarkStart w:id="5466" w:name="_Toc321916804"/>
+      <w:bookmarkStart w:id="5467" w:name="_Toc321922664"/>
+      <w:bookmarkStart w:id="5468" w:name="_Toc322002798"/>
+      <w:bookmarkStart w:id="5469" w:name="_Toc322003279"/>
+      <w:bookmarkStart w:id="5470" w:name="_Toc322425901"/>
+      <w:bookmarkStart w:id="5471" w:name="_Toc323388621"/>
+      <w:bookmarkStart w:id="5472" w:name="_Toc323389136"/>
+      <w:bookmarkStart w:id="5473" w:name="_Toc323390050"/>
+      <w:bookmarkStart w:id="5474" w:name="_Toc323393467"/>
+      <w:bookmarkStart w:id="5475" w:name="_Toc323817312"/>
+      <w:bookmarkStart w:id="5476" w:name="_Toc323817827"/>
+      <w:bookmarkStart w:id="5477" w:name="_Toc323903704"/>
+      <w:bookmarkStart w:id="5478" w:name="_Toc321916805"/>
+      <w:bookmarkStart w:id="5479" w:name="_Toc321922665"/>
+      <w:bookmarkStart w:id="5480" w:name="_Toc322002799"/>
+      <w:bookmarkStart w:id="5481" w:name="_Toc322003280"/>
+      <w:bookmarkStart w:id="5482" w:name="_Toc322425902"/>
+      <w:bookmarkStart w:id="5483" w:name="_Toc323388622"/>
+      <w:bookmarkStart w:id="5484" w:name="_Toc323389137"/>
+      <w:bookmarkStart w:id="5485" w:name="_Toc323390051"/>
+      <w:bookmarkStart w:id="5486" w:name="_Toc323393468"/>
+      <w:bookmarkStart w:id="5487" w:name="_Toc323817313"/>
+      <w:bookmarkStart w:id="5488" w:name="_Toc323817828"/>
+      <w:bookmarkStart w:id="5489" w:name="_Toc323903705"/>
+      <w:bookmarkStart w:id="5490" w:name="_Toc321916806"/>
+      <w:bookmarkStart w:id="5491" w:name="_Toc321922666"/>
+      <w:bookmarkStart w:id="5492" w:name="_Toc322002800"/>
+      <w:bookmarkStart w:id="5493" w:name="_Toc322003281"/>
+      <w:bookmarkStart w:id="5494" w:name="_Toc322425903"/>
+      <w:bookmarkStart w:id="5495" w:name="_Toc323388623"/>
+      <w:bookmarkStart w:id="5496" w:name="_Toc323389138"/>
+      <w:bookmarkStart w:id="5497" w:name="_Toc323390052"/>
+      <w:bookmarkStart w:id="5498" w:name="_Toc323393469"/>
+      <w:bookmarkStart w:id="5499" w:name="_Toc323817314"/>
+      <w:bookmarkStart w:id="5500" w:name="_Toc323817829"/>
+      <w:bookmarkStart w:id="5501" w:name="_Toc323903706"/>
+      <w:bookmarkStart w:id="5502" w:name="_Toc321916807"/>
+      <w:bookmarkStart w:id="5503" w:name="_Toc321922667"/>
+      <w:bookmarkStart w:id="5504" w:name="_Toc322002801"/>
+      <w:bookmarkStart w:id="5505" w:name="_Toc322003282"/>
+      <w:bookmarkStart w:id="5506" w:name="_Toc322425904"/>
+      <w:bookmarkStart w:id="5507" w:name="_Toc323388624"/>
+      <w:bookmarkStart w:id="5508" w:name="_Toc323389139"/>
+      <w:bookmarkStart w:id="5509" w:name="_Toc323390053"/>
+      <w:bookmarkStart w:id="5510" w:name="_Toc323393470"/>
+      <w:bookmarkStart w:id="5511" w:name="_Toc323817315"/>
+      <w:bookmarkStart w:id="5512" w:name="_Toc323817830"/>
+      <w:bookmarkStart w:id="5513" w:name="_Toc323903707"/>
+      <w:bookmarkStart w:id="5514" w:name="_Toc321916808"/>
+      <w:bookmarkStart w:id="5515" w:name="_Toc321922668"/>
+      <w:bookmarkStart w:id="5516" w:name="_Toc322002802"/>
+      <w:bookmarkStart w:id="5517" w:name="_Toc322003283"/>
+      <w:bookmarkStart w:id="5518" w:name="_Toc322425905"/>
+      <w:bookmarkStart w:id="5519" w:name="_Toc323388625"/>
+      <w:bookmarkStart w:id="5520" w:name="_Toc323389140"/>
+      <w:bookmarkStart w:id="5521" w:name="_Toc323390054"/>
+      <w:bookmarkStart w:id="5522" w:name="_Toc323393471"/>
+      <w:bookmarkStart w:id="5523" w:name="_Toc323817316"/>
+      <w:bookmarkStart w:id="5524" w:name="_Toc323817831"/>
+      <w:bookmarkStart w:id="5525" w:name="_Toc323903708"/>
+      <w:bookmarkStart w:id="5526" w:name="_Toc321916809"/>
+      <w:bookmarkStart w:id="5527" w:name="_Toc321922669"/>
+      <w:bookmarkStart w:id="5528" w:name="_Toc322002803"/>
+      <w:bookmarkStart w:id="5529" w:name="_Toc322003284"/>
+      <w:bookmarkStart w:id="5530" w:name="_Toc322425906"/>
+      <w:bookmarkStart w:id="5531" w:name="_Toc323388626"/>
+      <w:bookmarkStart w:id="5532" w:name="_Toc323389141"/>
+      <w:bookmarkStart w:id="5533" w:name="_Toc323390055"/>
+      <w:bookmarkStart w:id="5534" w:name="_Toc323393472"/>
+      <w:bookmarkStart w:id="5535" w:name="_Toc323817317"/>
+      <w:bookmarkStart w:id="5536" w:name="_Toc323817832"/>
+      <w:bookmarkStart w:id="5537" w:name="_Toc323903709"/>
+      <w:bookmarkStart w:id="5538" w:name="_Toc321916810"/>
+      <w:bookmarkStart w:id="5539" w:name="_Toc321922670"/>
+      <w:bookmarkStart w:id="5540" w:name="_Toc322002804"/>
+      <w:bookmarkStart w:id="5541" w:name="_Toc322003285"/>
+      <w:bookmarkStart w:id="5542" w:name="_Toc322425907"/>
+      <w:bookmarkStart w:id="5543" w:name="_Toc323388627"/>
+      <w:bookmarkStart w:id="5544" w:name="_Toc323389142"/>
+      <w:bookmarkStart w:id="5545" w:name="_Toc323390056"/>
+      <w:bookmarkStart w:id="5546" w:name="_Toc323393473"/>
+      <w:bookmarkStart w:id="5547" w:name="_Toc323817318"/>
+      <w:bookmarkStart w:id="5548" w:name="_Toc323817833"/>
+      <w:bookmarkStart w:id="5549" w:name="_Toc323903710"/>
+      <w:bookmarkStart w:id="5550" w:name="_Toc321916811"/>
+      <w:bookmarkStart w:id="5551" w:name="_Toc321922671"/>
+      <w:bookmarkStart w:id="5552" w:name="_Toc322002805"/>
+      <w:bookmarkStart w:id="5553" w:name="_Toc322003286"/>
+      <w:bookmarkStart w:id="5554" w:name="_Toc322425908"/>
+      <w:bookmarkStart w:id="5555" w:name="_Toc323388628"/>
+      <w:bookmarkStart w:id="5556" w:name="_Toc323389143"/>
+      <w:bookmarkStart w:id="5557" w:name="_Toc323390057"/>
+      <w:bookmarkStart w:id="5558" w:name="_Toc323393474"/>
+      <w:bookmarkStart w:id="5559" w:name="_Toc323817319"/>
+      <w:bookmarkStart w:id="5560" w:name="_Toc323817834"/>
+      <w:bookmarkStart w:id="5561" w:name="_Toc323903711"/>
+      <w:bookmarkStart w:id="5562" w:name="_Toc321916812"/>
+      <w:bookmarkStart w:id="5563" w:name="_Toc321922672"/>
+      <w:bookmarkStart w:id="5564" w:name="_Toc322002806"/>
+      <w:bookmarkStart w:id="5565" w:name="_Toc322003287"/>
+      <w:bookmarkStart w:id="5566" w:name="_Toc322425909"/>
+      <w:bookmarkStart w:id="5567" w:name="_Toc323388629"/>
+      <w:bookmarkStart w:id="5568" w:name="_Toc323389144"/>
+      <w:bookmarkStart w:id="5569" w:name="_Toc323390058"/>
+      <w:bookmarkStart w:id="5570" w:name="_Toc323393475"/>
+      <w:bookmarkStart w:id="5571" w:name="_Toc323817320"/>
+      <w:bookmarkStart w:id="5572" w:name="_Toc323817835"/>
+      <w:bookmarkStart w:id="5573" w:name="_Toc323903712"/>
+      <w:bookmarkStart w:id="5574" w:name="_Toc321916813"/>
+      <w:bookmarkStart w:id="5575" w:name="_Toc321922673"/>
+      <w:bookmarkStart w:id="5576" w:name="_Toc322002807"/>
+      <w:bookmarkStart w:id="5577" w:name="_Toc322003288"/>
+      <w:bookmarkStart w:id="5578" w:name="_Toc322425910"/>
+      <w:bookmarkStart w:id="5579" w:name="_Toc323388630"/>
+      <w:bookmarkStart w:id="5580" w:name="_Toc323389145"/>
+      <w:bookmarkStart w:id="5581" w:name="_Toc323390059"/>
+      <w:bookmarkStart w:id="5582" w:name="_Toc323393476"/>
+      <w:bookmarkStart w:id="5583" w:name="_Toc323817321"/>
+      <w:bookmarkStart w:id="5584" w:name="_Toc323817836"/>
+      <w:bookmarkStart w:id="5585" w:name="_Toc323903713"/>
+      <w:bookmarkStart w:id="5586" w:name="_Toc321916814"/>
+      <w:bookmarkStart w:id="5587" w:name="_Toc321922674"/>
+      <w:bookmarkStart w:id="5588" w:name="_Toc322002808"/>
+      <w:bookmarkStart w:id="5589" w:name="_Toc322003289"/>
+      <w:bookmarkStart w:id="5590" w:name="_Toc322425911"/>
+      <w:bookmarkStart w:id="5591" w:name="_Toc323388631"/>
+      <w:bookmarkStart w:id="5592" w:name="_Toc323389146"/>
+      <w:bookmarkStart w:id="5593" w:name="_Toc323390060"/>
+      <w:bookmarkStart w:id="5594" w:name="_Toc323393477"/>
+      <w:bookmarkStart w:id="5595" w:name="_Toc323817322"/>
+      <w:bookmarkStart w:id="5596" w:name="_Toc323817837"/>
+      <w:bookmarkStart w:id="5597" w:name="_Toc323903714"/>
+      <w:bookmarkStart w:id="5598" w:name="_Toc321916815"/>
+      <w:bookmarkStart w:id="5599" w:name="_Toc321922675"/>
+      <w:bookmarkStart w:id="5600" w:name="_Toc322002809"/>
+      <w:bookmarkStart w:id="5601" w:name="_Toc322003290"/>
+      <w:bookmarkStart w:id="5602" w:name="_Toc322425912"/>
+      <w:bookmarkStart w:id="5603" w:name="_Toc323388632"/>
+      <w:bookmarkStart w:id="5604" w:name="_Toc323389147"/>
+      <w:bookmarkStart w:id="5605" w:name="_Toc323390061"/>
+      <w:bookmarkStart w:id="5606" w:name="_Toc323393478"/>
+      <w:bookmarkStart w:id="5607" w:name="_Toc323817323"/>
+      <w:bookmarkStart w:id="5608" w:name="_Toc323817838"/>
+      <w:bookmarkStart w:id="5609" w:name="_Toc323903715"/>
+      <w:bookmarkStart w:id="5610" w:name="_Toc321916816"/>
+      <w:bookmarkStart w:id="5611" w:name="_Toc321922676"/>
+      <w:bookmarkStart w:id="5612" w:name="_Toc322002810"/>
+      <w:bookmarkStart w:id="5613" w:name="_Toc322003291"/>
+      <w:bookmarkStart w:id="5614" w:name="_Toc322425913"/>
+      <w:bookmarkStart w:id="5615" w:name="_Toc323388633"/>
+      <w:bookmarkStart w:id="5616" w:name="_Toc323389148"/>
+      <w:bookmarkStart w:id="5617" w:name="_Toc323390062"/>
+      <w:bookmarkStart w:id="5618" w:name="_Toc323393479"/>
+      <w:bookmarkStart w:id="5619" w:name="_Toc323817324"/>
+      <w:bookmarkStart w:id="5620" w:name="_Toc323817839"/>
+      <w:bookmarkStart w:id="5621" w:name="_Toc323903716"/>
+      <w:bookmarkStart w:id="5622" w:name="_Toc321916817"/>
+      <w:bookmarkStart w:id="5623" w:name="_Toc321922677"/>
+      <w:bookmarkStart w:id="5624" w:name="_Toc322002811"/>
+      <w:bookmarkStart w:id="5625" w:name="_Toc322003292"/>
+      <w:bookmarkStart w:id="5626" w:name="_Toc322425914"/>
+      <w:bookmarkStart w:id="5627" w:name="_Toc323388634"/>
+      <w:bookmarkStart w:id="5628" w:name="_Toc323389149"/>
+      <w:bookmarkStart w:id="5629" w:name="_Toc323390063"/>
+      <w:bookmarkStart w:id="5630" w:name="_Toc323393480"/>
+      <w:bookmarkStart w:id="5631" w:name="_Toc323817325"/>
+      <w:bookmarkStart w:id="5632" w:name="_Toc323817840"/>
+      <w:bookmarkStart w:id="5633" w:name="_Toc323903717"/>
+      <w:bookmarkStart w:id="5634" w:name="_Toc321916818"/>
+      <w:bookmarkStart w:id="5635" w:name="_Toc321922678"/>
+      <w:bookmarkStart w:id="5636" w:name="_Toc322002812"/>
+      <w:bookmarkStart w:id="5637" w:name="_Toc322003293"/>
+      <w:bookmarkStart w:id="5638" w:name="_Toc322425915"/>
+      <w:bookmarkStart w:id="5639" w:name="_Toc323388635"/>
+      <w:bookmarkStart w:id="5640" w:name="_Toc323389150"/>
+      <w:bookmarkStart w:id="5641" w:name="_Toc323390064"/>
+      <w:bookmarkStart w:id="5642" w:name="_Toc323393481"/>
+      <w:bookmarkStart w:id="5643" w:name="_Toc323817326"/>
+      <w:bookmarkStart w:id="5644" w:name="_Toc323817841"/>
+      <w:bookmarkStart w:id="5645" w:name="_Toc323903718"/>
+      <w:bookmarkStart w:id="5646" w:name="_Toc321916819"/>
+      <w:bookmarkStart w:id="5647" w:name="_Toc321922679"/>
+      <w:bookmarkStart w:id="5648" w:name="_Toc322002813"/>
+      <w:bookmarkStart w:id="5649" w:name="_Toc322003294"/>
+      <w:bookmarkStart w:id="5650" w:name="_Toc322425916"/>
+      <w:bookmarkStart w:id="5651" w:name="_Toc323388636"/>
+      <w:bookmarkStart w:id="5652" w:name="_Toc323389151"/>
+      <w:bookmarkStart w:id="5653" w:name="_Toc323390065"/>
+      <w:bookmarkStart w:id="5654" w:name="_Toc323393482"/>
+      <w:bookmarkStart w:id="5655" w:name="_Toc323817327"/>
+      <w:bookmarkStart w:id="5656" w:name="_Toc323817842"/>
+      <w:bookmarkStart w:id="5657" w:name="_Toc323903719"/>
+      <w:bookmarkStart w:id="5658" w:name="_Toc321916820"/>
+      <w:bookmarkStart w:id="5659" w:name="_Toc321922680"/>
+      <w:bookmarkStart w:id="5660" w:name="_Toc322002814"/>
+      <w:bookmarkStart w:id="5661" w:name="_Toc322003295"/>
+      <w:bookmarkStart w:id="5662" w:name="_Toc322425917"/>
+      <w:bookmarkStart w:id="5663" w:name="_Toc323388637"/>
+      <w:bookmarkStart w:id="5664" w:name="_Toc323389152"/>
+      <w:bookmarkStart w:id="5665" w:name="_Toc323390066"/>
+      <w:bookmarkStart w:id="5666" w:name="_Toc323393483"/>
+      <w:bookmarkStart w:id="5667" w:name="_Toc323817328"/>
+      <w:bookmarkStart w:id="5668" w:name="_Toc323817843"/>
+      <w:bookmarkStart w:id="5669" w:name="_Toc323903720"/>
+      <w:bookmarkStart w:id="5670" w:name="_Toc321916821"/>
+      <w:bookmarkStart w:id="5671" w:name="_Toc321922681"/>
+      <w:bookmarkStart w:id="5672" w:name="_Toc322002815"/>
+      <w:bookmarkStart w:id="5673" w:name="_Toc322003296"/>
+      <w:bookmarkStart w:id="5674" w:name="_Toc322425918"/>
+      <w:bookmarkStart w:id="5675" w:name="_Toc323388638"/>
+      <w:bookmarkStart w:id="5676" w:name="_Toc323389153"/>
+      <w:bookmarkStart w:id="5677" w:name="_Toc323390067"/>
+      <w:bookmarkStart w:id="5678" w:name="_Toc323393484"/>
+      <w:bookmarkStart w:id="5679" w:name="_Toc323817329"/>
+      <w:bookmarkStart w:id="5680" w:name="_Toc323817844"/>
+      <w:bookmarkStart w:id="5681" w:name="_Toc323903721"/>
+      <w:bookmarkStart w:id="5682" w:name="_Toc321916822"/>
+      <w:bookmarkStart w:id="5683" w:name="_Toc321922682"/>
+      <w:bookmarkStart w:id="5684" w:name="_Toc322002816"/>
+      <w:bookmarkStart w:id="5685" w:name="_Toc322003297"/>
+      <w:bookmarkStart w:id="5686" w:name="_Toc322425919"/>
+      <w:bookmarkStart w:id="5687" w:name="_Toc323388639"/>
+      <w:bookmarkStart w:id="5688" w:name="_Toc323389154"/>
+      <w:bookmarkStart w:id="5689" w:name="_Toc323390068"/>
+      <w:bookmarkStart w:id="5690" w:name="_Toc323393485"/>
+      <w:bookmarkStart w:id="5691" w:name="_Toc323817330"/>
+      <w:bookmarkStart w:id="5692" w:name="_Toc323817845"/>
+      <w:bookmarkStart w:id="5693" w:name="_Toc323903722"/>
+      <w:bookmarkStart w:id="5694" w:name="_Toc316385939"/>
+      <w:bookmarkStart w:id="5695" w:name="_Toc316386297"/>
+      <w:bookmarkStart w:id="5696" w:name="_Toc316388881"/>
+      <w:bookmarkStart w:id="5697" w:name="_Toc316389308"/>
+      <w:bookmarkStart w:id="5698" w:name="_Toc316389604"/>
+      <w:bookmarkStart w:id="5699" w:name="_Toc316390003"/>
+      <w:bookmarkStart w:id="5700" w:name="_Toc316462595"/>
+      <w:bookmarkStart w:id="5701" w:name="_Toc316463952"/>
+      <w:bookmarkStart w:id="5702" w:name="_Toc316561820"/>
+      <w:bookmarkStart w:id="5703" w:name="_Toc318382593"/>
+      <w:bookmarkStart w:id="5704" w:name="_Toc321916823"/>
+      <w:bookmarkStart w:id="5705" w:name="_Toc321922683"/>
+      <w:bookmarkStart w:id="5706" w:name="_Toc322002817"/>
+      <w:bookmarkStart w:id="5707" w:name="_Toc322003298"/>
+      <w:bookmarkStart w:id="5708" w:name="_Toc322425920"/>
+      <w:bookmarkStart w:id="5709" w:name="_Toc323388640"/>
+      <w:bookmarkStart w:id="5710" w:name="_Toc323389155"/>
+      <w:bookmarkStart w:id="5711" w:name="_Toc323390069"/>
+      <w:bookmarkStart w:id="5712" w:name="_Toc323393486"/>
+      <w:bookmarkStart w:id="5713" w:name="_Toc323817331"/>
+      <w:bookmarkStart w:id="5714" w:name="_Toc323817846"/>
+      <w:bookmarkStart w:id="5715" w:name="_Toc323903723"/>
+      <w:bookmarkStart w:id="5716" w:name="_Toc316385940"/>
+      <w:bookmarkStart w:id="5717" w:name="_Toc316386298"/>
+      <w:bookmarkStart w:id="5718" w:name="_Toc316388882"/>
+      <w:bookmarkStart w:id="5719" w:name="_Toc316389309"/>
+      <w:bookmarkStart w:id="5720" w:name="_Toc316389605"/>
+      <w:bookmarkStart w:id="5721" w:name="_Toc316390004"/>
+      <w:bookmarkStart w:id="5722" w:name="_Toc316462596"/>
+      <w:bookmarkStart w:id="5723" w:name="_Toc316463953"/>
+      <w:bookmarkStart w:id="5724" w:name="_Toc316561821"/>
+      <w:bookmarkStart w:id="5725" w:name="_Toc318382594"/>
+      <w:bookmarkStart w:id="5726" w:name="_Toc321916824"/>
+      <w:bookmarkStart w:id="5727" w:name="_Toc321922684"/>
+      <w:bookmarkStart w:id="5728" w:name="_Toc322002818"/>
+      <w:bookmarkStart w:id="5729" w:name="_Toc322003299"/>
+      <w:bookmarkStart w:id="5730" w:name="_Toc322425921"/>
+      <w:bookmarkStart w:id="5731" w:name="_Toc323388641"/>
+      <w:bookmarkStart w:id="5732" w:name="_Toc323389156"/>
+      <w:bookmarkStart w:id="5733" w:name="_Toc323390070"/>
+      <w:bookmarkStart w:id="5734" w:name="_Toc323393487"/>
+      <w:bookmarkStart w:id="5735" w:name="_Toc323817332"/>
+      <w:bookmarkStart w:id="5736" w:name="_Toc323817847"/>
+      <w:bookmarkStart w:id="5737" w:name="_Toc323903724"/>
+      <w:bookmarkStart w:id="5738" w:name="_Toc316385941"/>
+      <w:bookmarkStart w:id="5739" w:name="_Toc316386299"/>
+      <w:bookmarkStart w:id="5740" w:name="_Toc316388883"/>
+      <w:bookmarkStart w:id="5741" w:name="_Toc316389310"/>
+      <w:bookmarkStart w:id="5742" w:name="_Toc316389606"/>
+      <w:bookmarkStart w:id="5743" w:name="_Toc316390005"/>
+      <w:bookmarkStart w:id="5744" w:name="_Toc316462597"/>
+      <w:bookmarkStart w:id="5745" w:name="_Toc316463954"/>
+      <w:bookmarkStart w:id="5746" w:name="_Toc316561822"/>
+      <w:bookmarkStart w:id="5747" w:name="_Toc318382595"/>
+      <w:bookmarkStart w:id="5748" w:name="_Toc321916825"/>
+      <w:bookmarkStart w:id="5749" w:name="_Toc321922685"/>
+      <w:bookmarkStart w:id="5750" w:name="_Toc322002819"/>
+      <w:bookmarkStart w:id="5751" w:name="_Toc322003300"/>
+      <w:bookmarkStart w:id="5752" w:name="_Toc322425922"/>
+      <w:bookmarkStart w:id="5753" w:name="_Toc323388642"/>
+      <w:bookmarkStart w:id="5754" w:name="_Toc323389157"/>
+      <w:bookmarkStart w:id="5755" w:name="_Toc323390071"/>
+      <w:bookmarkStart w:id="5756" w:name="_Toc323393488"/>
+      <w:bookmarkStart w:id="5757" w:name="_Toc323817333"/>
+      <w:bookmarkStart w:id="5758" w:name="_Toc323817848"/>
+      <w:bookmarkStart w:id="5759" w:name="_Toc323903725"/>
+      <w:bookmarkStart w:id="5760" w:name="_Toc316385942"/>
+      <w:bookmarkStart w:id="5761" w:name="_Toc316386300"/>
+      <w:bookmarkStart w:id="5762" w:name="_Toc316388884"/>
+      <w:bookmarkStart w:id="5763" w:name="_Toc316389311"/>
+      <w:bookmarkStart w:id="5764" w:name="_Toc316389607"/>
+      <w:bookmarkStart w:id="5765" w:name="_Toc316390006"/>
+      <w:bookmarkStart w:id="5766" w:name="_Toc316462598"/>
+      <w:bookmarkStart w:id="5767" w:name="_Toc316463955"/>
+      <w:bookmarkStart w:id="5768" w:name="_Toc316561823"/>
+      <w:bookmarkStart w:id="5769" w:name="_Toc318382596"/>
+      <w:bookmarkStart w:id="5770" w:name="_Toc321916826"/>
+      <w:bookmarkStart w:id="5771" w:name="_Toc321922686"/>
+      <w:bookmarkStart w:id="5772" w:name="_Toc322002820"/>
+      <w:bookmarkStart w:id="5773" w:name="_Toc322003301"/>
+      <w:bookmarkStart w:id="5774" w:name="_Toc322425923"/>
+      <w:bookmarkStart w:id="5775" w:name="_Toc323388643"/>
+      <w:bookmarkStart w:id="5776" w:name="_Toc323389158"/>
+      <w:bookmarkStart w:id="5777" w:name="_Toc323390072"/>
+      <w:bookmarkStart w:id="5778" w:name="_Toc323393489"/>
+      <w:bookmarkStart w:id="5779" w:name="_Toc323817334"/>
+      <w:bookmarkStart w:id="5780" w:name="_Toc323817849"/>
+      <w:bookmarkStart w:id="5781" w:name="_Toc323903726"/>
+      <w:bookmarkStart w:id="5782" w:name="_Toc316385943"/>
+      <w:bookmarkStart w:id="5783" w:name="_Toc316386301"/>
+      <w:bookmarkStart w:id="5784" w:name="_Toc316388885"/>
+      <w:bookmarkStart w:id="5785" w:name="_Toc316389312"/>
+      <w:bookmarkStart w:id="5786" w:name="_Toc316389608"/>
+      <w:bookmarkStart w:id="5787" w:name="_Toc316390007"/>
+      <w:bookmarkStart w:id="5788" w:name="_Toc316462599"/>
+      <w:bookmarkStart w:id="5789" w:name="_Toc316463956"/>
+      <w:bookmarkStart w:id="5790" w:name="_Toc316561824"/>
+      <w:bookmarkStart w:id="5791" w:name="_Toc318382597"/>
+      <w:bookmarkStart w:id="5792" w:name="_Toc321916827"/>
+      <w:bookmarkStart w:id="5793" w:name="_Toc321922687"/>
+      <w:bookmarkStart w:id="5794" w:name="_Toc322002821"/>
+      <w:bookmarkStart w:id="5795" w:name="_Toc322003302"/>
+      <w:bookmarkStart w:id="5796" w:name="_Toc322425924"/>
+      <w:bookmarkStart w:id="5797" w:name="_Toc323388644"/>
+      <w:bookmarkStart w:id="5798" w:name="_Toc323389159"/>
+      <w:bookmarkStart w:id="5799" w:name="_Toc323390073"/>
+      <w:bookmarkStart w:id="5800" w:name="_Toc323393490"/>
+      <w:bookmarkStart w:id="5801" w:name="_Toc323817335"/>
+      <w:bookmarkStart w:id="5802" w:name="_Toc323817850"/>
+      <w:bookmarkStart w:id="5803" w:name="_Toc323903727"/>
+      <w:bookmarkStart w:id="5804" w:name="_Toc316385944"/>
+      <w:bookmarkStart w:id="5805" w:name="_Toc316386302"/>
+      <w:bookmarkStart w:id="5806" w:name="_Toc316388886"/>
+      <w:bookmarkStart w:id="5807" w:name="_Toc316389313"/>
+      <w:bookmarkStart w:id="5808" w:name="_Toc316389609"/>
+      <w:bookmarkStart w:id="5809" w:name="_Toc316390008"/>
+      <w:bookmarkStart w:id="5810" w:name="_Toc316462600"/>
+      <w:bookmarkStart w:id="5811" w:name="_Toc316463957"/>
+      <w:bookmarkStart w:id="5812" w:name="_Toc316561825"/>
+      <w:bookmarkStart w:id="5813" w:name="_Toc318382598"/>
+      <w:bookmarkStart w:id="5814" w:name="_Toc321916828"/>
+      <w:bookmarkStart w:id="5815" w:name="_Toc321922688"/>
+      <w:bookmarkStart w:id="5816" w:name="_Toc322002822"/>
+      <w:bookmarkStart w:id="5817" w:name="_Toc322003303"/>
+      <w:bookmarkStart w:id="5818" w:name="_Toc322425925"/>
+      <w:bookmarkStart w:id="5819" w:name="_Toc323388645"/>
+      <w:bookmarkStart w:id="5820" w:name="_Toc323389160"/>
+      <w:bookmarkStart w:id="5821" w:name="_Toc323390074"/>
+      <w:bookmarkStart w:id="5822" w:name="_Toc323393491"/>
+      <w:bookmarkStart w:id="5823" w:name="_Toc323817336"/>
+      <w:bookmarkStart w:id="5824" w:name="_Toc323817851"/>
+      <w:bookmarkStart w:id="5825" w:name="_Toc323903728"/>
+      <w:bookmarkStart w:id="5826" w:name="_Toc316385945"/>
+      <w:bookmarkStart w:id="5827" w:name="_Toc316386303"/>
+      <w:bookmarkStart w:id="5828" w:name="_Toc316388887"/>
+      <w:bookmarkStart w:id="5829" w:name="_Toc316389314"/>
+      <w:bookmarkStart w:id="5830" w:name="_Toc316389610"/>
+      <w:bookmarkStart w:id="5831" w:name="_Toc316390009"/>
+      <w:bookmarkStart w:id="5832" w:name="_Toc316462601"/>
+      <w:bookmarkStart w:id="5833" w:name="_Toc316463958"/>
+      <w:bookmarkStart w:id="5834" w:name="_Toc316561826"/>
+      <w:bookmarkStart w:id="5835" w:name="_Toc318382599"/>
+      <w:bookmarkStart w:id="5836" w:name="_Toc321916829"/>
+      <w:bookmarkStart w:id="5837" w:name="_Toc321922689"/>
+      <w:bookmarkStart w:id="5838" w:name="_Toc322002823"/>
+      <w:bookmarkStart w:id="5839" w:name="_Toc322003304"/>
+      <w:bookmarkStart w:id="5840" w:name="_Toc322425926"/>
+      <w:bookmarkStart w:id="5841" w:name="_Toc323388646"/>
+      <w:bookmarkStart w:id="5842" w:name="_Toc323389161"/>
+      <w:bookmarkStart w:id="5843" w:name="_Toc323390075"/>
+      <w:bookmarkStart w:id="5844" w:name="_Toc323393492"/>
+      <w:bookmarkStart w:id="5845" w:name="_Toc323817337"/>
+      <w:bookmarkStart w:id="5846" w:name="_Toc323817852"/>
+      <w:bookmarkStart w:id="5847" w:name="_Toc323903729"/>
+      <w:bookmarkStart w:id="5848" w:name="_Toc316385946"/>
+      <w:bookmarkStart w:id="5849" w:name="_Toc316386304"/>
+      <w:bookmarkStart w:id="5850" w:name="_Toc316388888"/>
+      <w:bookmarkStart w:id="5851" w:name="_Toc316389315"/>
+      <w:bookmarkStart w:id="5852" w:name="_Toc316389611"/>
+      <w:bookmarkStart w:id="5853" w:name="_Toc316390010"/>
+      <w:bookmarkStart w:id="5854" w:name="_Toc316462602"/>
+      <w:bookmarkStart w:id="5855" w:name="_Toc316463959"/>
+      <w:bookmarkStart w:id="5856" w:name="_Toc316561827"/>
+      <w:bookmarkStart w:id="5857" w:name="_Toc318382600"/>
+      <w:bookmarkStart w:id="5858" w:name="_Toc321916830"/>
+      <w:bookmarkStart w:id="5859" w:name="_Toc321922690"/>
+      <w:bookmarkStart w:id="5860" w:name="_Toc322002824"/>
+      <w:bookmarkStart w:id="5861" w:name="_Toc322003305"/>
+      <w:bookmarkStart w:id="5862" w:name="_Toc322425927"/>
+      <w:bookmarkStart w:id="5863" w:name="_Toc323388647"/>
+      <w:bookmarkStart w:id="5864" w:name="_Toc323389162"/>
+      <w:bookmarkStart w:id="5865" w:name="_Toc323390076"/>
+      <w:bookmarkStart w:id="5866" w:name="_Toc323393493"/>
+      <w:bookmarkStart w:id="5867" w:name="_Toc323817338"/>
+      <w:bookmarkStart w:id="5868" w:name="_Toc323817853"/>
+      <w:bookmarkStart w:id="5869" w:name="_Toc323903730"/>
+      <w:bookmarkStart w:id="5870" w:name="_Toc316385947"/>
+      <w:bookmarkStart w:id="5871" w:name="_Toc316386305"/>
+      <w:bookmarkStart w:id="5872" w:name="_Toc316388889"/>
+      <w:bookmarkStart w:id="5873" w:name="_Toc316389316"/>
+      <w:bookmarkStart w:id="5874" w:name="_Toc316389612"/>
+      <w:bookmarkStart w:id="5875" w:name="_Toc316390011"/>
+      <w:bookmarkStart w:id="5876" w:name="_Toc316462603"/>
+      <w:bookmarkStart w:id="5877" w:name="_Toc316463960"/>
+      <w:bookmarkStart w:id="5878" w:name="_Toc316561828"/>
+      <w:bookmarkStart w:id="5879" w:name="_Toc318382601"/>
+      <w:bookmarkStart w:id="5880" w:name="_Toc321916831"/>
+      <w:bookmarkStart w:id="5881" w:name="_Toc321922691"/>
+      <w:bookmarkStart w:id="5882" w:name="_Toc322002825"/>
+      <w:bookmarkStart w:id="5883" w:name="_Toc322003306"/>
+      <w:bookmarkStart w:id="5884" w:name="_Toc322425928"/>
+      <w:bookmarkStart w:id="5885" w:name="_Toc323388648"/>
+      <w:bookmarkStart w:id="5886" w:name="_Toc323389163"/>
+      <w:bookmarkStart w:id="5887" w:name="_Toc323390077"/>
+      <w:bookmarkStart w:id="5888" w:name="_Toc323393494"/>
+      <w:bookmarkStart w:id="5889" w:name="_Toc323817339"/>
+      <w:bookmarkStart w:id="5890" w:name="_Toc323817854"/>
+      <w:bookmarkStart w:id="5891" w:name="_Toc323903731"/>
+      <w:bookmarkStart w:id="5892" w:name="_Toc316385948"/>
+      <w:bookmarkStart w:id="5893" w:name="_Toc316386306"/>
+      <w:bookmarkStart w:id="5894" w:name="_Toc316388890"/>
+      <w:bookmarkStart w:id="5895" w:name="_Toc316389317"/>
+      <w:bookmarkStart w:id="5896" w:name="_Toc316389613"/>
+      <w:bookmarkStart w:id="5897" w:name="_Toc316390012"/>
+      <w:bookmarkStart w:id="5898" w:name="_Toc316462604"/>
+      <w:bookmarkStart w:id="5899" w:name="_Toc316463961"/>
+      <w:bookmarkStart w:id="5900" w:name="_Toc316561829"/>
+      <w:bookmarkStart w:id="5901" w:name="_Toc318382602"/>
+      <w:bookmarkStart w:id="5902" w:name="_Toc321916832"/>
+      <w:bookmarkStart w:id="5903" w:name="_Toc321922692"/>
+      <w:bookmarkStart w:id="5904" w:name="_Toc322002826"/>
+      <w:bookmarkStart w:id="5905" w:name="_Toc322003307"/>
+      <w:bookmarkStart w:id="5906" w:name="_Toc322425929"/>
+      <w:bookmarkStart w:id="5907" w:name="_Toc323388649"/>
+      <w:bookmarkStart w:id="5908" w:name="_Toc323389164"/>
+      <w:bookmarkStart w:id="5909" w:name="_Toc323390078"/>
+      <w:bookmarkStart w:id="5910" w:name="_Toc323393495"/>
+      <w:bookmarkStart w:id="5911" w:name="_Toc323817340"/>
+      <w:bookmarkStart w:id="5912" w:name="_Toc323817855"/>
+      <w:bookmarkStart w:id="5913" w:name="_Toc323903732"/>
+      <w:bookmarkStart w:id="5914" w:name="_Toc316385949"/>
+      <w:bookmarkStart w:id="5915" w:name="_Toc316386307"/>
+      <w:bookmarkStart w:id="5916" w:name="_Toc316388891"/>
+      <w:bookmarkStart w:id="5917" w:name="_Toc316389318"/>
+      <w:bookmarkStart w:id="5918" w:name="_Toc316389614"/>
+      <w:bookmarkStart w:id="5919" w:name="_Toc316390013"/>
+      <w:bookmarkStart w:id="5920" w:name="_Toc316462605"/>
+      <w:bookmarkStart w:id="5921" w:name="_Toc316463962"/>
+      <w:bookmarkStart w:id="5922" w:name="_Toc316561830"/>
+      <w:bookmarkStart w:id="5923" w:name="_Toc318382603"/>
+      <w:bookmarkStart w:id="5924" w:name="_Toc321916833"/>
+      <w:bookmarkStart w:id="5925" w:name="_Toc321922693"/>
+      <w:bookmarkStart w:id="5926" w:name="_Toc322002827"/>
+      <w:bookmarkStart w:id="5927" w:name="_Toc322003308"/>
+      <w:bookmarkStart w:id="5928" w:name="_Toc322425930"/>
+      <w:bookmarkStart w:id="5929" w:name="_Toc323388650"/>
+      <w:bookmarkStart w:id="5930" w:name="_Toc323389165"/>
+      <w:bookmarkStart w:id="5931" w:name="_Toc323390079"/>
+      <w:bookmarkStart w:id="5932" w:name="_Toc323393496"/>
+      <w:bookmarkStart w:id="5933" w:name="_Toc323817341"/>
+      <w:bookmarkStart w:id="5934" w:name="_Toc323817856"/>
+      <w:bookmarkStart w:id="5935" w:name="_Toc323903733"/>
+      <w:bookmarkStart w:id="5936" w:name="_Toc316385950"/>
+      <w:bookmarkStart w:id="5937" w:name="_Toc316386308"/>
+      <w:bookmarkStart w:id="5938" w:name="_Toc316388892"/>
+      <w:bookmarkStart w:id="5939" w:name="_Toc316389319"/>
+      <w:bookmarkStart w:id="5940" w:name="_Toc316389615"/>
+      <w:bookmarkStart w:id="5941" w:name="_Toc316390014"/>
+      <w:bookmarkStart w:id="5942" w:name="_Toc316462606"/>
+      <w:bookmarkStart w:id="5943" w:name="_Toc316463963"/>
+      <w:bookmarkStart w:id="5944" w:name="_Toc316561831"/>
+      <w:bookmarkStart w:id="5945" w:name="_Toc318382604"/>
+      <w:bookmarkStart w:id="5946" w:name="_Toc321916834"/>
+      <w:bookmarkStart w:id="5947" w:name="_Toc321922694"/>
+      <w:bookmarkStart w:id="5948" w:name="_Toc322002828"/>
+      <w:bookmarkStart w:id="5949" w:name="_Toc322003309"/>
+      <w:bookmarkStart w:id="5950" w:name="_Toc322425931"/>
+      <w:bookmarkStart w:id="5951" w:name="_Toc323388651"/>
+      <w:bookmarkStart w:id="5952" w:name="_Toc323389166"/>
+      <w:bookmarkStart w:id="5953" w:name="_Toc323390080"/>
+      <w:bookmarkStart w:id="5954" w:name="_Toc323393497"/>
+      <w:bookmarkStart w:id="5955" w:name="_Toc323817342"/>
+      <w:bookmarkStart w:id="5956" w:name="_Toc323817857"/>
+      <w:bookmarkStart w:id="5957" w:name="_Toc323903734"/>
+      <w:bookmarkStart w:id="5958" w:name="_Toc316385951"/>
+      <w:bookmarkStart w:id="5959" w:name="_Toc316386309"/>
+      <w:bookmarkStart w:id="5960" w:name="_Toc316388893"/>
+      <w:bookmarkStart w:id="5961" w:name="_Toc316389320"/>
+      <w:bookmarkStart w:id="5962" w:name="_Toc316389616"/>
+      <w:bookmarkStart w:id="5963" w:name="_Toc316390015"/>
+      <w:bookmarkStart w:id="5964" w:name="_Toc316462607"/>
+      <w:bookmarkStart w:id="5965" w:name="_Toc316463964"/>
+      <w:bookmarkStart w:id="5966" w:name="_Toc316561832"/>
+      <w:bookmarkStart w:id="5967" w:name="_Toc318382605"/>
+      <w:bookmarkStart w:id="5968" w:name="_Toc321916835"/>
+      <w:bookmarkStart w:id="5969" w:name="_Toc321922695"/>
+      <w:bookmarkStart w:id="5970" w:name="_Toc322002829"/>
+      <w:bookmarkStart w:id="5971" w:name="_Toc322003310"/>
+      <w:bookmarkStart w:id="5972" w:name="_Toc322425932"/>
+      <w:bookmarkStart w:id="5973" w:name="_Toc323388652"/>
+      <w:bookmarkStart w:id="5974" w:name="_Toc323389167"/>
+      <w:bookmarkStart w:id="5975" w:name="_Toc323390081"/>
+      <w:bookmarkStart w:id="5976" w:name="_Toc323393498"/>
+      <w:bookmarkStart w:id="5977" w:name="_Toc323817343"/>
+      <w:bookmarkStart w:id="5978" w:name="_Toc323817858"/>
+      <w:bookmarkStart w:id="5979" w:name="_Toc323903735"/>
+      <w:bookmarkStart w:id="5980" w:name="_Toc316385952"/>
+      <w:bookmarkStart w:id="5981" w:name="_Toc316386310"/>
+      <w:bookmarkStart w:id="5982" w:name="_Toc316388894"/>
+      <w:bookmarkStart w:id="5983" w:name="_Toc316389321"/>
+      <w:bookmarkStart w:id="5984" w:name="_Toc316389617"/>
+      <w:bookmarkStart w:id="5985" w:name="_Toc316390016"/>
+      <w:bookmarkStart w:id="5986" w:name="_Toc316462608"/>
+      <w:bookmarkStart w:id="5987" w:name="_Toc316463965"/>
+      <w:bookmarkStart w:id="5988" w:name="_Toc316561833"/>
+      <w:bookmarkStart w:id="5989" w:name="_Toc318382606"/>
+      <w:bookmarkStart w:id="5990" w:name="_Toc321916836"/>
+      <w:bookmarkStart w:id="5991" w:name="_Toc321922696"/>
+      <w:bookmarkStart w:id="5992" w:name="_Toc322002830"/>
+      <w:bookmarkStart w:id="5993" w:name="_Toc322003311"/>
+      <w:bookmarkStart w:id="5994" w:name="_Toc322425933"/>
+      <w:bookmarkStart w:id="5995" w:name="_Toc323388653"/>
+      <w:bookmarkStart w:id="5996" w:name="_Toc323389168"/>
+      <w:bookmarkStart w:id="5997" w:name="_Toc323390082"/>
+      <w:bookmarkStart w:id="5998" w:name="_Toc323393499"/>
+      <w:bookmarkStart w:id="5999" w:name="_Toc323817344"/>
+      <w:bookmarkStart w:id="6000" w:name="_Toc323817859"/>
+      <w:bookmarkStart w:id="6001" w:name="_Toc323903736"/>
+      <w:bookmarkStart w:id="6002" w:name="_Toc316385953"/>
+      <w:bookmarkStart w:id="6003" w:name="_Toc316386311"/>
+      <w:bookmarkStart w:id="6004" w:name="_Toc316388895"/>
+      <w:bookmarkStart w:id="6005" w:name="_Toc316389322"/>
+      <w:bookmarkStart w:id="6006" w:name="_Toc316389618"/>
+      <w:bookmarkStart w:id="6007" w:name="_Toc316390017"/>
+      <w:bookmarkStart w:id="6008" w:name="_Toc316462609"/>
+      <w:bookmarkStart w:id="6009" w:name="_Toc316463966"/>
+      <w:bookmarkStart w:id="6010" w:name="_Toc316561834"/>
+      <w:bookmarkStart w:id="6011" w:name="_Toc318382607"/>
+      <w:bookmarkStart w:id="6012" w:name="_Toc321916837"/>
+      <w:bookmarkStart w:id="6013" w:name="_Toc321922697"/>
+      <w:bookmarkStart w:id="6014" w:name="_Toc322002831"/>
+      <w:bookmarkStart w:id="6015" w:name="_Toc322003312"/>
+      <w:bookmarkStart w:id="6016" w:name="_Toc322425934"/>
+      <w:bookmarkStart w:id="6017" w:name="_Toc323388654"/>
+      <w:bookmarkStart w:id="6018" w:name="_Toc323389169"/>
+      <w:bookmarkStart w:id="6019" w:name="_Toc323390083"/>
+      <w:bookmarkStart w:id="6020" w:name="_Toc323393500"/>
+      <w:bookmarkStart w:id="6021" w:name="_Toc323817345"/>
+      <w:bookmarkStart w:id="6022" w:name="_Toc323817860"/>
+      <w:bookmarkStart w:id="6023" w:name="_Toc323903737"/>
+      <w:bookmarkStart w:id="6024" w:name="_Toc316385954"/>
+      <w:bookmarkStart w:id="6025" w:name="_Toc316386312"/>
+      <w:bookmarkStart w:id="6026" w:name="_Toc316388896"/>
+      <w:bookmarkStart w:id="6027" w:name="_Toc316389323"/>
+      <w:bookmarkStart w:id="6028" w:name="_Toc316389619"/>
+      <w:bookmarkStart w:id="6029" w:name="_Toc316390018"/>
+      <w:bookmarkStart w:id="6030" w:name="_Toc316462610"/>
+      <w:bookmarkStart w:id="6031" w:name="_Toc316463967"/>
+      <w:bookmarkStart w:id="6032" w:name="_Toc316561835"/>
+      <w:bookmarkStart w:id="6033" w:name="_Toc318382608"/>
+      <w:bookmarkStart w:id="6034" w:name="_Toc321916838"/>
+      <w:bookmarkStart w:id="6035" w:name="_Toc321922698"/>
+      <w:bookmarkStart w:id="6036" w:name="_Toc322002832"/>
+      <w:bookmarkStart w:id="6037" w:name="_Toc322003313"/>
+      <w:bookmarkStart w:id="6038" w:name="_Toc322425935"/>
+      <w:bookmarkStart w:id="6039" w:name="_Toc323388655"/>
+      <w:bookmarkStart w:id="6040" w:name="_Toc323389170"/>
+      <w:bookmarkStart w:id="6041" w:name="_Toc323390084"/>
+      <w:bookmarkStart w:id="6042" w:name="_Toc323393501"/>
+      <w:bookmarkStart w:id="6043" w:name="_Toc323817346"/>
+      <w:bookmarkStart w:id="6044" w:name="_Toc323817861"/>
+      <w:bookmarkStart w:id="6045" w:name="_Toc323903738"/>
+      <w:bookmarkStart w:id="6046" w:name="_Toc316385955"/>
+      <w:bookmarkStart w:id="6047" w:name="_Toc316386313"/>
+      <w:bookmarkStart w:id="6048" w:name="_Toc316388897"/>
+      <w:bookmarkStart w:id="6049" w:name="_Toc316389324"/>
+      <w:bookmarkStart w:id="6050" w:name="_Toc316389620"/>
+      <w:bookmarkStart w:id="6051" w:name="_Toc316390019"/>
+      <w:bookmarkStart w:id="6052" w:name="_Toc316462611"/>
+      <w:bookmarkStart w:id="6053" w:name="_Toc316463968"/>
+      <w:bookmarkStart w:id="6054" w:name="_Toc316561836"/>
+      <w:bookmarkStart w:id="6055" w:name="_Toc318382609"/>
+      <w:bookmarkStart w:id="6056" w:name="_Toc321916839"/>
+      <w:bookmarkStart w:id="6057" w:name="_Toc321922699"/>
+      <w:bookmarkStart w:id="6058" w:name="_Toc322002833"/>
+      <w:bookmarkStart w:id="6059" w:name="_Toc322003314"/>
+      <w:bookmarkStart w:id="6060" w:name="_Toc322425936"/>
+      <w:bookmarkStart w:id="6061" w:name="_Toc323388656"/>
+      <w:bookmarkStart w:id="6062" w:name="_Toc323389171"/>
+      <w:bookmarkStart w:id="6063" w:name="_Toc323390085"/>
+      <w:bookmarkStart w:id="6064" w:name="_Toc323393502"/>
+      <w:bookmarkStart w:id="6065" w:name="_Toc323817347"/>
+      <w:bookmarkStart w:id="6066" w:name="_Toc323817862"/>
+      <w:bookmarkStart w:id="6067" w:name="_Toc323903739"/>
+      <w:bookmarkStart w:id="6068" w:name="_Toc316385956"/>
+      <w:bookmarkStart w:id="6069" w:name="_Toc316386314"/>
+      <w:bookmarkStart w:id="6070" w:name="_Toc316388898"/>
+      <w:bookmarkStart w:id="6071" w:name="_Toc316389325"/>
+      <w:bookmarkStart w:id="6072" w:name="_Toc316389621"/>
+      <w:bookmarkStart w:id="6073" w:name="_Toc316390020"/>
+      <w:bookmarkStart w:id="6074" w:name="_Toc316462612"/>
+      <w:bookmarkStart w:id="6075" w:name="_Toc316463969"/>
+      <w:bookmarkStart w:id="6076" w:name="_Toc316561837"/>
+      <w:bookmarkStart w:id="6077" w:name="_Toc318382610"/>
+      <w:bookmarkStart w:id="6078" w:name="_Toc321916840"/>
+      <w:bookmarkStart w:id="6079" w:name="_Toc321922700"/>
+      <w:bookmarkStart w:id="6080" w:name="_Toc322002834"/>
+      <w:bookmarkStart w:id="6081" w:name="_Toc322003315"/>
+      <w:bookmarkStart w:id="6082" w:name="_Toc322425937"/>
+      <w:bookmarkStart w:id="6083" w:name="_Toc323388657"/>
+      <w:bookmarkStart w:id="6084" w:name="_Toc323389172"/>
+      <w:bookmarkStart w:id="6085" w:name="_Toc323390086"/>
+      <w:bookmarkStart w:id="6086" w:name="_Toc323393503"/>
+      <w:bookmarkStart w:id="6087" w:name="_Toc323817348"/>
+      <w:bookmarkStart w:id="6088" w:name="_Toc323817863"/>
+      <w:bookmarkStart w:id="6089" w:name="_Toc323903740"/>
+      <w:bookmarkStart w:id="6090" w:name="_Toc316385957"/>
+      <w:bookmarkStart w:id="6091" w:name="_Toc316386315"/>
+      <w:bookmarkStart w:id="6092" w:name="_Toc316388899"/>
+      <w:bookmarkStart w:id="6093" w:name="_Toc316389326"/>
+      <w:bookmarkStart w:id="6094" w:name="_Toc316389622"/>
+      <w:bookmarkStart w:id="6095" w:name="_Toc316390021"/>
+      <w:bookmarkStart w:id="6096" w:name="_Toc316462613"/>
+      <w:bookmarkStart w:id="6097" w:name="_Toc316463970"/>
+      <w:bookmarkStart w:id="6098" w:name="_Toc316561838"/>
+      <w:bookmarkStart w:id="6099" w:name="_Toc318382611"/>
+      <w:bookmarkStart w:id="6100" w:name="_Toc321916841"/>
+      <w:bookmarkStart w:id="6101" w:name="_Toc321922701"/>
+      <w:bookmarkStart w:id="6102" w:name="_Toc322002835"/>
+      <w:bookmarkStart w:id="6103" w:name="_Toc322003316"/>
+      <w:bookmarkStart w:id="6104" w:name="_Toc322425938"/>
+      <w:bookmarkStart w:id="6105" w:name="_Toc323388658"/>
+      <w:bookmarkStart w:id="6106" w:name="_Toc323389173"/>
+      <w:bookmarkStart w:id="6107" w:name="_Toc323390087"/>
+      <w:bookmarkStart w:id="6108" w:name="_Toc323393504"/>
+      <w:bookmarkStart w:id="6109" w:name="_Toc323817349"/>
+      <w:bookmarkStart w:id="6110" w:name="_Toc323817864"/>
+      <w:bookmarkStart w:id="6111" w:name="_Toc323903741"/>
+      <w:bookmarkStart w:id="6112" w:name="_Toc316385958"/>
+      <w:bookmarkStart w:id="6113" w:name="_Toc316386316"/>
+      <w:bookmarkStart w:id="6114" w:name="_Toc316388900"/>
+      <w:bookmarkStart w:id="6115" w:name="_Toc316389327"/>
+      <w:bookmarkStart w:id="6116" w:name="_Toc316389623"/>
+      <w:bookmarkStart w:id="6117" w:name="_Toc316390022"/>
+      <w:bookmarkStart w:id="6118" w:name="_Toc316462614"/>
+      <w:bookmarkStart w:id="6119" w:name="_Toc316463971"/>
+      <w:bookmarkStart w:id="6120" w:name="_Toc316561839"/>
+      <w:bookmarkStart w:id="6121" w:name="_Toc318382612"/>
+      <w:bookmarkStart w:id="6122" w:name="_Toc321916842"/>
+      <w:bookmarkStart w:id="6123" w:name="_Toc321922702"/>
+      <w:bookmarkStart w:id="6124" w:name="_Toc322002836"/>
+      <w:bookmarkStart w:id="6125" w:name="_Toc322003317"/>
+      <w:bookmarkStart w:id="6126" w:name="_Toc322425939"/>
+      <w:bookmarkStart w:id="6127" w:name="_Toc323388659"/>
+      <w:bookmarkStart w:id="6128" w:name="_Toc323389174"/>
+      <w:bookmarkStart w:id="6129" w:name="_Toc323390088"/>
+      <w:bookmarkStart w:id="6130" w:name="_Toc323393505"/>
+      <w:bookmarkStart w:id="6131" w:name="_Toc323817350"/>
+      <w:bookmarkStart w:id="6132" w:name="_Toc323817865"/>
+      <w:bookmarkStart w:id="6133" w:name="_Toc323903742"/>
+      <w:bookmarkStart w:id="6134" w:name="_Toc316385959"/>
+      <w:bookmarkStart w:id="6135" w:name="_Toc316386317"/>
+      <w:bookmarkStart w:id="6136" w:name="_Toc316388901"/>
+      <w:bookmarkStart w:id="6137" w:name="_Toc316389328"/>
+      <w:bookmarkStart w:id="6138" w:name="_Toc316389624"/>
+      <w:bookmarkStart w:id="6139" w:name="_Toc316390023"/>
+      <w:bookmarkStart w:id="6140" w:name="_Toc316462615"/>
+      <w:bookmarkStart w:id="6141" w:name="_Toc316463972"/>
+      <w:bookmarkStart w:id="6142" w:name="_Toc316561840"/>
+      <w:bookmarkStart w:id="6143" w:name="_Toc318382613"/>
+      <w:bookmarkStart w:id="6144" w:name="_Toc321916843"/>
+      <w:bookmarkStart w:id="6145" w:name="_Toc321922703"/>
+      <w:bookmarkStart w:id="6146" w:name="_Toc322002837"/>
+      <w:bookmarkStart w:id="6147" w:name="_Toc322003318"/>
+      <w:bookmarkStart w:id="6148" w:name="_Toc322425940"/>
+      <w:bookmarkStart w:id="6149" w:name="_Toc323388660"/>
+      <w:bookmarkStart w:id="6150" w:name="_Toc323389175"/>
+      <w:bookmarkStart w:id="6151" w:name="_Toc323390089"/>
+      <w:bookmarkStart w:id="6152" w:name="_Toc323393506"/>
+      <w:bookmarkStart w:id="6153" w:name="_Toc323817351"/>
+      <w:bookmarkStart w:id="6154" w:name="_Toc323817866"/>
+      <w:bookmarkStart w:id="6155" w:name="_Toc323903743"/>
+      <w:bookmarkStart w:id="6156" w:name="_Toc316385960"/>
+      <w:bookmarkStart w:id="6157" w:name="_Toc316386318"/>
+      <w:bookmarkStart w:id="6158" w:name="_Toc316388902"/>
+      <w:bookmarkStart w:id="6159" w:name="_Toc316389329"/>
+      <w:bookmarkStart w:id="6160" w:name="_Toc316389625"/>
+      <w:bookmarkStart w:id="6161" w:name="_Toc316390024"/>
+      <w:bookmarkStart w:id="6162" w:name="_Toc316462616"/>
+      <w:bookmarkStart w:id="6163" w:name="_Toc316463973"/>
+      <w:bookmarkStart w:id="6164" w:name="_Toc316561841"/>
+      <w:bookmarkStart w:id="6165" w:name="_Toc318382614"/>
+      <w:bookmarkStart w:id="6166" w:name="_Toc321916844"/>
+      <w:bookmarkStart w:id="6167" w:name="_Toc321922704"/>
+      <w:bookmarkStart w:id="6168" w:name="_Toc322002838"/>
+      <w:bookmarkStart w:id="6169" w:name="_Toc322003319"/>
+      <w:bookmarkStart w:id="6170" w:name="_Toc322425941"/>
+      <w:bookmarkStart w:id="6171" w:name="_Toc323388661"/>
+      <w:bookmarkStart w:id="6172" w:name="_Toc323389176"/>
+      <w:bookmarkStart w:id="6173" w:name="_Toc323390090"/>
+      <w:bookmarkStart w:id="6174" w:name="_Toc323393507"/>
+      <w:bookmarkStart w:id="6175" w:name="_Toc323817352"/>
+      <w:bookmarkStart w:id="6176" w:name="_Toc323817867"/>
+      <w:bookmarkStart w:id="6177" w:name="_Toc323903744"/>
+      <w:bookmarkStart w:id="6178" w:name="_Toc316385961"/>
+      <w:bookmarkStart w:id="6179" w:name="_Toc316386319"/>
+      <w:bookmarkStart w:id="6180" w:name="_Toc316388903"/>
+      <w:bookmarkStart w:id="6181" w:name="_Toc316389330"/>
+      <w:bookmarkStart w:id="6182" w:name="_Toc316389626"/>
+      <w:bookmarkStart w:id="6183" w:name="_Toc316390025"/>
+      <w:bookmarkStart w:id="6184" w:name="_Toc316462617"/>
+      <w:bookmarkStart w:id="6185" w:name="_Toc316463974"/>
+      <w:bookmarkStart w:id="6186" w:name="_Toc316561842"/>
+      <w:bookmarkStart w:id="6187" w:name="_Toc318382615"/>
+      <w:bookmarkStart w:id="6188" w:name="_Toc321916845"/>
+      <w:bookmarkStart w:id="6189" w:name="_Toc321922705"/>
+      <w:bookmarkStart w:id="6190" w:name="_Toc322002839"/>
+      <w:bookmarkStart w:id="6191" w:name="_Toc322003320"/>
+      <w:bookmarkStart w:id="6192" w:name="_Toc322425942"/>
+      <w:bookmarkStart w:id="6193" w:name="_Toc323388662"/>
+      <w:bookmarkStart w:id="6194" w:name="_Toc323389177"/>
+      <w:bookmarkStart w:id="6195" w:name="_Toc323390091"/>
+      <w:bookmarkStart w:id="6196" w:name="_Toc323393508"/>
+      <w:bookmarkStart w:id="6197" w:name="_Toc323817353"/>
+      <w:bookmarkStart w:id="6198" w:name="_Toc323817868"/>
+      <w:bookmarkStart w:id="6199" w:name="_Toc323903745"/>
+      <w:bookmarkStart w:id="6200" w:name="_Toc316385962"/>
+      <w:bookmarkStart w:id="6201" w:name="_Toc316386320"/>
+      <w:bookmarkStart w:id="6202" w:name="_Toc316388904"/>
+      <w:bookmarkStart w:id="6203" w:name="_Toc316389331"/>
+      <w:bookmarkStart w:id="6204" w:name="_Toc316389627"/>
+      <w:bookmarkStart w:id="6205" w:name="_Toc316390026"/>
+      <w:bookmarkStart w:id="6206" w:name="_Toc316462618"/>
+      <w:bookmarkStart w:id="6207" w:name="_Toc316463975"/>
+      <w:bookmarkStart w:id="6208" w:name="_Toc316561843"/>
+      <w:bookmarkStart w:id="6209" w:name="_Toc318382616"/>
+      <w:bookmarkStart w:id="6210" w:name="_Toc321916846"/>
+      <w:bookmarkStart w:id="6211" w:name="_Toc321922706"/>
+      <w:bookmarkStart w:id="6212" w:name="_Toc322002840"/>
+      <w:bookmarkStart w:id="6213" w:name="_Toc322003321"/>
+      <w:bookmarkStart w:id="6214" w:name="_Toc322425943"/>
+      <w:bookmarkStart w:id="6215" w:name="_Toc323388663"/>
+      <w:bookmarkStart w:id="6216" w:name="_Toc323389178"/>
+      <w:bookmarkStart w:id="6217" w:name="_Toc323390092"/>
+      <w:bookmarkStart w:id="6218" w:name="_Toc323393509"/>
+      <w:bookmarkStart w:id="6219" w:name="_Toc323817354"/>
+      <w:bookmarkStart w:id="6220" w:name="_Toc323817869"/>
+      <w:bookmarkStart w:id="6221" w:name="_Toc323903746"/>
+      <w:bookmarkStart w:id="6222" w:name="_Toc316385963"/>
+      <w:bookmarkStart w:id="6223" w:name="_Toc316386321"/>
+      <w:bookmarkStart w:id="6224" w:name="_Toc316388905"/>
+      <w:bookmarkStart w:id="6225" w:name="_Toc316389332"/>
+      <w:bookmarkStart w:id="6226" w:name="_Toc316389628"/>
+      <w:bookmarkStart w:id="6227" w:name="_Toc316390027"/>
+      <w:bookmarkStart w:id="6228" w:name="_Toc316462619"/>
+      <w:bookmarkStart w:id="6229" w:name="_Toc316463976"/>
+      <w:bookmarkStart w:id="6230" w:name="_Toc316561844"/>
+      <w:bookmarkStart w:id="6231" w:name="_Toc318382617"/>
+      <w:bookmarkStart w:id="6232" w:name="_Toc321916847"/>
+      <w:bookmarkStart w:id="6233" w:name="_Toc321922707"/>
+      <w:bookmarkStart w:id="6234" w:name="_Toc322002841"/>
+      <w:bookmarkStart w:id="6235" w:name="_Toc322003322"/>
+      <w:bookmarkStart w:id="6236" w:name="_Toc322425944"/>
+      <w:bookmarkStart w:id="6237" w:name="_Toc323388664"/>
+      <w:bookmarkStart w:id="6238" w:name="_Toc323389179"/>
+      <w:bookmarkStart w:id="6239" w:name="_Toc323390093"/>
+      <w:bookmarkStart w:id="6240" w:name="_Toc323393510"/>
+      <w:bookmarkStart w:id="6241" w:name="_Toc323817355"/>
+      <w:bookmarkStart w:id="6242" w:name="_Toc323817870"/>
+      <w:bookmarkStart w:id="6243" w:name="_Toc323903747"/>
+      <w:bookmarkStart w:id="6244" w:name="_Toc316385964"/>
+      <w:bookmarkStart w:id="6245" w:name="_Toc316386322"/>
+      <w:bookmarkStart w:id="6246" w:name="_Toc316388906"/>
+      <w:bookmarkStart w:id="6247" w:name="_Toc316389333"/>
+      <w:bookmarkStart w:id="6248" w:name="_Toc316389629"/>
+      <w:bookmarkStart w:id="6249" w:name="_Toc316390028"/>
+      <w:bookmarkStart w:id="6250" w:name="_Toc316462620"/>
+      <w:bookmarkStart w:id="6251" w:name="_Toc316463977"/>
+      <w:bookmarkStart w:id="6252" w:name="_Toc316561845"/>
+      <w:bookmarkStart w:id="6253" w:name="_Toc318382618"/>
+      <w:bookmarkStart w:id="6254" w:name="_Toc321916848"/>
+      <w:bookmarkStart w:id="6255" w:name="_Toc321922708"/>
+      <w:bookmarkStart w:id="6256" w:name="_Toc322002842"/>
+      <w:bookmarkStart w:id="6257" w:name="_Toc322003323"/>
+      <w:bookmarkStart w:id="6258" w:name="_Toc322425945"/>
+      <w:bookmarkStart w:id="6259" w:name="_Toc323388665"/>
+      <w:bookmarkStart w:id="6260" w:name="_Toc323389180"/>
+      <w:bookmarkStart w:id="6261" w:name="_Toc323390094"/>
+      <w:bookmarkStart w:id="6262" w:name="_Toc323393511"/>
+      <w:bookmarkStart w:id="6263" w:name="_Toc323817356"/>
+      <w:bookmarkStart w:id="6264" w:name="_Toc323817871"/>
+      <w:bookmarkStart w:id="6265" w:name="_Toc323903748"/>
+      <w:bookmarkStart w:id="6266" w:name="_Toc316385965"/>
+      <w:bookmarkStart w:id="6267" w:name="_Toc316386323"/>
+      <w:bookmarkStart w:id="6268" w:name="_Toc316388907"/>
+      <w:bookmarkStart w:id="6269" w:name="_Toc316389334"/>
+      <w:bookmarkStart w:id="6270" w:name="_Toc316389630"/>
+      <w:bookmarkStart w:id="6271" w:name="_Toc316390029"/>
+      <w:bookmarkStart w:id="6272" w:name="_Toc316462621"/>
+      <w:bookmarkStart w:id="6273" w:name="_Toc316463978"/>
+      <w:bookmarkStart w:id="6274" w:name="_Toc316561846"/>
+      <w:bookmarkStart w:id="6275" w:name="_Toc318382619"/>
+      <w:bookmarkStart w:id="6276" w:name="_Toc321916849"/>
+      <w:bookmarkStart w:id="6277" w:name="_Toc321922709"/>
+      <w:bookmarkStart w:id="6278" w:name="_Toc322002843"/>
+      <w:bookmarkStart w:id="6279" w:name="_Toc322003324"/>
+      <w:bookmarkStart w:id="6280" w:name="_Toc322425946"/>
+      <w:bookmarkStart w:id="6281" w:name="_Toc323388666"/>
+      <w:bookmarkStart w:id="6282" w:name="_Toc323389181"/>
+      <w:bookmarkStart w:id="6283" w:name="_Toc323390095"/>
+      <w:bookmarkStart w:id="6284" w:name="_Toc323393512"/>
+      <w:bookmarkStart w:id="6285" w:name="_Toc323817357"/>
+      <w:bookmarkStart w:id="6286" w:name="_Toc323817872"/>
+      <w:bookmarkStart w:id="6287" w:name="_Toc323903749"/>
+      <w:bookmarkStart w:id="6288" w:name="_Toc316385966"/>
+      <w:bookmarkStart w:id="6289" w:name="_Toc316386324"/>
+      <w:bookmarkStart w:id="6290" w:name="_Toc316388908"/>
+      <w:bookmarkStart w:id="6291" w:name="_Toc316389335"/>
+      <w:bookmarkStart w:id="6292" w:name="_Toc316389631"/>
+      <w:bookmarkStart w:id="6293" w:name="_Toc316390030"/>
+      <w:bookmarkStart w:id="6294" w:name="_Toc316462622"/>
+      <w:bookmarkStart w:id="6295" w:name="_Toc316463979"/>
+      <w:bookmarkStart w:id="6296" w:name="_Toc316561847"/>
+      <w:bookmarkStart w:id="6297" w:name="_Toc318382620"/>
+      <w:bookmarkStart w:id="6298" w:name="_Toc321916850"/>
+      <w:bookmarkStart w:id="6299" w:name="_Toc321922710"/>
+      <w:bookmarkStart w:id="6300" w:name="_Toc322002844"/>
+      <w:bookmarkStart w:id="6301" w:name="_Toc322003325"/>
+      <w:bookmarkStart w:id="6302" w:name="_Toc322425947"/>
+      <w:bookmarkStart w:id="6303" w:name="_Toc323388667"/>
+      <w:bookmarkStart w:id="6304" w:name="_Toc323389182"/>
+      <w:bookmarkStart w:id="6305" w:name="_Toc323390096"/>
+      <w:bookmarkStart w:id="6306" w:name="_Toc323393513"/>
+      <w:bookmarkStart w:id="6307" w:name="_Toc323817358"/>
+      <w:bookmarkStart w:id="6308" w:name="_Toc323817873"/>
+      <w:bookmarkStart w:id="6309" w:name="_Toc323903750"/>
+      <w:bookmarkStart w:id="6310" w:name="_Toc316385967"/>
+      <w:bookmarkStart w:id="6311" w:name="_Toc316386325"/>
+      <w:bookmarkStart w:id="6312" w:name="_Toc316388909"/>
+      <w:bookmarkStart w:id="6313" w:name="_Toc316389336"/>
+      <w:bookmarkStart w:id="6314" w:name="_Toc316389632"/>
+      <w:bookmarkStart w:id="6315" w:name="_Toc316390031"/>
+      <w:bookmarkStart w:id="6316" w:name="_Toc316462623"/>
+      <w:bookmarkStart w:id="6317" w:name="_Toc316463980"/>
+      <w:bookmarkStart w:id="6318" w:name="_Toc316561848"/>
+      <w:bookmarkStart w:id="6319" w:name="_Toc318382621"/>
+      <w:bookmarkStart w:id="6320" w:name="_Toc321916851"/>
+      <w:bookmarkStart w:id="6321" w:name="_Toc321922711"/>
+      <w:bookmarkStart w:id="6322" w:name="_Toc322002845"/>
+      <w:bookmarkStart w:id="6323" w:name="_Toc322003326"/>
+      <w:bookmarkStart w:id="6324" w:name="_Toc322425948"/>
+      <w:bookmarkStart w:id="6325" w:name="_Toc323388668"/>
+      <w:bookmarkStart w:id="6326" w:name="_Toc323389183"/>
+      <w:bookmarkStart w:id="6327" w:name="_Toc323390097"/>
+      <w:bookmarkStart w:id="6328" w:name="_Toc323393514"/>
+      <w:bookmarkStart w:id="6329" w:name="_Toc323817359"/>
+      <w:bookmarkStart w:id="6330" w:name="_Toc323817874"/>
+      <w:bookmarkStart w:id="6331" w:name="_Toc323903751"/>
+      <w:bookmarkStart w:id="6332" w:name="_Toc316385968"/>
+      <w:bookmarkStart w:id="6333" w:name="_Toc316386326"/>
+      <w:bookmarkStart w:id="6334" w:name="_Toc316388910"/>
+      <w:bookmarkStart w:id="6335" w:name="_Toc316389337"/>
+      <w:bookmarkStart w:id="6336" w:name="_Toc316389633"/>
+      <w:bookmarkStart w:id="6337" w:name="_Toc316390032"/>
+      <w:bookmarkStart w:id="6338" w:name="_Toc316462624"/>
+      <w:bookmarkStart w:id="6339" w:name="_Toc316463981"/>
+      <w:bookmarkStart w:id="6340" w:name="_Toc316561849"/>
+      <w:bookmarkStart w:id="6341" w:name="_Toc318382622"/>
+      <w:bookmarkStart w:id="6342" w:name="_Toc321916852"/>
+      <w:bookmarkStart w:id="6343" w:name="_Toc321922712"/>
+      <w:bookmarkStart w:id="6344" w:name="_Toc322002846"/>
+      <w:bookmarkStart w:id="6345" w:name="_Toc322003327"/>
+      <w:bookmarkStart w:id="6346" w:name="_Toc322425949"/>
+      <w:bookmarkStart w:id="6347" w:name="_Toc323388669"/>
+      <w:bookmarkStart w:id="6348" w:name="_Toc323389184"/>
+      <w:bookmarkStart w:id="6349" w:name="_Toc323390098"/>
+      <w:bookmarkStart w:id="6350" w:name="_Toc323393515"/>
+      <w:bookmarkStart w:id="6351" w:name="_Toc323817360"/>
+      <w:bookmarkStart w:id="6352" w:name="_Toc323817875"/>
+      <w:bookmarkStart w:id="6353" w:name="_Toc323903752"/>
+      <w:bookmarkStart w:id="6354" w:name="_Toc316385969"/>
+      <w:bookmarkStart w:id="6355" w:name="_Toc316386327"/>
+      <w:bookmarkStart w:id="6356" w:name="_Toc316388911"/>
+      <w:bookmarkStart w:id="6357" w:name="_Toc316389338"/>
+      <w:bookmarkStart w:id="6358" w:name="_Toc316389634"/>
+      <w:bookmarkStart w:id="6359" w:name="_Toc316390033"/>
+      <w:bookmarkStart w:id="6360" w:name="_Toc316462625"/>
+      <w:bookmarkStart w:id="6361" w:name="_Toc316463982"/>
+      <w:bookmarkStart w:id="6362" w:name="_Toc316561850"/>
+      <w:bookmarkStart w:id="6363" w:name="_Toc318382623"/>
+      <w:bookmarkStart w:id="6364" w:name="_Toc321916853"/>
+      <w:bookmarkStart w:id="6365" w:name="_Toc321922713"/>
+      <w:bookmarkStart w:id="6366" w:name="_Toc322002847"/>
+      <w:bookmarkStart w:id="6367" w:name="_Toc322003328"/>
+      <w:bookmarkStart w:id="6368" w:name="_Toc322425950"/>
+      <w:bookmarkStart w:id="6369" w:name="_Toc323388670"/>
+      <w:bookmarkStart w:id="6370" w:name="_Toc323389185"/>
+      <w:bookmarkStart w:id="6371" w:name="_Toc323390099"/>
+      <w:bookmarkStart w:id="6372" w:name="_Toc323393516"/>
+      <w:bookmarkStart w:id="6373" w:name="_Toc323817361"/>
+      <w:bookmarkStart w:id="6374" w:name="_Toc323817876"/>
+      <w:bookmarkStart w:id="6375" w:name="_Toc323903753"/>
+      <w:bookmarkStart w:id="6376" w:name="_Toc316385970"/>
+      <w:bookmarkStart w:id="6377" w:name="_Toc316386328"/>
+      <w:bookmarkStart w:id="6378" w:name="_Toc316388912"/>
+      <w:bookmarkStart w:id="6379" w:name="_Toc316389339"/>
+      <w:bookmarkStart w:id="6380" w:name="_Toc316389635"/>
+      <w:bookmarkStart w:id="6381" w:name="_Toc316390034"/>
+      <w:bookmarkStart w:id="6382" w:name="_Toc316462626"/>
+      <w:bookmarkStart w:id="6383" w:name="_Toc316463983"/>
+      <w:bookmarkStart w:id="6384" w:name="_Toc316561851"/>
+      <w:bookmarkStart w:id="6385" w:name="_Toc318382624"/>
+      <w:bookmarkStart w:id="6386" w:name="_Toc321916854"/>
+      <w:bookmarkStart w:id="6387" w:name="_Toc321922714"/>
+      <w:bookmarkStart w:id="6388" w:name="_Toc322002848"/>
+      <w:bookmarkStart w:id="6389" w:name="_Toc322003329"/>
+      <w:bookmarkStart w:id="6390" w:name="_Toc322425951"/>
+      <w:bookmarkStart w:id="6391" w:name="_Toc323388671"/>
+      <w:bookmarkStart w:id="6392" w:name="_Toc323389186"/>
+      <w:bookmarkStart w:id="6393" w:name="_Toc323390100"/>
+      <w:bookmarkStart w:id="6394" w:name="_Toc323393517"/>
+      <w:bookmarkStart w:id="6395" w:name="_Toc323817362"/>
+      <w:bookmarkStart w:id="6396" w:name="_Toc323817877"/>
+      <w:bookmarkStart w:id="6397" w:name="_Toc323903754"/>
+      <w:bookmarkStart w:id="6398" w:name="_Toc316385971"/>
+      <w:bookmarkStart w:id="6399" w:name="_Toc316386329"/>
+      <w:bookmarkStart w:id="6400" w:name="_Toc316388913"/>
+      <w:bookmarkStart w:id="6401" w:name="_Toc316389340"/>
+      <w:bookmarkStart w:id="6402" w:name="_Toc316389636"/>
+      <w:bookmarkStart w:id="6403" w:name="_Toc316390035"/>
+      <w:bookmarkStart w:id="6404" w:name="_Toc316462627"/>
+      <w:bookmarkStart w:id="6405" w:name="_Toc316463984"/>
+      <w:bookmarkStart w:id="6406" w:name="_Toc316561852"/>
+      <w:bookmarkStart w:id="6407" w:name="_Toc318382625"/>
+      <w:bookmarkStart w:id="6408" w:name="_Toc321916855"/>
+      <w:bookmarkStart w:id="6409" w:name="_Toc321922715"/>
+      <w:bookmarkStart w:id="6410" w:name="_Toc322002849"/>
+      <w:bookmarkStart w:id="6411" w:name="_Toc322003330"/>
+      <w:bookmarkStart w:id="6412" w:name="_Toc322425952"/>
+      <w:bookmarkStart w:id="6413" w:name="_Toc323388672"/>
+      <w:bookmarkStart w:id="6414" w:name="_Toc323389187"/>
+      <w:bookmarkStart w:id="6415" w:name="_Toc323390101"/>
+      <w:bookmarkStart w:id="6416" w:name="_Toc323393518"/>
+      <w:bookmarkStart w:id="6417" w:name="_Toc323817363"/>
+      <w:bookmarkStart w:id="6418" w:name="_Toc323817878"/>
+      <w:bookmarkStart w:id="6419" w:name="_Toc323903755"/>
+      <w:bookmarkStart w:id="6420" w:name="_Toc316385972"/>
+      <w:bookmarkStart w:id="6421" w:name="_Toc316386330"/>
+      <w:bookmarkStart w:id="6422" w:name="_Toc316388914"/>
+      <w:bookmarkStart w:id="6423" w:name="_Toc316389341"/>
+      <w:bookmarkStart w:id="6424" w:name="_Toc316389637"/>
+      <w:bookmarkStart w:id="6425" w:name="_Toc316390036"/>
+      <w:bookmarkStart w:id="6426" w:name="_Toc316462628"/>
+      <w:bookmarkStart w:id="6427" w:name="_Toc316463985"/>
+      <w:bookmarkStart w:id="6428" w:name="_Toc316561853"/>
+      <w:bookmarkStart w:id="6429" w:name="_Toc318382626"/>
+      <w:bookmarkStart w:id="6430" w:name="_Toc321916856"/>
+      <w:bookmarkStart w:id="6431" w:name="_Toc321922716"/>
+      <w:bookmarkStart w:id="6432" w:name="_Toc322002850"/>
+      <w:bookmarkStart w:id="6433" w:name="_Toc322003331"/>
+      <w:bookmarkStart w:id="6434" w:name="_Toc322425953"/>
+      <w:bookmarkStart w:id="6435" w:name="_Toc323388673"/>
+      <w:bookmarkStart w:id="6436" w:name="_Toc323389188"/>
+      <w:bookmarkStart w:id="6437" w:name="_Toc323390102"/>
+      <w:bookmarkStart w:id="6438" w:name="_Toc323393519"/>
+      <w:bookmarkStart w:id="6439" w:name="_Toc323817364"/>
+      <w:bookmarkStart w:id="6440" w:name="_Toc323817879"/>
+      <w:bookmarkStart w:id="6441" w:name="_Toc323903756"/>
+      <w:bookmarkStart w:id="6442" w:name="_Toc316385973"/>
+      <w:bookmarkStart w:id="6443" w:name="_Toc316386331"/>
+      <w:bookmarkStart w:id="6444" w:name="_Toc316388915"/>
+      <w:bookmarkStart w:id="6445" w:name="_Toc316389342"/>
+      <w:bookmarkStart w:id="6446" w:name="_Toc316389638"/>
+      <w:bookmarkStart w:id="6447" w:name="_Toc316390037"/>
+      <w:bookmarkStart w:id="6448" w:name="_Toc316462629"/>
+      <w:bookmarkStart w:id="6449" w:name="_Toc316463986"/>
+      <w:bookmarkStart w:id="6450" w:name="_Toc316561854"/>
+      <w:bookmarkStart w:id="6451" w:name="_Toc318382627"/>
+      <w:bookmarkStart w:id="6452" w:name="_Toc321916857"/>
+      <w:bookmarkStart w:id="6453" w:name="_Toc321922717"/>
+      <w:bookmarkStart w:id="6454" w:name="_Toc322002851"/>
+      <w:bookmarkStart w:id="6455" w:name="_Toc322003332"/>
+      <w:bookmarkStart w:id="6456" w:name="_Toc322425954"/>
+      <w:bookmarkStart w:id="6457" w:name="_Toc323388674"/>
+      <w:bookmarkStart w:id="6458" w:name="_Toc323389189"/>
+      <w:bookmarkStart w:id="6459" w:name="_Toc323390103"/>
+      <w:bookmarkStart w:id="6460" w:name="_Toc323393520"/>
+      <w:bookmarkStart w:id="6461" w:name="_Toc323817365"/>
+      <w:bookmarkStart w:id="6462" w:name="_Toc323817880"/>
+      <w:bookmarkStart w:id="6463" w:name="_Toc323903757"/>
+      <w:bookmarkStart w:id="6464" w:name="_Toc316385974"/>
+      <w:bookmarkStart w:id="6465" w:name="_Toc316386332"/>
+      <w:bookmarkStart w:id="6466" w:name="_Toc316388916"/>
+      <w:bookmarkStart w:id="6467" w:name="_Toc316389343"/>
+      <w:bookmarkStart w:id="6468" w:name="_Toc316389639"/>
+      <w:bookmarkStart w:id="6469" w:name="_Toc316390038"/>
+      <w:bookmarkStart w:id="6470" w:name="_Toc316462630"/>
+      <w:bookmarkStart w:id="6471" w:name="_Toc316463987"/>
+      <w:bookmarkStart w:id="6472" w:name="_Toc316561855"/>
+      <w:bookmarkStart w:id="6473" w:name="_Toc318382628"/>
+      <w:bookmarkStart w:id="6474" w:name="_Toc321916858"/>
+      <w:bookmarkStart w:id="6475" w:name="_Toc321922718"/>
+      <w:bookmarkStart w:id="6476" w:name="_Toc322002852"/>
+      <w:bookmarkStart w:id="6477" w:name="_Toc322003333"/>
+      <w:bookmarkStart w:id="6478" w:name="_Toc322425955"/>
+      <w:bookmarkStart w:id="6479" w:name="_Toc323388675"/>
+      <w:bookmarkStart w:id="6480" w:name="_Toc323389190"/>
+      <w:bookmarkStart w:id="6481" w:name="_Toc323390104"/>
+      <w:bookmarkStart w:id="6482" w:name="_Toc323393521"/>
+      <w:bookmarkStart w:id="6483" w:name="_Toc323817366"/>
+      <w:bookmarkStart w:id="6484" w:name="_Toc323817881"/>
+      <w:bookmarkStart w:id="6485" w:name="_Toc323903758"/>
+      <w:bookmarkStart w:id="6486" w:name="_Toc316385975"/>
+      <w:bookmarkStart w:id="6487" w:name="_Toc316386333"/>
+      <w:bookmarkStart w:id="6488" w:name="_Toc316388917"/>
+      <w:bookmarkStart w:id="6489" w:name="_Toc316389344"/>
+      <w:bookmarkStart w:id="6490" w:name="_Toc316389640"/>
+      <w:bookmarkStart w:id="6491" w:name="_Toc316390039"/>
+      <w:bookmarkStart w:id="6492" w:name="_Toc316462631"/>
+      <w:bookmarkStart w:id="6493" w:name="_Toc316463988"/>
+      <w:bookmarkStart w:id="6494" w:name="_Toc316561856"/>
+      <w:bookmarkStart w:id="6495" w:name="_Toc318382629"/>
+      <w:bookmarkStart w:id="6496" w:name="_Toc321916859"/>
+      <w:bookmarkStart w:id="6497" w:name="_Toc321922719"/>
+      <w:bookmarkStart w:id="6498" w:name="_Toc322002853"/>
+      <w:bookmarkStart w:id="6499" w:name="_Toc322003334"/>
+      <w:bookmarkStart w:id="6500" w:name="_Toc322425956"/>
+      <w:bookmarkStart w:id="6501" w:name="_Toc323388676"/>
+      <w:bookmarkStart w:id="6502" w:name="_Toc323389191"/>
+      <w:bookmarkStart w:id="6503" w:name="_Toc323390105"/>
+      <w:bookmarkStart w:id="6504" w:name="_Toc323393522"/>
+      <w:bookmarkStart w:id="6505" w:name="_Toc323817367"/>
+      <w:bookmarkStart w:id="6506" w:name="_Toc323817882"/>
+      <w:bookmarkStart w:id="6507" w:name="_Toc323903759"/>
+      <w:bookmarkStart w:id="6508" w:name="_Toc316385976"/>
+      <w:bookmarkStart w:id="6509" w:name="_Toc316386334"/>
+      <w:bookmarkStart w:id="6510" w:name="_Toc316388918"/>
+      <w:bookmarkStart w:id="6511" w:name="_Toc316389345"/>
+      <w:bookmarkStart w:id="6512" w:name="_Toc316389641"/>
+      <w:bookmarkStart w:id="6513" w:name="_Toc316390040"/>
+      <w:bookmarkStart w:id="6514" w:name="_Toc316462632"/>
+      <w:bookmarkStart w:id="6515" w:name="_Toc316463989"/>
+      <w:bookmarkStart w:id="6516" w:name="_Toc316561857"/>
+      <w:bookmarkStart w:id="6517" w:name="_Toc318382630"/>
+      <w:bookmarkStart w:id="6518" w:name="_Toc321916860"/>
+      <w:bookmarkStart w:id="6519" w:name="_Toc321922720"/>
+      <w:bookmarkStart w:id="6520" w:name="_Toc322002854"/>
+      <w:bookmarkStart w:id="6521" w:name="_Toc322003335"/>
+      <w:bookmarkStart w:id="6522" w:name="_Toc322425957"/>
+      <w:bookmarkStart w:id="6523" w:name="_Toc323388677"/>
+      <w:bookmarkStart w:id="6524" w:name="_Toc323389192"/>
+      <w:bookmarkStart w:id="6525" w:name="_Toc323390106"/>
+      <w:bookmarkStart w:id="6526" w:name="_Toc323393523"/>
+      <w:bookmarkStart w:id="6527" w:name="_Toc323817368"/>
+      <w:bookmarkStart w:id="6528" w:name="_Toc323817883"/>
+      <w:bookmarkStart w:id="6529" w:name="_Toc323903760"/>
+      <w:bookmarkStart w:id="6530" w:name="_Toc316385977"/>
+      <w:bookmarkStart w:id="6531" w:name="_Toc316386335"/>
+      <w:bookmarkStart w:id="6532" w:name="_Toc316388919"/>
+      <w:bookmarkStart w:id="6533" w:name="_Toc316389346"/>
+      <w:bookmarkStart w:id="6534" w:name="_Toc316389642"/>
+      <w:bookmarkStart w:id="6535" w:name="_Toc316390041"/>
+      <w:bookmarkStart w:id="6536" w:name="_Toc316462633"/>
+      <w:bookmarkStart w:id="6537" w:name="_Toc316463990"/>
+      <w:bookmarkStart w:id="6538" w:name="_Toc316561858"/>
+      <w:bookmarkStart w:id="6539" w:name="_Toc318382631"/>
+      <w:bookmarkStart w:id="6540" w:name="_Toc321916861"/>
+      <w:bookmarkStart w:id="6541" w:name="_Toc321922721"/>
+      <w:bookmarkStart w:id="6542" w:name="_Toc322002855"/>
+      <w:bookmarkStart w:id="6543" w:name="_Toc322003336"/>
+      <w:bookmarkStart w:id="6544" w:name="_Toc322425958"/>
+      <w:bookmarkStart w:id="6545" w:name="_Toc323388678"/>
+      <w:bookmarkStart w:id="6546" w:name="_Toc323389193"/>
+      <w:bookmarkStart w:id="6547" w:name="_Toc323390107"/>
+      <w:bookmarkStart w:id="6548" w:name="_Toc323393524"/>
+      <w:bookmarkStart w:id="6549" w:name="_Toc323817369"/>
+      <w:bookmarkStart w:id="6550" w:name="_Toc323817884"/>
+      <w:bookmarkStart w:id="6551" w:name="_Toc323903761"/>
+      <w:bookmarkStart w:id="6552" w:name="_Toc316385978"/>
+      <w:bookmarkStart w:id="6553" w:name="_Toc316386336"/>
+      <w:bookmarkStart w:id="6554" w:name="_Toc316388920"/>
+      <w:bookmarkStart w:id="6555" w:name="_Toc316389347"/>
+      <w:bookmarkStart w:id="6556" w:name="_Toc316389643"/>
+      <w:bookmarkStart w:id="6557" w:name="_Toc316390042"/>
+      <w:bookmarkStart w:id="6558" w:name="_Toc316462634"/>
+      <w:bookmarkStart w:id="6559" w:name="_Toc316463991"/>
+      <w:bookmarkStart w:id="6560" w:name="_Toc316561859"/>
+      <w:bookmarkStart w:id="6561" w:name="_Toc318382632"/>
+      <w:bookmarkStart w:id="6562" w:name="_Toc321916862"/>
+      <w:bookmarkStart w:id="6563" w:name="_Toc321922722"/>
+      <w:bookmarkStart w:id="6564" w:name="_Toc322002856"/>
+      <w:bookmarkStart w:id="6565" w:name="_Toc322003337"/>
+      <w:bookmarkStart w:id="6566" w:name="_Toc322425959"/>
+      <w:bookmarkStart w:id="6567" w:name="_Toc323388679"/>
+      <w:bookmarkStart w:id="6568" w:name="_Toc323389194"/>
+      <w:bookmarkStart w:id="6569" w:name="_Toc323390108"/>
+      <w:bookmarkStart w:id="6570" w:name="_Toc323393525"/>
+      <w:bookmarkStart w:id="6571" w:name="_Toc323817370"/>
+      <w:bookmarkStart w:id="6572" w:name="_Toc323817885"/>
+      <w:bookmarkStart w:id="6573" w:name="_Toc323903762"/>
+      <w:bookmarkStart w:id="6574" w:name="_Toc316385979"/>
+      <w:bookmarkStart w:id="6575" w:name="_Toc316386337"/>
+      <w:bookmarkStart w:id="6576" w:name="_Toc316388921"/>
+      <w:bookmarkStart w:id="6577" w:name="_Toc316389348"/>
+      <w:bookmarkStart w:id="6578" w:name="_Toc316389644"/>
+      <w:bookmarkStart w:id="6579" w:name="_Toc316390043"/>
+      <w:bookmarkStart w:id="6580" w:name="_Toc316462635"/>
+      <w:bookmarkStart w:id="6581" w:name="_Toc316463992"/>
+      <w:bookmarkStart w:id="6582" w:name="_Toc316561860"/>
+      <w:bookmarkStart w:id="6583" w:name="_Toc318382633"/>
+      <w:bookmarkStart w:id="6584" w:name="_Toc321916863"/>
+      <w:bookmarkStart w:id="6585" w:name="_Toc321922723"/>
+      <w:bookmarkStart w:id="6586" w:name="_Toc322002857"/>
+      <w:bookmarkStart w:id="6587" w:name="_Toc322003338"/>
+      <w:bookmarkStart w:id="6588" w:name="_Toc322425960"/>
+      <w:bookmarkStart w:id="6589" w:name="_Toc323388680"/>
+      <w:bookmarkStart w:id="6590" w:name="_Toc323389195"/>
+      <w:bookmarkStart w:id="6591" w:name="_Toc323390109"/>
+      <w:bookmarkStart w:id="6592" w:name="_Toc323393526"/>
+      <w:bookmarkStart w:id="6593" w:name="_Toc323817371"/>
+      <w:bookmarkStart w:id="6594" w:name="_Toc323817886"/>
+      <w:bookmarkStart w:id="6595" w:name="_Toc323903763"/>
+      <w:bookmarkStart w:id="6596" w:name="_Toc316385980"/>
+      <w:bookmarkStart w:id="6597" w:name="_Toc316386338"/>
+      <w:bookmarkStart w:id="6598" w:name="_Toc316388922"/>
+      <w:bookmarkStart w:id="6599" w:name="_Toc316389349"/>
+      <w:bookmarkStart w:id="6600" w:name="_Toc316389645"/>
+      <w:bookmarkStart w:id="6601" w:name="_Toc316390044"/>
+      <w:bookmarkStart w:id="6602" w:name="_Toc316462636"/>
+      <w:bookmarkStart w:id="6603" w:name="_Toc316463993"/>
+      <w:bookmarkStart w:id="6604" w:name="_Toc316561861"/>
+      <w:bookmarkStart w:id="6605" w:name="_Toc318382634"/>
+      <w:bookmarkStart w:id="6606" w:name="_Toc321916864"/>
+      <w:bookmarkStart w:id="6607" w:name="_Toc321922724"/>
+      <w:bookmarkStart w:id="6608" w:name="_Toc322002858"/>
+      <w:bookmarkStart w:id="6609" w:name="_Toc322003339"/>
+      <w:bookmarkStart w:id="6610" w:name="_Toc322425961"/>
+      <w:bookmarkStart w:id="6611" w:name="_Toc323388681"/>
+      <w:bookmarkStart w:id="6612" w:name="_Toc323389196"/>
+      <w:bookmarkStart w:id="6613" w:name="_Toc323390110"/>
+      <w:bookmarkStart w:id="6614" w:name="_Toc323393527"/>
+      <w:bookmarkStart w:id="6615" w:name="_Toc323817372"/>
+      <w:bookmarkStart w:id="6616" w:name="_Toc323817887"/>
+      <w:bookmarkStart w:id="6617" w:name="_Toc323903764"/>
+      <w:bookmarkStart w:id="6618" w:name="_Toc321916867"/>
+      <w:bookmarkStart w:id="6619" w:name="_Toc321922727"/>
+      <w:bookmarkStart w:id="6620" w:name="_Toc322002861"/>
+      <w:bookmarkStart w:id="6621" w:name="_Toc322003342"/>
+      <w:bookmarkStart w:id="6622" w:name="_Toc322425964"/>
+      <w:bookmarkStart w:id="6623" w:name="_Toc323388684"/>
+      <w:bookmarkStart w:id="6624" w:name="_Toc323389199"/>
+      <w:bookmarkStart w:id="6625" w:name="_Toc323390113"/>
+      <w:bookmarkStart w:id="6626" w:name="_Toc323393530"/>
+      <w:bookmarkStart w:id="6627" w:name="_Toc323817375"/>
+      <w:bookmarkStart w:id="6628" w:name="_Toc323817890"/>
+      <w:bookmarkStart w:id="6629" w:name="_Toc323903767"/>
+      <w:bookmarkStart w:id="6630" w:name="_Toc321916869"/>
+      <w:bookmarkStart w:id="6631" w:name="_Toc321922729"/>
+      <w:bookmarkStart w:id="6632" w:name="_Toc322002863"/>
+      <w:bookmarkStart w:id="6633" w:name="_Toc322003344"/>
+      <w:bookmarkStart w:id="6634" w:name="_Toc322425966"/>
+      <w:bookmarkStart w:id="6635" w:name="_Toc323388686"/>
+      <w:bookmarkStart w:id="6636" w:name="_Toc323389201"/>
+      <w:bookmarkStart w:id="6637" w:name="_Toc323390115"/>
+      <w:bookmarkStart w:id="6638" w:name="_Toc323393532"/>
+      <w:bookmarkStart w:id="6639" w:name="_Toc323817377"/>
+      <w:bookmarkStart w:id="6640" w:name="_Toc323817892"/>
+      <w:bookmarkStart w:id="6641" w:name="_Toc323903769"/>
+      <w:bookmarkStart w:id="6642" w:name="_Toc321916871"/>
+      <w:bookmarkStart w:id="6643" w:name="_Toc321922731"/>
+      <w:bookmarkStart w:id="6644" w:name="_Toc322002865"/>
+      <w:bookmarkStart w:id="6645" w:name="_Toc322003346"/>
+      <w:bookmarkStart w:id="6646" w:name="_Toc322425968"/>
+      <w:bookmarkStart w:id="6647" w:name="_Toc323388688"/>
+      <w:bookmarkStart w:id="6648" w:name="_Toc323389203"/>
+      <w:bookmarkStart w:id="6649" w:name="_Toc323390117"/>
+      <w:bookmarkStart w:id="6650" w:name="_Toc323393534"/>
+      <w:bookmarkStart w:id="6651" w:name="_Toc323817379"/>
+      <w:bookmarkStart w:id="6652" w:name="_Toc323817894"/>
+      <w:bookmarkStart w:id="6653" w:name="_Toc323903771"/>
+      <w:bookmarkStart w:id="6654" w:name="_Toc321916873"/>
+      <w:bookmarkStart w:id="6655" w:name="_Toc321922733"/>
+      <w:bookmarkStart w:id="6656" w:name="_Toc322002867"/>
+      <w:bookmarkStart w:id="6657" w:name="_Toc322003348"/>
+      <w:bookmarkStart w:id="6658" w:name="_Toc322425970"/>
+      <w:bookmarkStart w:id="6659" w:name="_Toc323388690"/>
+      <w:bookmarkStart w:id="6660" w:name="_Toc323389205"/>
+      <w:bookmarkStart w:id="6661" w:name="_Toc323390119"/>
+      <w:bookmarkStart w:id="6662" w:name="_Toc323393536"/>
+      <w:bookmarkStart w:id="6663" w:name="_Toc323817381"/>
+      <w:bookmarkStart w:id="6664" w:name="_Toc323817896"/>
+      <w:bookmarkStart w:id="6665" w:name="_Toc323903773"/>
+      <w:bookmarkStart w:id="6666" w:name="_Toc321916876"/>
+      <w:bookmarkStart w:id="6667" w:name="_Toc321922736"/>
+      <w:bookmarkStart w:id="6668" w:name="_Toc322002870"/>
+      <w:bookmarkStart w:id="6669" w:name="_Toc322003351"/>
+      <w:bookmarkStart w:id="6670" w:name="_Toc322425973"/>
+      <w:bookmarkStart w:id="6671" w:name="_Toc323388693"/>
+      <w:bookmarkStart w:id="6672" w:name="_Toc323389208"/>
+      <w:bookmarkStart w:id="6673" w:name="_Toc323390122"/>
+      <w:bookmarkStart w:id="6674" w:name="_Toc323393539"/>
+      <w:bookmarkStart w:id="6675" w:name="_Toc323817384"/>
+      <w:bookmarkStart w:id="6676" w:name="_Toc323817899"/>
+      <w:bookmarkStart w:id="6677" w:name="_Toc323903776"/>
+      <w:bookmarkStart w:id="6678" w:name="_Toc318382637"/>
+      <w:bookmarkStart w:id="6679" w:name="_Toc321916877"/>
+      <w:bookmarkStart w:id="6680" w:name="_Toc321922737"/>
+      <w:bookmarkStart w:id="6681" w:name="_Toc322002871"/>
+      <w:bookmarkStart w:id="6682" w:name="_Toc322003352"/>
+      <w:bookmarkStart w:id="6683" w:name="_Toc322425974"/>
+      <w:bookmarkStart w:id="6684" w:name="_Toc323388694"/>
+      <w:bookmarkStart w:id="6685" w:name="_Toc323389209"/>
+      <w:bookmarkStart w:id="6686" w:name="_Toc323390123"/>
+      <w:bookmarkStart w:id="6687" w:name="_Toc323393540"/>
+      <w:bookmarkStart w:id="6688" w:name="_Toc323817385"/>
+      <w:bookmarkStart w:id="6689" w:name="_Toc323817900"/>
+      <w:bookmarkStart w:id="6690" w:name="_Toc323903777"/>
+      <w:bookmarkStart w:id="6691" w:name="_Toc318382638"/>
+      <w:bookmarkStart w:id="6692" w:name="_Toc321916878"/>
+      <w:bookmarkStart w:id="6693" w:name="_Toc321922738"/>
+      <w:bookmarkStart w:id="6694" w:name="_Toc322002872"/>
+      <w:bookmarkStart w:id="6695" w:name="_Toc322003353"/>
+      <w:bookmarkStart w:id="6696" w:name="_Toc322425975"/>
+      <w:bookmarkStart w:id="6697" w:name="_Toc323388695"/>
+      <w:bookmarkStart w:id="6698" w:name="_Toc323389210"/>
+      <w:bookmarkStart w:id="6699" w:name="_Toc323390124"/>
+      <w:bookmarkStart w:id="6700" w:name="_Toc323393541"/>
+      <w:bookmarkStart w:id="6701" w:name="_Toc323817386"/>
+      <w:bookmarkStart w:id="6702" w:name="_Toc323817901"/>
+      <w:bookmarkStart w:id="6703" w:name="_Toc323903778"/>
+      <w:bookmarkStart w:id="6704" w:name="_Toc318382639"/>
+      <w:bookmarkStart w:id="6705" w:name="_Toc321916879"/>
+      <w:bookmarkStart w:id="6706" w:name="_Toc321922739"/>
+      <w:bookmarkStart w:id="6707" w:name="_Toc322002873"/>
+      <w:bookmarkStart w:id="6708" w:name="_Toc322003354"/>
+      <w:bookmarkStart w:id="6709" w:name="_Toc322425976"/>
+      <w:bookmarkStart w:id="6710" w:name="_Toc323388696"/>
+      <w:bookmarkStart w:id="6711" w:name="_Toc323389211"/>
+      <w:bookmarkStart w:id="6712" w:name="_Toc323390125"/>
+      <w:bookmarkStart w:id="6713" w:name="_Toc323393542"/>
+      <w:bookmarkStart w:id="6714" w:name="_Toc323817387"/>
+      <w:bookmarkStart w:id="6715" w:name="_Toc323817902"/>
+      <w:bookmarkStart w:id="6716" w:name="_Toc323903779"/>
+      <w:bookmarkStart w:id="6717" w:name="_Toc318382640"/>
+      <w:bookmarkStart w:id="6718" w:name="_Toc321916880"/>
+      <w:bookmarkStart w:id="6719" w:name="_Toc321922740"/>
+      <w:bookmarkStart w:id="6720" w:name="_Toc322002874"/>
+      <w:bookmarkStart w:id="6721" w:name="_Toc322003355"/>
+      <w:bookmarkStart w:id="6722" w:name="_Toc322425977"/>
+      <w:bookmarkStart w:id="6723" w:name="_Toc323388697"/>
+      <w:bookmarkStart w:id="6724" w:name="_Toc323389212"/>
+      <w:bookmarkStart w:id="6725" w:name="_Toc323390126"/>
+      <w:bookmarkStart w:id="6726" w:name="_Toc323393543"/>
+      <w:bookmarkStart w:id="6727" w:name="_Toc323817388"/>
+      <w:bookmarkStart w:id="6728" w:name="_Toc323817903"/>
+      <w:bookmarkStart w:id="6729" w:name="_Toc323903780"/>
+      <w:bookmarkStart w:id="6730" w:name="_Toc318382641"/>
+      <w:bookmarkStart w:id="6731" w:name="_Toc321916881"/>
+      <w:bookmarkStart w:id="6732" w:name="_Toc321922741"/>
+      <w:bookmarkStart w:id="6733" w:name="_Toc322002875"/>
+      <w:bookmarkStart w:id="6734" w:name="_Toc322003356"/>
+      <w:bookmarkStart w:id="6735" w:name="_Toc322425978"/>
+      <w:bookmarkStart w:id="6736" w:name="_Toc323388698"/>
+      <w:bookmarkStart w:id="6737" w:name="_Toc323389213"/>
+      <w:bookmarkStart w:id="6738" w:name="_Toc323390127"/>
+      <w:bookmarkStart w:id="6739" w:name="_Toc323393544"/>
+      <w:bookmarkStart w:id="6740" w:name="_Toc323817389"/>
+      <w:bookmarkStart w:id="6741" w:name="_Toc323817904"/>
+      <w:bookmarkStart w:id="6742" w:name="_Toc323903781"/>
+      <w:bookmarkStart w:id="6743" w:name="_Toc318382642"/>
+      <w:bookmarkStart w:id="6744" w:name="_Toc321916882"/>
+      <w:bookmarkStart w:id="6745" w:name="_Toc321922742"/>
+      <w:bookmarkStart w:id="6746" w:name="_Toc322002876"/>
+      <w:bookmarkStart w:id="6747" w:name="_Toc322003357"/>
+      <w:bookmarkStart w:id="6748" w:name="_Toc322425979"/>
+      <w:bookmarkStart w:id="6749" w:name="_Toc323388699"/>
+      <w:bookmarkStart w:id="6750" w:name="_Toc323389214"/>
+      <w:bookmarkStart w:id="6751" w:name="_Toc323390128"/>
+      <w:bookmarkStart w:id="6752" w:name="_Toc323393545"/>
+      <w:bookmarkStart w:id="6753" w:name="_Toc323817390"/>
+      <w:bookmarkStart w:id="6754" w:name="_Toc323817905"/>
+      <w:bookmarkStart w:id="6755" w:name="_Toc323903782"/>
+      <w:bookmarkStart w:id="6756" w:name="_Toc321916883"/>
+      <w:bookmarkStart w:id="6757" w:name="_Toc321922743"/>
+      <w:bookmarkStart w:id="6758" w:name="_Toc322002877"/>
+      <w:bookmarkStart w:id="6759" w:name="_Toc322003358"/>
+      <w:bookmarkStart w:id="6760" w:name="_Toc322425980"/>
+      <w:bookmarkStart w:id="6761" w:name="_Toc323388700"/>
+      <w:bookmarkStart w:id="6762" w:name="_Toc323389215"/>
+      <w:bookmarkStart w:id="6763" w:name="_Toc323390129"/>
+      <w:bookmarkStart w:id="6764" w:name="_Toc323393546"/>
+      <w:bookmarkStart w:id="6765" w:name="_Toc323817391"/>
+      <w:bookmarkStart w:id="6766" w:name="_Toc323817906"/>
+      <w:bookmarkStart w:id="6767" w:name="_Toc323903783"/>
+      <w:bookmarkStart w:id="6768" w:name="_Toc321916886"/>
+      <w:bookmarkStart w:id="6769" w:name="_Toc321922746"/>
+      <w:bookmarkStart w:id="6770" w:name="_Toc322002880"/>
+      <w:bookmarkStart w:id="6771" w:name="_Toc322003361"/>
+      <w:bookmarkStart w:id="6772" w:name="_Toc322425983"/>
+      <w:bookmarkStart w:id="6773" w:name="_Toc323388703"/>
+      <w:bookmarkStart w:id="6774" w:name="_Toc323389218"/>
+      <w:bookmarkStart w:id="6775" w:name="_Toc323390132"/>
+      <w:bookmarkStart w:id="6776" w:name="_Toc323393549"/>
+      <w:bookmarkStart w:id="6777" w:name="_Toc323817394"/>
+      <w:bookmarkStart w:id="6778" w:name="_Toc323817909"/>
+      <w:bookmarkStart w:id="6779" w:name="_Toc323903786"/>
+      <w:bookmarkStart w:id="6780" w:name="_Toc321916899"/>
+      <w:bookmarkStart w:id="6781" w:name="_Toc321922759"/>
+      <w:bookmarkStart w:id="6782" w:name="_Toc322002893"/>
+      <w:bookmarkStart w:id="6783" w:name="_Toc322003374"/>
+      <w:bookmarkStart w:id="6784" w:name="_Toc322425996"/>
+      <w:bookmarkStart w:id="6785" w:name="_Toc323388716"/>
+      <w:bookmarkStart w:id="6786" w:name="_Toc323389231"/>
+      <w:bookmarkStart w:id="6787" w:name="_Toc323390145"/>
+      <w:bookmarkStart w:id="6788" w:name="_Toc323393562"/>
+      <w:bookmarkStart w:id="6789" w:name="_Toc323817407"/>
+      <w:bookmarkStart w:id="6790" w:name="_Toc323817922"/>
+      <w:bookmarkStart w:id="6791" w:name="_Toc323903799"/>
+      <w:bookmarkStart w:id="6792" w:name="_Toc321916900"/>
+      <w:bookmarkStart w:id="6793" w:name="_Toc321922760"/>
+      <w:bookmarkStart w:id="6794" w:name="_Toc322002894"/>
+      <w:bookmarkStart w:id="6795" w:name="_Toc322003375"/>
+      <w:bookmarkStart w:id="6796" w:name="_Toc322425997"/>
+      <w:bookmarkStart w:id="6797" w:name="_Toc323388717"/>
+      <w:bookmarkStart w:id="6798" w:name="_Toc323389232"/>
+      <w:bookmarkStart w:id="6799" w:name="_Toc323390146"/>
+      <w:bookmarkStart w:id="6800" w:name="_Toc323393563"/>
+      <w:bookmarkStart w:id="6801" w:name="_Toc323817408"/>
+      <w:bookmarkStart w:id="6802" w:name="_Toc323817923"/>
+      <w:bookmarkStart w:id="6803" w:name="_Toc323903800"/>
+      <w:bookmarkStart w:id="6804" w:name="_Toc321916901"/>
+      <w:bookmarkStart w:id="6805" w:name="_Toc321922761"/>
+      <w:bookmarkStart w:id="6806" w:name="_Toc322002895"/>
+      <w:bookmarkStart w:id="6807" w:name="_Toc322003376"/>
+      <w:bookmarkStart w:id="6808" w:name="_Toc322425998"/>
+      <w:bookmarkStart w:id="6809" w:name="_Toc323388718"/>
+      <w:bookmarkStart w:id="6810" w:name="_Toc323389233"/>
+      <w:bookmarkStart w:id="6811" w:name="_Toc323390147"/>
+      <w:bookmarkStart w:id="6812" w:name="_Toc323393564"/>
+      <w:bookmarkStart w:id="6813" w:name="_Toc323817409"/>
+      <w:bookmarkStart w:id="6814" w:name="_Toc323817924"/>
+      <w:bookmarkStart w:id="6815" w:name="_Toc323903801"/>
+      <w:bookmarkStart w:id="6816" w:name="_Toc321916902"/>
+      <w:bookmarkStart w:id="6817" w:name="_Toc321922762"/>
+      <w:bookmarkStart w:id="6818" w:name="_Toc322002896"/>
+      <w:bookmarkStart w:id="6819" w:name="_Toc322003377"/>
+      <w:bookmarkStart w:id="6820" w:name="_Toc322425999"/>
+      <w:bookmarkStart w:id="6821" w:name="_Toc323388719"/>
+      <w:bookmarkStart w:id="6822" w:name="_Toc323389234"/>
+      <w:bookmarkStart w:id="6823" w:name="_Toc323390148"/>
+      <w:bookmarkStart w:id="6824" w:name="_Toc323393565"/>
+      <w:bookmarkStart w:id="6825" w:name="_Toc323817410"/>
+      <w:bookmarkStart w:id="6826" w:name="_Toc323817925"/>
+      <w:bookmarkStart w:id="6827" w:name="_Toc323903802"/>
+      <w:bookmarkStart w:id="6828" w:name="_Toc321916903"/>
+      <w:bookmarkStart w:id="6829" w:name="_Toc321922763"/>
+      <w:bookmarkStart w:id="6830" w:name="_Toc322002897"/>
+      <w:bookmarkStart w:id="6831" w:name="_Toc322003378"/>
+      <w:bookmarkStart w:id="6832" w:name="_Toc322426000"/>
+      <w:bookmarkStart w:id="6833" w:name="_Toc323388720"/>
+      <w:bookmarkStart w:id="6834" w:name="_Toc323389235"/>
+      <w:bookmarkStart w:id="6835" w:name="_Toc323390149"/>
+      <w:bookmarkStart w:id="6836" w:name="_Toc323393566"/>
+      <w:bookmarkStart w:id="6837" w:name="_Toc323817411"/>
+      <w:bookmarkStart w:id="6838" w:name="_Toc323817926"/>
+      <w:bookmarkStart w:id="6839" w:name="_Toc323903803"/>
+      <w:bookmarkStart w:id="6840" w:name="_Toc321916904"/>
+      <w:bookmarkStart w:id="6841" w:name="_Toc321922764"/>
+      <w:bookmarkStart w:id="6842" w:name="_Toc322002898"/>
+      <w:bookmarkStart w:id="6843" w:name="_Toc322003379"/>
+      <w:bookmarkStart w:id="6844" w:name="_Toc322426001"/>
+      <w:bookmarkStart w:id="6845" w:name="_Toc323388721"/>
+      <w:bookmarkStart w:id="6846" w:name="_Toc323389236"/>
+      <w:bookmarkStart w:id="6847" w:name="_Toc323390150"/>
+      <w:bookmarkStart w:id="6848" w:name="_Toc323393567"/>
+      <w:bookmarkStart w:id="6849" w:name="_Toc323817412"/>
+      <w:bookmarkStart w:id="6850" w:name="_Toc323817927"/>
+      <w:bookmarkStart w:id="6851" w:name="_Toc323903804"/>
+      <w:bookmarkStart w:id="6852" w:name="_Toc321916905"/>
+      <w:bookmarkStart w:id="6853" w:name="_Toc321922765"/>
+      <w:bookmarkStart w:id="6854" w:name="_Toc322002899"/>
+      <w:bookmarkStart w:id="6855" w:name="_Toc322003380"/>
+      <w:bookmarkStart w:id="6856" w:name="_Toc322426002"/>
+      <w:bookmarkStart w:id="6857" w:name="_Toc323388722"/>
+      <w:bookmarkStart w:id="6858" w:name="_Toc323389237"/>
+      <w:bookmarkStart w:id="6859" w:name="_Toc323390151"/>
+      <w:bookmarkStart w:id="6860" w:name="_Toc323393568"/>
+      <w:bookmarkStart w:id="6861" w:name="_Toc323817413"/>
+      <w:bookmarkStart w:id="6862" w:name="_Toc323817928"/>
+      <w:bookmarkStart w:id="6863" w:name="_Toc323903805"/>
+      <w:bookmarkStart w:id="6864" w:name="_Toc321916906"/>
+      <w:bookmarkStart w:id="6865" w:name="_Toc321922766"/>
+      <w:bookmarkStart w:id="6866" w:name="_Toc322002900"/>
+      <w:bookmarkStart w:id="6867" w:name="_Toc322003381"/>
+      <w:bookmarkStart w:id="6868" w:name="_Toc322426003"/>
+      <w:bookmarkStart w:id="6869" w:name="_Toc323388723"/>
+      <w:bookmarkStart w:id="6870" w:name="_Toc323389238"/>
+      <w:bookmarkStart w:id="6871" w:name="_Toc323390152"/>
+      <w:bookmarkStart w:id="6872" w:name="_Toc323393569"/>
+      <w:bookmarkStart w:id="6873" w:name="_Toc323817414"/>
+      <w:bookmarkStart w:id="6874" w:name="_Toc323817929"/>
+      <w:bookmarkStart w:id="6875" w:name="_Toc323903806"/>
+      <w:bookmarkStart w:id="6876" w:name="_Toc321916908"/>
+      <w:bookmarkStart w:id="6877" w:name="_Toc321922768"/>
+      <w:bookmarkStart w:id="6878" w:name="_Toc322002902"/>
+      <w:bookmarkStart w:id="6879" w:name="_Toc322003383"/>
+      <w:bookmarkStart w:id="6880" w:name="_Toc322426005"/>
+      <w:bookmarkStart w:id="6881" w:name="_Toc323388725"/>
+      <w:bookmarkStart w:id="6882" w:name="_Toc323389240"/>
+      <w:bookmarkStart w:id="6883" w:name="_Toc323390154"/>
+      <w:bookmarkStart w:id="6884" w:name="_Toc323393571"/>
+      <w:bookmarkStart w:id="6885" w:name="_Toc323817416"/>
+      <w:bookmarkStart w:id="6886" w:name="_Toc323817931"/>
+      <w:bookmarkStart w:id="6887" w:name="_Toc323903808"/>
+      <w:bookmarkStart w:id="6888" w:name="_Toc316385986"/>
+      <w:bookmarkStart w:id="6889" w:name="_Toc316386344"/>
+      <w:bookmarkStart w:id="6890" w:name="_Toc316388928"/>
+      <w:bookmarkStart w:id="6891" w:name="_Toc316389355"/>
+      <w:bookmarkStart w:id="6892" w:name="_Toc316389651"/>
+      <w:bookmarkStart w:id="6893" w:name="_Toc316390050"/>
+      <w:bookmarkStart w:id="6894" w:name="_Toc316462642"/>
+      <w:bookmarkStart w:id="6895" w:name="_Toc316463999"/>
+      <w:bookmarkStart w:id="6896" w:name="_Toc316561867"/>
+      <w:bookmarkStart w:id="6897" w:name="_Toc318382646"/>
+      <w:bookmarkStart w:id="6898" w:name="_Toc321916912"/>
+      <w:bookmarkStart w:id="6899" w:name="_Toc321922772"/>
+      <w:bookmarkStart w:id="6900" w:name="_Toc322002906"/>
+      <w:bookmarkStart w:id="6901" w:name="_Toc322003387"/>
+      <w:bookmarkStart w:id="6902" w:name="_Toc322426009"/>
+      <w:bookmarkStart w:id="6903" w:name="_Toc323388729"/>
+      <w:bookmarkStart w:id="6904" w:name="_Toc323389244"/>
+      <w:bookmarkStart w:id="6905" w:name="_Toc323390158"/>
+      <w:bookmarkStart w:id="6906" w:name="_Toc323393575"/>
+      <w:bookmarkStart w:id="6907" w:name="_Toc323817420"/>
+      <w:bookmarkStart w:id="6908" w:name="_Toc323817935"/>
+      <w:bookmarkStart w:id="6909" w:name="_Toc323903812"/>
+      <w:bookmarkStart w:id="6910" w:name="_Toc316385988"/>
+      <w:bookmarkStart w:id="6911" w:name="_Toc316386346"/>
+      <w:bookmarkStart w:id="6912" w:name="_Toc316388930"/>
+      <w:bookmarkStart w:id="6913" w:name="_Toc316389357"/>
+      <w:bookmarkStart w:id="6914" w:name="_Toc316389653"/>
+      <w:bookmarkStart w:id="6915" w:name="_Toc316390052"/>
+      <w:bookmarkStart w:id="6916" w:name="_Toc316462644"/>
+      <w:bookmarkStart w:id="6917" w:name="_Toc316464001"/>
+      <w:bookmarkStart w:id="6918" w:name="_Toc316561869"/>
+      <w:bookmarkStart w:id="6919" w:name="_Toc318382648"/>
+      <w:bookmarkStart w:id="6920" w:name="_Toc321916914"/>
+      <w:bookmarkStart w:id="6921" w:name="_Toc321922774"/>
+      <w:bookmarkStart w:id="6922" w:name="_Toc322002908"/>
+      <w:bookmarkStart w:id="6923" w:name="_Toc322003389"/>
+      <w:bookmarkStart w:id="6924" w:name="_Toc322426011"/>
+      <w:bookmarkStart w:id="6925" w:name="_Toc323388731"/>
+      <w:bookmarkStart w:id="6926" w:name="_Toc323389246"/>
+      <w:bookmarkStart w:id="6927" w:name="_Toc323390160"/>
+      <w:bookmarkStart w:id="6928" w:name="_Toc323393577"/>
+      <w:bookmarkStart w:id="6929" w:name="_Toc323817422"/>
+      <w:bookmarkStart w:id="6930" w:name="_Toc323817937"/>
+      <w:bookmarkStart w:id="6931" w:name="_Toc323903814"/>
+      <w:bookmarkStart w:id="6932" w:name="_Toc316385989"/>
+      <w:bookmarkStart w:id="6933" w:name="_Toc316386347"/>
+      <w:bookmarkStart w:id="6934" w:name="_Toc316388931"/>
+      <w:bookmarkStart w:id="6935" w:name="_Toc316389358"/>
+      <w:bookmarkStart w:id="6936" w:name="_Toc316389654"/>
+      <w:bookmarkStart w:id="6937" w:name="_Toc316390053"/>
+      <w:bookmarkStart w:id="6938" w:name="_Toc316462645"/>
+      <w:bookmarkStart w:id="6939" w:name="_Toc316464002"/>
+      <w:bookmarkStart w:id="6940" w:name="_Toc316561870"/>
+      <w:bookmarkStart w:id="6941" w:name="_Toc318382649"/>
+      <w:bookmarkStart w:id="6942" w:name="_Toc321916915"/>
+      <w:bookmarkStart w:id="6943" w:name="_Toc321922775"/>
+      <w:bookmarkStart w:id="6944" w:name="_Toc322002909"/>
+      <w:bookmarkStart w:id="6945" w:name="_Toc322003390"/>
+      <w:bookmarkStart w:id="6946" w:name="_Toc322426012"/>
+      <w:bookmarkStart w:id="6947" w:name="_Toc323388732"/>
+      <w:bookmarkStart w:id="6948" w:name="_Toc323389247"/>
+      <w:bookmarkStart w:id="6949" w:name="_Toc323390161"/>
+      <w:bookmarkStart w:id="6950" w:name="_Toc323393578"/>
+      <w:bookmarkStart w:id="6951" w:name="_Toc323817423"/>
+      <w:bookmarkStart w:id="6952" w:name="_Toc323817938"/>
+      <w:bookmarkStart w:id="6953" w:name="_Toc323903815"/>
+      <w:bookmarkStart w:id="6954" w:name="_Toc316385990"/>
+      <w:bookmarkStart w:id="6955" w:name="_Toc316386348"/>
+      <w:bookmarkStart w:id="6956" w:name="_Toc316388932"/>
+      <w:bookmarkStart w:id="6957" w:name="_Toc316389359"/>
+      <w:bookmarkStart w:id="6958" w:name="_Toc316389655"/>
+      <w:bookmarkStart w:id="6959" w:name="_Toc316390054"/>
+      <w:bookmarkStart w:id="6960" w:name="_Toc316462646"/>
+      <w:bookmarkStart w:id="6961" w:name="_Toc316464003"/>
+      <w:bookmarkStart w:id="6962" w:name="_Toc316561871"/>
+      <w:bookmarkStart w:id="6963" w:name="_Toc318382650"/>
+      <w:bookmarkStart w:id="6964" w:name="_Toc321916916"/>
+      <w:bookmarkStart w:id="6965" w:name="_Toc321922776"/>
+      <w:bookmarkStart w:id="6966" w:name="_Toc322002910"/>
+      <w:bookmarkStart w:id="6967" w:name="_Toc322003391"/>
+      <w:bookmarkStart w:id="6968" w:name="_Toc322426013"/>
+      <w:bookmarkStart w:id="6969" w:name="_Toc323388733"/>
+      <w:bookmarkStart w:id="6970" w:name="_Toc323389248"/>
+      <w:bookmarkStart w:id="6971" w:name="_Toc323390162"/>
+      <w:bookmarkStart w:id="6972" w:name="_Toc323393579"/>
+      <w:bookmarkStart w:id="6973" w:name="_Toc323817424"/>
+      <w:bookmarkStart w:id="6974" w:name="_Toc323817939"/>
+      <w:bookmarkStart w:id="6975" w:name="_Toc323903816"/>
+      <w:bookmarkStart w:id="6976" w:name="_Toc316385993"/>
+      <w:bookmarkStart w:id="6977" w:name="_Toc316386351"/>
+      <w:bookmarkStart w:id="6978" w:name="_Toc316388935"/>
+      <w:bookmarkStart w:id="6979" w:name="_Toc316389362"/>
+      <w:bookmarkStart w:id="6980" w:name="_Toc316389658"/>
+      <w:bookmarkStart w:id="6981" w:name="_Toc316390057"/>
+      <w:bookmarkStart w:id="6982" w:name="_Toc316462649"/>
+      <w:bookmarkStart w:id="6983" w:name="_Toc316464006"/>
+      <w:bookmarkStart w:id="6984" w:name="_Toc316561874"/>
+      <w:bookmarkStart w:id="6985" w:name="_Toc318382653"/>
+      <w:bookmarkStart w:id="6986" w:name="_Toc321916919"/>
+      <w:bookmarkStart w:id="6987" w:name="_Toc321922779"/>
+      <w:bookmarkStart w:id="6988" w:name="_Toc322002913"/>
+      <w:bookmarkStart w:id="6989" w:name="_Toc322003394"/>
+      <w:bookmarkStart w:id="6990" w:name="_Toc322426016"/>
+      <w:bookmarkStart w:id="6991" w:name="_Toc323388736"/>
+      <w:bookmarkStart w:id="6992" w:name="_Toc323389251"/>
+      <w:bookmarkStart w:id="6993" w:name="_Toc323390165"/>
+      <w:bookmarkStart w:id="6994" w:name="_Toc323393582"/>
+      <w:bookmarkStart w:id="6995" w:name="_Toc323817427"/>
+      <w:bookmarkStart w:id="6996" w:name="_Toc323817942"/>
+      <w:bookmarkStart w:id="6997" w:name="_Toc323903819"/>
+      <w:bookmarkStart w:id="6998" w:name="_Toc316385994"/>
+      <w:bookmarkStart w:id="6999" w:name="_Toc316386352"/>
+      <w:bookmarkStart w:id="7000" w:name="_Toc316388936"/>
+      <w:bookmarkStart w:id="7001" w:name="_Toc316389363"/>
+      <w:bookmarkStart w:id="7002" w:name="_Toc316389659"/>
+      <w:bookmarkStart w:id="7003" w:name="_Toc316390058"/>
+      <w:bookmarkStart w:id="7004" w:name="_Toc316462650"/>
+      <w:bookmarkStart w:id="7005" w:name="_Toc316464007"/>
+      <w:bookmarkStart w:id="7006" w:name="_Toc316561875"/>
+      <w:bookmarkStart w:id="7007" w:name="_Toc318382654"/>
+      <w:bookmarkStart w:id="7008" w:name="_Toc321916920"/>
+      <w:bookmarkStart w:id="7009" w:name="_Toc321922780"/>
+      <w:bookmarkStart w:id="7010" w:name="_Toc322002914"/>
+      <w:bookmarkStart w:id="7011" w:name="_Toc322003395"/>
+      <w:bookmarkStart w:id="7012" w:name="_Toc322426017"/>
+      <w:bookmarkStart w:id="7013" w:name="_Toc323388737"/>
+      <w:bookmarkStart w:id="7014" w:name="_Toc323389252"/>
+      <w:bookmarkStart w:id="7015" w:name="_Toc323390166"/>
+      <w:bookmarkStart w:id="7016" w:name="_Toc323393583"/>
+      <w:bookmarkStart w:id="7017" w:name="_Toc323817428"/>
+      <w:bookmarkStart w:id="7018" w:name="_Toc323817943"/>
+      <w:bookmarkStart w:id="7019" w:name="_Toc323903820"/>
+      <w:bookmarkStart w:id="7020" w:name="_Toc316385995"/>
+      <w:bookmarkStart w:id="7021" w:name="_Toc316386353"/>
+      <w:bookmarkStart w:id="7022" w:name="_Toc316388937"/>
+      <w:bookmarkStart w:id="7023" w:name="_Toc316389364"/>
+      <w:bookmarkStart w:id="7024" w:name="_Toc316389660"/>
+      <w:bookmarkStart w:id="7025" w:name="_Toc316390059"/>
+      <w:bookmarkStart w:id="7026" w:name="_Toc316462651"/>
+      <w:bookmarkStart w:id="7027" w:name="_Toc316464008"/>
+      <w:bookmarkStart w:id="7028" w:name="_Toc316561876"/>
+      <w:bookmarkStart w:id="7029" w:name="_Toc318382655"/>
+      <w:bookmarkStart w:id="7030" w:name="_Toc321916921"/>
+      <w:bookmarkStart w:id="7031" w:name="_Toc321922781"/>
+      <w:bookmarkStart w:id="7032" w:name="_Toc322002915"/>
+      <w:bookmarkStart w:id="7033" w:name="_Toc322003396"/>
+      <w:bookmarkStart w:id="7034" w:name="_Toc322426018"/>
+      <w:bookmarkStart w:id="7035" w:name="_Toc323388738"/>
+      <w:bookmarkStart w:id="7036" w:name="_Toc323389253"/>
+      <w:bookmarkStart w:id="7037" w:name="_Toc323390167"/>
+      <w:bookmarkStart w:id="7038" w:name="_Toc323393584"/>
+      <w:bookmarkStart w:id="7039" w:name="_Toc323817429"/>
+      <w:bookmarkStart w:id="7040" w:name="_Toc323817944"/>
+      <w:bookmarkStart w:id="7041" w:name="_Toc323903821"/>
+      <w:bookmarkStart w:id="7042" w:name="_Toc316385996"/>
+      <w:bookmarkStart w:id="7043" w:name="_Toc316386354"/>
+      <w:bookmarkStart w:id="7044" w:name="_Toc316388938"/>
+      <w:bookmarkStart w:id="7045" w:name="_Toc316389365"/>
+      <w:bookmarkStart w:id="7046" w:name="_Toc316389661"/>
+      <w:bookmarkStart w:id="7047" w:name="_Toc316390060"/>
+      <w:bookmarkStart w:id="7048" w:name="_Toc316462652"/>
+      <w:bookmarkStart w:id="7049" w:name="_Toc316464009"/>
+      <w:bookmarkStart w:id="7050" w:name="_Toc316561877"/>
+      <w:bookmarkStart w:id="7051" w:name="_Toc318382656"/>
+      <w:bookmarkStart w:id="7052" w:name="_Toc321916922"/>
+      <w:bookmarkStart w:id="7053" w:name="_Toc321922782"/>
+      <w:bookmarkStart w:id="7054" w:name="_Toc322002916"/>
+      <w:bookmarkStart w:id="7055" w:name="_Toc322003397"/>
+      <w:bookmarkStart w:id="7056" w:name="_Toc322426019"/>
+      <w:bookmarkStart w:id="7057" w:name="_Toc323388739"/>
+      <w:bookmarkStart w:id="7058" w:name="_Toc323389254"/>
+      <w:bookmarkStart w:id="7059" w:name="_Toc323390168"/>
+      <w:bookmarkStart w:id="7060" w:name="_Toc323393585"/>
+      <w:bookmarkStart w:id="7061" w:name="_Toc323817430"/>
+      <w:bookmarkStart w:id="7062" w:name="_Toc323817945"/>
+      <w:bookmarkStart w:id="7063" w:name="_Toc323903822"/>
+      <w:bookmarkStart w:id="7064" w:name="_Toc316385997"/>
+      <w:bookmarkStart w:id="7065" w:name="_Toc316386355"/>
+      <w:bookmarkStart w:id="7066" w:name="_Toc316388939"/>
+      <w:bookmarkStart w:id="7067" w:name="_Toc316389366"/>
+      <w:bookmarkStart w:id="7068" w:name="_Toc316389662"/>
+      <w:bookmarkStart w:id="7069" w:name="_Toc316390061"/>
+      <w:bookmarkStart w:id="7070" w:name="_Toc316462653"/>
+      <w:bookmarkStart w:id="7071" w:name="_Toc316464010"/>
+      <w:bookmarkStart w:id="7072" w:name="_Toc316561878"/>
+      <w:bookmarkStart w:id="7073" w:name="_Toc318382657"/>
+      <w:bookmarkStart w:id="7074" w:name="_Toc321916923"/>
+      <w:bookmarkStart w:id="7075" w:name="_Toc321922783"/>
+      <w:bookmarkStart w:id="7076" w:name="_Toc322002917"/>
+      <w:bookmarkStart w:id="7077" w:name="_Toc322003398"/>
+      <w:bookmarkStart w:id="7078" w:name="_Toc322426020"/>
+      <w:bookmarkStart w:id="7079" w:name="_Toc323388740"/>
+      <w:bookmarkStart w:id="7080" w:name="_Toc323389255"/>
+      <w:bookmarkStart w:id="7081" w:name="_Toc323390169"/>
+      <w:bookmarkStart w:id="7082" w:name="_Toc323393586"/>
+      <w:bookmarkStart w:id="7083" w:name="_Toc323817431"/>
+      <w:bookmarkStart w:id="7084" w:name="_Toc323817946"/>
+      <w:bookmarkStart w:id="7085" w:name="_Toc323903823"/>
+      <w:bookmarkStart w:id="7086" w:name="_Toc316385998"/>
+      <w:bookmarkStart w:id="7087" w:name="_Toc316386356"/>
+      <w:bookmarkStart w:id="7088" w:name="_Toc316388940"/>
+      <w:bookmarkStart w:id="7089" w:name="_Toc316389367"/>
+      <w:bookmarkStart w:id="7090" w:name="_Toc316389663"/>
+      <w:bookmarkStart w:id="7091" w:name="_Toc316390062"/>
+      <w:bookmarkStart w:id="7092" w:name="_Toc316462654"/>
+      <w:bookmarkStart w:id="7093" w:name="_Toc316464011"/>
+      <w:bookmarkStart w:id="7094" w:name="_Toc316561879"/>
+      <w:bookmarkStart w:id="7095" w:name="_Toc318382658"/>
+      <w:bookmarkStart w:id="7096" w:name="_Toc321916924"/>
+      <w:bookmarkStart w:id="7097" w:name="_Toc321922784"/>
+      <w:bookmarkStart w:id="7098" w:name="_Toc322002918"/>
+      <w:bookmarkStart w:id="7099" w:name="_Toc322003399"/>
+      <w:bookmarkStart w:id="7100" w:name="_Toc322426021"/>
+      <w:bookmarkStart w:id="7101" w:name="_Toc323388741"/>
+      <w:bookmarkStart w:id="7102" w:name="_Toc323389256"/>
+      <w:bookmarkStart w:id="7103" w:name="_Toc323390170"/>
+      <w:bookmarkStart w:id="7104" w:name="_Toc323393587"/>
+      <w:bookmarkStart w:id="7105" w:name="_Toc323817432"/>
+      <w:bookmarkStart w:id="7106" w:name="_Toc323817947"/>
+      <w:bookmarkStart w:id="7107" w:name="_Toc323903824"/>
+      <w:bookmarkStart w:id="7108" w:name="_Toc316385999"/>
+      <w:bookmarkStart w:id="7109" w:name="_Toc316386357"/>
+      <w:bookmarkStart w:id="7110" w:name="_Toc316388941"/>
+      <w:bookmarkStart w:id="7111" w:name="_Toc316389368"/>
+      <w:bookmarkStart w:id="7112" w:name="_Toc316389664"/>
+      <w:bookmarkStart w:id="7113" w:name="_Toc316390063"/>
+      <w:bookmarkStart w:id="7114" w:name="_Toc316462655"/>
+      <w:bookmarkStart w:id="7115" w:name="_Toc316464012"/>
+      <w:bookmarkStart w:id="7116" w:name="_Toc316561880"/>
+      <w:bookmarkStart w:id="7117" w:name="_Toc318382659"/>
+      <w:bookmarkStart w:id="7118" w:name="_Toc321916925"/>
+      <w:bookmarkStart w:id="7119" w:name="_Toc321922785"/>
+      <w:bookmarkStart w:id="7120" w:name="_Toc322002919"/>
+      <w:bookmarkStart w:id="7121" w:name="_Toc322003400"/>
+      <w:bookmarkStart w:id="7122" w:name="_Toc322426022"/>
+      <w:bookmarkStart w:id="7123" w:name="_Toc323388742"/>
+      <w:bookmarkStart w:id="7124" w:name="_Toc323389257"/>
+      <w:bookmarkStart w:id="7125" w:name="_Toc323390171"/>
+      <w:bookmarkStart w:id="7126" w:name="_Toc323393588"/>
+      <w:bookmarkStart w:id="7127" w:name="_Toc323817433"/>
+      <w:bookmarkStart w:id="7128" w:name="_Toc323817948"/>
+      <w:bookmarkStart w:id="7129" w:name="_Toc323903825"/>
+      <w:bookmarkStart w:id="7130" w:name="_Toc316386000"/>
+      <w:bookmarkStart w:id="7131" w:name="_Toc316386358"/>
+      <w:bookmarkStart w:id="7132" w:name="_Toc316388942"/>
+      <w:bookmarkStart w:id="7133" w:name="_Toc316389369"/>
+      <w:bookmarkStart w:id="7134" w:name="_Toc316389665"/>
+      <w:bookmarkStart w:id="7135" w:name="_Toc316390064"/>
+      <w:bookmarkStart w:id="7136" w:name="_Toc316462656"/>
+      <w:bookmarkStart w:id="7137" w:name="_Toc316464013"/>
+      <w:bookmarkStart w:id="7138" w:name="_Toc316561881"/>
+      <w:bookmarkStart w:id="7139" w:name="_Toc318382660"/>
+      <w:bookmarkStart w:id="7140" w:name="_Toc321916926"/>
+      <w:bookmarkStart w:id="7141" w:name="_Toc321922786"/>
+      <w:bookmarkStart w:id="7142" w:name="_Toc322002920"/>
+      <w:bookmarkStart w:id="7143" w:name="_Toc322003401"/>
+      <w:bookmarkStart w:id="7144" w:name="_Toc322426023"/>
+      <w:bookmarkStart w:id="7145" w:name="_Toc323388743"/>
+      <w:bookmarkStart w:id="7146" w:name="_Toc323389258"/>
+      <w:bookmarkStart w:id="7147" w:name="_Toc323390172"/>
+      <w:bookmarkStart w:id="7148" w:name="_Toc323393589"/>
+      <w:bookmarkStart w:id="7149" w:name="_Toc323817434"/>
+      <w:bookmarkStart w:id="7150" w:name="_Toc323817949"/>
+      <w:bookmarkStart w:id="7151" w:name="_Toc323903826"/>
+      <w:bookmarkStart w:id="7152" w:name="_Toc316386001"/>
+      <w:bookmarkStart w:id="7153" w:name="_Toc316386359"/>
+      <w:bookmarkStart w:id="7154" w:name="_Toc316388943"/>
+      <w:bookmarkStart w:id="7155" w:name="_Toc316389370"/>
+      <w:bookmarkStart w:id="7156" w:name="_Toc316389666"/>
+      <w:bookmarkStart w:id="7157" w:name="_Toc316390065"/>
+      <w:bookmarkStart w:id="7158" w:name="_Toc316462657"/>
+      <w:bookmarkStart w:id="7159" w:name="_Toc316464014"/>
+      <w:bookmarkStart w:id="7160" w:name="_Toc316561882"/>
+      <w:bookmarkStart w:id="7161" w:name="_Toc318382661"/>
+      <w:bookmarkStart w:id="7162" w:name="_Toc321916927"/>
+      <w:bookmarkStart w:id="7163" w:name="_Toc321922787"/>
+      <w:bookmarkStart w:id="7164" w:name="_Toc322002921"/>
+      <w:bookmarkStart w:id="7165" w:name="_Toc322003402"/>
+      <w:bookmarkStart w:id="7166" w:name="_Toc322426024"/>
+      <w:bookmarkStart w:id="7167" w:name="_Toc323388744"/>
+      <w:bookmarkStart w:id="7168" w:name="_Toc323389259"/>
+      <w:bookmarkStart w:id="7169" w:name="_Toc323390173"/>
+      <w:bookmarkStart w:id="7170" w:name="_Toc323393590"/>
+      <w:bookmarkStart w:id="7171" w:name="_Toc323817435"/>
+      <w:bookmarkStart w:id="7172" w:name="_Toc323817950"/>
+      <w:bookmarkStart w:id="7173" w:name="_Toc323903827"/>
+      <w:bookmarkStart w:id="7174" w:name="_Toc316386002"/>
+      <w:bookmarkStart w:id="7175" w:name="_Toc316386360"/>
+      <w:bookmarkStart w:id="7176" w:name="_Toc316388944"/>
+      <w:bookmarkStart w:id="7177" w:name="_Toc316389371"/>
+      <w:bookmarkStart w:id="7178" w:name="_Toc316389667"/>
+      <w:bookmarkStart w:id="7179" w:name="_Toc316390066"/>
+      <w:bookmarkStart w:id="7180" w:name="_Toc316462658"/>
+      <w:bookmarkStart w:id="7181" w:name="_Toc316464015"/>
+      <w:bookmarkStart w:id="7182" w:name="_Toc316561883"/>
+      <w:bookmarkStart w:id="7183" w:name="_Toc318382662"/>
+      <w:bookmarkStart w:id="7184" w:name="_Toc321916928"/>
+      <w:bookmarkStart w:id="7185" w:name="_Toc321922788"/>
+      <w:bookmarkStart w:id="7186" w:name="_Toc322002922"/>
+      <w:bookmarkStart w:id="7187" w:name="_Toc322003403"/>
+      <w:bookmarkStart w:id="7188" w:name="_Toc322426025"/>
+      <w:bookmarkStart w:id="7189" w:name="_Toc323388745"/>
+      <w:bookmarkStart w:id="7190" w:name="_Toc323389260"/>
+      <w:bookmarkStart w:id="7191" w:name="_Toc323390174"/>
+      <w:bookmarkStart w:id="7192" w:name="_Toc323393591"/>
+      <w:bookmarkStart w:id="7193" w:name="_Toc323817436"/>
+      <w:bookmarkStart w:id="7194" w:name="_Toc323817951"/>
+      <w:bookmarkStart w:id="7195" w:name="_Toc323903828"/>
+      <w:bookmarkStart w:id="7196" w:name="_Toc316386003"/>
+      <w:bookmarkStart w:id="7197" w:name="_Toc316386361"/>
+      <w:bookmarkStart w:id="7198" w:name="_Toc316388945"/>
+      <w:bookmarkStart w:id="7199" w:name="_Toc316389372"/>
+      <w:bookmarkStart w:id="7200" w:name="_Toc316389668"/>
+      <w:bookmarkStart w:id="7201" w:name="_Toc316390067"/>
+      <w:bookmarkStart w:id="7202" w:name="_Toc316462659"/>
+      <w:bookmarkStart w:id="7203" w:name="_Toc316464016"/>
+      <w:bookmarkStart w:id="7204" w:name="_Toc316561884"/>
+      <w:bookmarkStart w:id="7205" w:name="_Toc318382663"/>
+      <w:bookmarkStart w:id="7206" w:name="_Toc321916929"/>
+      <w:bookmarkStart w:id="7207" w:name="_Toc321922789"/>
+      <w:bookmarkStart w:id="7208" w:name="_Toc322002923"/>
+      <w:bookmarkStart w:id="7209" w:name="_Toc322003404"/>
+      <w:bookmarkStart w:id="7210" w:name="_Toc322426026"/>
+      <w:bookmarkStart w:id="7211" w:name="_Toc323388746"/>
+      <w:bookmarkStart w:id="7212" w:name="_Toc323389261"/>
+      <w:bookmarkStart w:id="7213" w:name="_Toc323390175"/>
+      <w:bookmarkStart w:id="7214" w:name="_Toc323393592"/>
+      <w:bookmarkStart w:id="7215" w:name="_Toc323817437"/>
+      <w:bookmarkStart w:id="7216" w:name="_Toc323817952"/>
+      <w:bookmarkStart w:id="7217" w:name="_Toc323903829"/>
+      <w:bookmarkStart w:id="7218" w:name="_Toc316386004"/>
+      <w:bookmarkStart w:id="7219" w:name="_Toc316386362"/>
+      <w:bookmarkStart w:id="7220" w:name="_Toc316388946"/>
+      <w:bookmarkStart w:id="7221" w:name="_Toc316389373"/>
+      <w:bookmarkStart w:id="7222" w:name="_Toc316389669"/>
+      <w:bookmarkStart w:id="7223" w:name="_Toc316390068"/>
+      <w:bookmarkStart w:id="7224" w:name="_Toc316462660"/>
+      <w:bookmarkStart w:id="7225" w:name="_Toc316464017"/>
+      <w:bookmarkStart w:id="7226" w:name="_Toc316561885"/>
+      <w:bookmarkStart w:id="7227" w:name="_Toc318382664"/>
+      <w:bookmarkStart w:id="7228" w:name="_Toc321916930"/>
+      <w:bookmarkStart w:id="7229" w:name="_Toc321922790"/>
+      <w:bookmarkStart w:id="7230" w:name="_Toc322002924"/>
+      <w:bookmarkStart w:id="7231" w:name="_Toc322003405"/>
+      <w:bookmarkStart w:id="7232" w:name="_Toc322426027"/>
+      <w:bookmarkStart w:id="7233" w:name="_Toc323388747"/>
+      <w:bookmarkStart w:id="7234" w:name="_Toc323389262"/>
+      <w:bookmarkStart w:id="7235" w:name="_Toc323390176"/>
+      <w:bookmarkStart w:id="7236" w:name="_Toc323393593"/>
+      <w:bookmarkStart w:id="7237" w:name="_Toc323817438"/>
+      <w:bookmarkStart w:id="7238" w:name="_Toc323817953"/>
+      <w:bookmarkStart w:id="7239" w:name="_Toc323903830"/>
+      <w:bookmarkStart w:id="7240" w:name="_Toc316386005"/>
+      <w:bookmarkStart w:id="7241" w:name="_Toc316386363"/>
+      <w:bookmarkStart w:id="7242" w:name="_Toc316388947"/>
+      <w:bookmarkStart w:id="7243" w:name="_Toc316389374"/>
+      <w:bookmarkStart w:id="7244" w:name="_Toc316389670"/>
+      <w:bookmarkStart w:id="7245" w:name="_Toc316390069"/>
+      <w:bookmarkStart w:id="7246" w:name="_Toc316462661"/>
+      <w:bookmarkStart w:id="7247" w:name="_Toc316464018"/>
+      <w:bookmarkStart w:id="7248" w:name="_Toc316561886"/>
+      <w:bookmarkStart w:id="7249" w:name="_Toc318382665"/>
+      <w:bookmarkStart w:id="7250" w:name="_Toc321916931"/>
+      <w:bookmarkStart w:id="7251" w:name="_Toc321922791"/>
+      <w:bookmarkStart w:id="7252" w:name="_Toc322002925"/>
+      <w:bookmarkStart w:id="7253" w:name="_Toc322003406"/>
+      <w:bookmarkStart w:id="7254" w:name="_Toc322426028"/>
+      <w:bookmarkStart w:id="7255" w:name="_Toc323388748"/>
+      <w:bookmarkStart w:id="7256" w:name="_Toc323389263"/>
+      <w:bookmarkStart w:id="7257" w:name="_Toc323390177"/>
+      <w:bookmarkStart w:id="7258" w:name="_Toc323393594"/>
+      <w:bookmarkStart w:id="7259" w:name="_Toc323817439"/>
+      <w:bookmarkStart w:id="7260" w:name="_Toc323817954"/>
+      <w:bookmarkStart w:id="7261" w:name="_Toc323903831"/>
+      <w:bookmarkStart w:id="7262" w:name="_Toc316386006"/>
+      <w:bookmarkStart w:id="7263" w:name="_Toc316386364"/>
+      <w:bookmarkStart w:id="7264" w:name="_Toc316388948"/>
+      <w:bookmarkStart w:id="7265" w:name="_Toc316389375"/>
+      <w:bookmarkStart w:id="7266" w:name="_Toc316389671"/>
+      <w:bookmarkStart w:id="7267" w:name="_Toc316390070"/>
+      <w:bookmarkStart w:id="7268" w:name="_Toc316462662"/>
+      <w:bookmarkStart w:id="7269" w:name="_Toc316464019"/>
+      <w:bookmarkStart w:id="7270" w:name="_Toc316561887"/>
+      <w:bookmarkStart w:id="7271" w:name="_Toc318382666"/>
+      <w:bookmarkStart w:id="7272" w:name="_Toc321916932"/>
+      <w:bookmarkStart w:id="7273" w:name="_Toc321922792"/>
+      <w:bookmarkStart w:id="7274" w:name="_Toc322002926"/>
+      <w:bookmarkStart w:id="7275" w:name="_Toc322003407"/>
+      <w:bookmarkStart w:id="7276" w:name="_Toc322426029"/>
+      <w:bookmarkStart w:id="7277" w:name="_Toc323388749"/>
+      <w:bookmarkStart w:id="7278" w:name="_Toc323389264"/>
+      <w:bookmarkStart w:id="7279" w:name="_Toc323390178"/>
+      <w:bookmarkStart w:id="7280" w:name="_Toc323393595"/>
+      <w:bookmarkStart w:id="7281" w:name="_Toc323817440"/>
+      <w:bookmarkStart w:id="7282" w:name="_Toc323817955"/>
+      <w:bookmarkStart w:id="7283" w:name="_Toc323903832"/>
+      <w:bookmarkStart w:id="7284" w:name="_Toc316386007"/>
+      <w:bookmarkStart w:id="7285" w:name="_Toc316386365"/>
+      <w:bookmarkStart w:id="7286" w:name="_Toc316388949"/>
+      <w:bookmarkStart w:id="7287" w:name="_Toc316389376"/>
+      <w:bookmarkStart w:id="7288" w:name="_Toc316389672"/>
+      <w:bookmarkStart w:id="7289" w:name="_Toc316390071"/>
+      <w:bookmarkStart w:id="7290" w:name="_Toc316462663"/>
+      <w:bookmarkStart w:id="7291" w:name="_Toc316464020"/>
+      <w:bookmarkStart w:id="7292" w:name="_Toc316561888"/>
+      <w:bookmarkStart w:id="7293" w:name="_Toc318382667"/>
+      <w:bookmarkStart w:id="7294" w:name="_Toc321916933"/>
+      <w:bookmarkStart w:id="7295" w:name="_Toc321922793"/>
+      <w:bookmarkStart w:id="7296" w:name="_Toc322002927"/>
+      <w:bookmarkStart w:id="7297" w:name="_Toc322003408"/>
+      <w:bookmarkStart w:id="7298" w:name="_Toc322426030"/>
+      <w:bookmarkStart w:id="7299" w:name="_Toc323388750"/>
+      <w:bookmarkStart w:id="7300" w:name="_Toc323389265"/>
+      <w:bookmarkStart w:id="7301" w:name="_Toc323390179"/>
+      <w:bookmarkStart w:id="7302" w:name="_Toc323393596"/>
+      <w:bookmarkStart w:id="7303" w:name="_Toc323817441"/>
+      <w:bookmarkStart w:id="7304" w:name="_Toc323817956"/>
+      <w:bookmarkStart w:id="7305" w:name="_Toc323903833"/>
+      <w:bookmarkStart w:id="7306" w:name="_Toc316386008"/>
+      <w:bookmarkStart w:id="7307" w:name="_Toc316386366"/>
+      <w:bookmarkStart w:id="7308" w:name="_Toc316388950"/>
+      <w:bookmarkStart w:id="7309" w:name="_Toc316389377"/>
+      <w:bookmarkStart w:id="7310" w:name="_Toc316389673"/>
+      <w:bookmarkStart w:id="7311" w:name="_Toc316390072"/>
+      <w:bookmarkStart w:id="7312" w:name="_Toc316462664"/>
+      <w:bookmarkStart w:id="7313" w:name="_Toc316464021"/>
+      <w:bookmarkStart w:id="7314" w:name="_Toc316561889"/>
+      <w:bookmarkStart w:id="7315" w:name="_Toc318382668"/>
+      <w:bookmarkStart w:id="7316" w:name="_Toc321916934"/>
+      <w:bookmarkStart w:id="7317" w:name="_Toc321922794"/>
+      <w:bookmarkStart w:id="7318" w:name="_Toc322002928"/>
+      <w:bookmarkStart w:id="7319" w:name="_Toc322003409"/>
+      <w:bookmarkStart w:id="7320" w:name="_Toc322426031"/>
+      <w:bookmarkStart w:id="7321" w:name="_Toc323388751"/>
+      <w:bookmarkStart w:id="7322" w:name="_Toc323389266"/>
+      <w:bookmarkStart w:id="7323" w:name="_Toc323390180"/>
+      <w:bookmarkStart w:id="7324" w:name="_Toc323393597"/>
+      <w:bookmarkStart w:id="7325" w:name="_Toc323817442"/>
+      <w:bookmarkStart w:id="7326" w:name="_Toc323817957"/>
+      <w:bookmarkStart w:id="7327" w:name="_Toc323903834"/>
+      <w:bookmarkStart w:id="7328" w:name="_Toc316386009"/>
+      <w:bookmarkStart w:id="7329" w:name="_Toc316386367"/>
+      <w:bookmarkStart w:id="7330" w:name="_Toc316388951"/>
+      <w:bookmarkStart w:id="7331" w:name="_Toc316389378"/>
+      <w:bookmarkStart w:id="7332" w:name="_Toc316389674"/>
+      <w:bookmarkStart w:id="7333" w:name="_Toc316390073"/>
+      <w:bookmarkStart w:id="7334" w:name="_Toc316462665"/>
+      <w:bookmarkStart w:id="7335" w:name="_Toc316464022"/>
+      <w:bookmarkStart w:id="7336" w:name="_Toc316561890"/>
+      <w:bookmarkStart w:id="7337" w:name="_Toc318382669"/>
+      <w:bookmarkStart w:id="7338" w:name="_Toc321916935"/>
+      <w:bookmarkStart w:id="7339" w:name="_Toc321922795"/>
+      <w:bookmarkStart w:id="7340" w:name="_Toc322002929"/>
+      <w:bookmarkStart w:id="7341" w:name="_Toc322003410"/>
+      <w:bookmarkStart w:id="7342" w:name="_Toc322426032"/>
+      <w:bookmarkStart w:id="7343" w:name="_Toc323388752"/>
+      <w:bookmarkStart w:id="7344" w:name="_Toc323389267"/>
+      <w:bookmarkStart w:id="7345" w:name="_Toc323390181"/>
+      <w:bookmarkStart w:id="7346" w:name="_Toc323393598"/>
+      <w:bookmarkStart w:id="7347" w:name="_Toc323817443"/>
+      <w:bookmarkStart w:id="7348" w:name="_Toc323817958"/>
+      <w:bookmarkStart w:id="7349" w:name="_Toc323903835"/>
+      <w:bookmarkStart w:id="7350" w:name="_Toc316386010"/>
+      <w:bookmarkStart w:id="7351" w:name="_Toc316386368"/>
+      <w:bookmarkStart w:id="7352" w:name="_Toc316388952"/>
+      <w:bookmarkStart w:id="7353" w:name="_Toc316389379"/>
+      <w:bookmarkStart w:id="7354" w:name="_Toc316389675"/>
+      <w:bookmarkStart w:id="7355" w:name="_Toc316390074"/>
+      <w:bookmarkStart w:id="7356" w:name="_Toc316462666"/>
+      <w:bookmarkStart w:id="7357" w:name="_Toc316464023"/>
+      <w:bookmarkStart w:id="7358" w:name="_Toc316561891"/>
+      <w:bookmarkStart w:id="7359" w:name="_Toc318382670"/>
+      <w:bookmarkStart w:id="7360" w:name="_Toc321916936"/>
+      <w:bookmarkStart w:id="7361" w:name="_Toc321922796"/>
+      <w:bookmarkStart w:id="7362" w:name="_Toc322002930"/>
+      <w:bookmarkStart w:id="7363" w:name="_Toc322003411"/>
+      <w:bookmarkStart w:id="7364" w:name="_Toc322426033"/>
+      <w:bookmarkStart w:id="7365" w:name="_Toc323388753"/>
+      <w:bookmarkStart w:id="7366" w:name="_Toc323389268"/>
+      <w:bookmarkStart w:id="7367" w:name="_Toc323390182"/>
+      <w:bookmarkStart w:id="7368" w:name="_Toc323393599"/>
+      <w:bookmarkStart w:id="7369" w:name="_Toc323817444"/>
+      <w:bookmarkStart w:id="7370" w:name="_Toc323817959"/>
+      <w:bookmarkStart w:id="7371" w:name="_Toc323903836"/>
+      <w:bookmarkStart w:id="7372" w:name="_Toc316386011"/>
+      <w:bookmarkStart w:id="7373" w:name="_Toc316386369"/>
+      <w:bookmarkStart w:id="7374" w:name="_Toc316388953"/>
+      <w:bookmarkStart w:id="7375" w:name="_Toc316389380"/>
+      <w:bookmarkStart w:id="7376" w:name="_Toc316389676"/>
+      <w:bookmarkStart w:id="7377" w:name="_Toc316390075"/>
+      <w:bookmarkStart w:id="7378" w:name="_Toc316462667"/>
+      <w:bookmarkStart w:id="7379" w:name="_Toc316464024"/>
+      <w:bookmarkStart w:id="7380" w:name="_Toc316561892"/>
+      <w:bookmarkStart w:id="7381" w:name="_Toc318382671"/>
+      <w:bookmarkStart w:id="7382" w:name="_Toc321916937"/>
+      <w:bookmarkStart w:id="7383" w:name="_Toc321922797"/>
+      <w:bookmarkStart w:id="7384" w:name="_Toc322002931"/>
+      <w:bookmarkStart w:id="7385" w:name="_Toc322003412"/>
+      <w:bookmarkStart w:id="7386" w:name="_Toc322426034"/>
+      <w:bookmarkStart w:id="7387" w:name="_Toc323388754"/>
+      <w:bookmarkStart w:id="7388" w:name="_Toc323389269"/>
+      <w:bookmarkStart w:id="7389" w:name="_Toc323390183"/>
+      <w:bookmarkStart w:id="7390" w:name="_Toc323393600"/>
+      <w:bookmarkStart w:id="7391" w:name="_Toc323817445"/>
+      <w:bookmarkStart w:id="7392" w:name="_Toc323817960"/>
+      <w:bookmarkStart w:id="7393" w:name="_Toc323903837"/>
+      <w:bookmarkStart w:id="7394" w:name="_Toc316386012"/>
+      <w:bookmarkStart w:id="7395" w:name="_Toc316386370"/>
+      <w:bookmarkStart w:id="7396" w:name="_Toc316388954"/>
+      <w:bookmarkStart w:id="7397" w:name="_Toc316389381"/>
+      <w:bookmarkStart w:id="7398" w:name="_Toc316389677"/>
+      <w:bookmarkStart w:id="7399" w:name="_Toc316390076"/>
+      <w:bookmarkStart w:id="7400" w:name="_Toc316462668"/>
+      <w:bookmarkStart w:id="7401" w:name="_Toc316464025"/>
+      <w:bookmarkStart w:id="7402" w:name="_Toc316561893"/>
+      <w:bookmarkStart w:id="7403" w:name="_Toc318382672"/>
+      <w:bookmarkStart w:id="7404" w:name="_Toc321916938"/>
+      <w:bookmarkStart w:id="7405" w:name="_Toc321922798"/>
+      <w:bookmarkStart w:id="7406" w:name="_Toc322002932"/>
+      <w:bookmarkStart w:id="7407" w:name="_Toc322003413"/>
+      <w:bookmarkStart w:id="7408" w:name="_Toc322426035"/>
+      <w:bookmarkStart w:id="7409" w:name="_Toc323388755"/>
+      <w:bookmarkStart w:id="7410" w:name="_Toc323389270"/>
+      <w:bookmarkStart w:id="7411" w:name="_Toc323390184"/>
+      <w:bookmarkStart w:id="7412" w:name="_Toc323393601"/>
+      <w:bookmarkStart w:id="7413" w:name="_Toc323817446"/>
+      <w:bookmarkStart w:id="7414" w:name="_Toc323817961"/>
+      <w:bookmarkStart w:id="7415" w:name="_Toc323903838"/>
+      <w:bookmarkStart w:id="7416" w:name="_Toc316386014"/>
+      <w:bookmarkStart w:id="7417" w:name="_Toc413160493"/>
+      <w:bookmarkStart w:id="7418" w:name="_Toc413160494"/>
+      <w:bookmarkStart w:id="7419" w:name="_Toc413160495"/>
+      <w:bookmarkStart w:id="7420" w:name="_Toc413160496"/>
+      <w:bookmarkStart w:id="7421" w:name="_Toc412551903"/>
+      <w:bookmarkStart w:id="7422" w:name="_Toc413160497"/>
+      <w:bookmarkStart w:id="7423" w:name="_Toc413318325"/>
+      <w:bookmarkStart w:id="7424" w:name="_Toc413411378"/>
+      <w:bookmarkStart w:id="7425" w:name="_Toc413318326"/>
+      <w:bookmarkStart w:id="7426" w:name="_Toc413411379"/>
+      <w:bookmarkStart w:id="7427" w:name="_Toc413774025"/>
+      <w:bookmarkStart w:id="7428" w:name="_Toc413774026"/>
+      <w:bookmarkStart w:id="7429" w:name="_Toc385579779"/>
+      <w:bookmarkStart w:id="7430" w:name="_Toc385580444"/>
+      <w:bookmarkStart w:id="7431" w:name="_Toc385580566"/>
+      <w:bookmarkStart w:id="7432" w:name="_Toc385579780"/>
+      <w:bookmarkStart w:id="7433" w:name="_Toc385580445"/>
+      <w:bookmarkStart w:id="7434" w:name="_Toc385580567"/>
+      <w:bookmarkStart w:id="7435" w:name="_Toc385579781"/>
+      <w:bookmarkStart w:id="7436" w:name="_Toc385580446"/>
+      <w:bookmarkStart w:id="7437" w:name="_Toc385580568"/>
+      <w:bookmarkStart w:id="7438" w:name="_Toc385579782"/>
+      <w:bookmarkStart w:id="7439" w:name="_Toc385580447"/>
+      <w:bookmarkStart w:id="7440" w:name="_Toc385580569"/>
+      <w:bookmarkStart w:id="7441" w:name="_Toc316386019"/>
+      <w:bookmarkStart w:id="7442" w:name="_Toc316386377"/>
+      <w:bookmarkStart w:id="7443" w:name="_Toc316388961"/>
+      <w:bookmarkStart w:id="7444" w:name="_Toc316389388"/>
+      <w:bookmarkStart w:id="7445" w:name="_Toc316389684"/>
+      <w:bookmarkStart w:id="7446" w:name="_Toc316390082"/>
+      <w:bookmarkStart w:id="7447" w:name="_Toc316462674"/>
+      <w:bookmarkStart w:id="7448" w:name="_Toc316464031"/>
+      <w:bookmarkStart w:id="7449" w:name="_Toc316561899"/>
+      <w:bookmarkStart w:id="7450" w:name="_Toc318382678"/>
+      <w:bookmarkStart w:id="7451" w:name="_Toc321916944"/>
+      <w:bookmarkStart w:id="7452" w:name="_Toc321922804"/>
+      <w:bookmarkStart w:id="7453" w:name="_Toc322002938"/>
+      <w:bookmarkStart w:id="7454" w:name="_Toc322003419"/>
+      <w:bookmarkStart w:id="7455" w:name="_Toc322426041"/>
+      <w:bookmarkStart w:id="7456" w:name="_Toc323388761"/>
+      <w:bookmarkStart w:id="7457" w:name="_Toc323389276"/>
+      <w:bookmarkStart w:id="7458" w:name="_Toc323390190"/>
+      <w:bookmarkStart w:id="7459" w:name="_Toc323393607"/>
+      <w:bookmarkStart w:id="7460" w:name="_Toc323817452"/>
+      <w:bookmarkStart w:id="7461" w:name="_Toc323817967"/>
+      <w:bookmarkStart w:id="7462" w:name="_Toc323903844"/>
+      <w:bookmarkStart w:id="7463" w:name="_Toc464549304"/>
+      <w:bookmarkStart w:id="7464" w:name="_Toc464549833"/>
+      <w:bookmarkStart w:id="7465" w:name="_Toc464549305"/>
+      <w:bookmarkStart w:id="7466" w:name="_Toc464549834"/>
+      <w:bookmarkStart w:id="7467" w:name="_Toc360177515"/>
+      <w:bookmarkStart w:id="7468" w:name="_Toc413164775"/>
+      <w:bookmarkStart w:id="7469" w:name="_Toc414455990"/>
+      <w:bookmarkStart w:id="7470" w:name="_Toc423076574"/>
+      <w:bookmarkStart w:id="7471" w:name="_Toc434331307"/>
+      <w:bookmarkStart w:id="7472" w:name="_Toc449341063"/>
+      <w:bookmarkStart w:id="7473" w:name="_Toc462149024"/>
+      <w:bookmarkStart w:id="7474" w:name="_Toc463342965"/>
+      <w:bookmarkStart w:id="7475" w:name="_Toc368584769"/>
+      <w:bookmarkStart w:id="7476" w:name="_Toc368585763"/>
+      <w:bookmarkStart w:id="7477" w:name="_Toc368587851"/>
+      <w:bookmarkStart w:id="7478" w:name="_Toc368584770"/>
+      <w:bookmarkStart w:id="7479" w:name="_Toc368585764"/>
+      <w:bookmarkStart w:id="7480" w:name="_Toc368587852"/>
+      <w:bookmarkStart w:id="7481" w:name="_Toc368584773"/>
+      <w:bookmarkStart w:id="7482" w:name="_Toc368585767"/>
+      <w:bookmarkStart w:id="7483" w:name="_Toc368587855"/>
+      <w:bookmarkStart w:id="7484" w:name="_Toc368584781"/>
+      <w:bookmarkStart w:id="7485" w:name="_Toc368585775"/>
+      <w:bookmarkStart w:id="7486" w:name="_Toc368587863"/>
+      <w:bookmarkStart w:id="7487" w:name="_Toc368584782"/>
+      <w:bookmarkStart w:id="7488" w:name="_Toc368585776"/>
+      <w:bookmarkStart w:id="7489" w:name="_Toc368587864"/>
+      <w:bookmarkStart w:id="7490" w:name="_Toc368584783"/>
+      <w:bookmarkStart w:id="7491" w:name="_Toc368585777"/>
+      <w:bookmarkStart w:id="7492" w:name="_Toc368587865"/>
+      <w:bookmarkStart w:id="7493" w:name="_Toc368584784"/>
+      <w:bookmarkStart w:id="7494" w:name="_Toc368585778"/>
+      <w:bookmarkStart w:id="7495" w:name="_Toc368587866"/>
+      <w:bookmarkStart w:id="7496" w:name="_Toc368584785"/>
+      <w:bookmarkStart w:id="7497" w:name="_Toc368585779"/>
+      <w:bookmarkStart w:id="7498" w:name="_Toc368587867"/>
+      <w:bookmarkStart w:id="7499" w:name="_Toc368584786"/>
+      <w:bookmarkStart w:id="7500" w:name="_Toc368585780"/>
+      <w:bookmarkStart w:id="7501" w:name="_Toc368587868"/>
+      <w:bookmarkStart w:id="7502" w:name="_Toc368584787"/>
+      <w:bookmarkStart w:id="7503" w:name="_Toc368585781"/>
+      <w:bookmarkStart w:id="7504" w:name="_Toc368587869"/>
+      <w:bookmarkStart w:id="7505" w:name="_Toc368584788"/>
+      <w:bookmarkStart w:id="7506" w:name="_Toc368585782"/>
+      <w:bookmarkStart w:id="7507" w:name="_Toc368587870"/>
+      <w:bookmarkStart w:id="7508" w:name="_Toc368584789"/>
+      <w:bookmarkStart w:id="7509" w:name="_Toc368585783"/>
+      <w:bookmarkStart w:id="7510" w:name="_Toc368587871"/>
+      <w:bookmarkStart w:id="7511" w:name="_Toc368584790"/>
+      <w:bookmarkStart w:id="7512" w:name="_Toc368585784"/>
+      <w:bookmarkStart w:id="7513" w:name="_Toc368587872"/>
+      <w:bookmarkStart w:id="7514" w:name="_Toc368584791"/>
+      <w:bookmarkStart w:id="7515" w:name="_Toc368585785"/>
+      <w:bookmarkStart w:id="7516" w:name="_Toc368587873"/>
+      <w:bookmarkStart w:id="7517" w:name="_Toc368584792"/>
+      <w:bookmarkStart w:id="7518" w:name="_Toc368585786"/>
+      <w:bookmarkStart w:id="7519" w:name="_Toc368587874"/>
+      <w:bookmarkStart w:id="7520" w:name="_Toc368584793"/>
+      <w:bookmarkStart w:id="7521" w:name="_Toc368585787"/>
+      <w:bookmarkStart w:id="7522" w:name="_Toc368587875"/>
+      <w:bookmarkStart w:id="7523" w:name="_Toc368584794"/>
+      <w:bookmarkStart w:id="7524" w:name="_Toc368585788"/>
+      <w:bookmarkStart w:id="7525" w:name="_Toc368587876"/>
+      <w:bookmarkStart w:id="7526" w:name="_Toc368584795"/>
+      <w:bookmarkStart w:id="7527" w:name="_Toc368585789"/>
+      <w:bookmarkStart w:id="7528" w:name="_Toc368587877"/>
+      <w:bookmarkStart w:id="7529" w:name="_Toc368584796"/>
+      <w:bookmarkStart w:id="7530" w:name="_Toc368585790"/>
+      <w:bookmarkStart w:id="7531" w:name="_Toc368587878"/>
+      <w:bookmarkStart w:id="7532" w:name="_Toc368584797"/>
+      <w:bookmarkStart w:id="7533" w:name="_Toc368585791"/>
+      <w:bookmarkStart w:id="7534" w:name="_Toc368587879"/>
+      <w:bookmarkStart w:id="7535" w:name="_Toc368584799"/>
+      <w:bookmarkStart w:id="7536" w:name="_Toc368585793"/>
+      <w:bookmarkStart w:id="7537" w:name="_Toc368587881"/>
+      <w:bookmarkStart w:id="7538" w:name="_Toc368584801"/>
+      <w:bookmarkStart w:id="7539" w:name="_Toc368585795"/>
+      <w:bookmarkStart w:id="7540" w:name="_Toc368587883"/>
+      <w:bookmarkStart w:id="7541" w:name="_Toc368584802"/>
+      <w:bookmarkStart w:id="7542" w:name="_Toc368585796"/>
+      <w:bookmarkStart w:id="7543" w:name="_Toc368587884"/>
+      <w:bookmarkStart w:id="7544" w:name="_Toc368584805"/>
+      <w:bookmarkStart w:id="7545" w:name="_Toc368585799"/>
+      <w:bookmarkStart w:id="7546" w:name="_Toc368587887"/>
+      <w:bookmarkStart w:id="7547" w:name="_Toc368584809"/>
+      <w:bookmarkStart w:id="7548" w:name="_Toc368585803"/>
+      <w:bookmarkStart w:id="7549" w:name="_Toc368587891"/>
+      <w:bookmarkStart w:id="7550" w:name="_Toc368584810"/>
+      <w:bookmarkStart w:id="7551" w:name="_Toc368585804"/>
+      <w:bookmarkStart w:id="7552" w:name="_Toc368587892"/>
+      <w:bookmarkStart w:id="7553" w:name="_Toc368584811"/>
+      <w:bookmarkStart w:id="7554" w:name="_Toc368585805"/>
+      <w:bookmarkStart w:id="7555" w:name="_Toc368587893"/>
+      <w:bookmarkStart w:id="7556" w:name="_Toc368584813"/>
+      <w:bookmarkStart w:id="7557" w:name="_Toc368585807"/>
+      <w:bookmarkStart w:id="7558" w:name="_Toc368587895"/>
+      <w:bookmarkStart w:id="7559" w:name="_Toc368584814"/>
+      <w:bookmarkStart w:id="7560" w:name="_Toc368585808"/>
+      <w:bookmarkStart w:id="7561" w:name="_Toc368587896"/>
+      <w:bookmarkStart w:id="7562" w:name="_Toc368584815"/>
+      <w:bookmarkStart w:id="7563" w:name="_Toc368585809"/>
+      <w:bookmarkStart w:id="7564" w:name="_Toc368587897"/>
+      <w:bookmarkStart w:id="7565" w:name="_Toc368584817"/>
+      <w:bookmarkStart w:id="7566" w:name="_Toc368585811"/>
+      <w:bookmarkStart w:id="7567" w:name="_Toc368587899"/>
+      <w:bookmarkStart w:id="7568" w:name="_Toc368584819"/>
+      <w:bookmarkStart w:id="7569" w:name="_Toc368585813"/>
+      <w:bookmarkStart w:id="7570" w:name="_Toc368587901"/>
+      <w:bookmarkStart w:id="7571" w:name="_Toc368584821"/>
+      <w:bookmarkStart w:id="7572" w:name="_Toc368585815"/>
+      <w:bookmarkStart w:id="7573" w:name="_Toc368587903"/>
+      <w:bookmarkStart w:id="7574" w:name="_Toc368584823"/>
+      <w:bookmarkStart w:id="7575" w:name="_Toc368585817"/>
+      <w:bookmarkStart w:id="7576" w:name="_Toc368587905"/>
+      <w:bookmarkStart w:id="7577" w:name="_Toc368584825"/>
+      <w:bookmarkStart w:id="7578" w:name="_Toc368585819"/>
+      <w:bookmarkStart w:id="7579" w:name="_Toc368587907"/>
+      <w:bookmarkStart w:id="7580" w:name="_Toc368584826"/>
+      <w:bookmarkStart w:id="7581" w:name="_Toc368585820"/>
+      <w:bookmarkStart w:id="7582" w:name="_Toc368587908"/>
+      <w:bookmarkStart w:id="7583" w:name="_Toc368584827"/>
+      <w:bookmarkStart w:id="7584" w:name="_Toc368585821"/>
+      <w:bookmarkStart w:id="7585" w:name="_Toc368587909"/>
+      <w:bookmarkStart w:id="7586" w:name="_Toc368584828"/>
+      <w:bookmarkStart w:id="7587" w:name="_Toc368585822"/>
+      <w:bookmarkStart w:id="7588" w:name="_Toc368587910"/>
+      <w:bookmarkStart w:id="7589" w:name="_Toc316389688"/>
+      <w:bookmarkStart w:id="7590" w:name="_Toc360177516"/>
+      <w:bookmarkStart w:id="7591" w:name="_Toc413164776"/>
+      <w:bookmarkStart w:id="7592" w:name="_Toc414455991"/>
+      <w:bookmarkStart w:id="7593" w:name="_Toc423076575"/>
+      <w:bookmarkStart w:id="7594" w:name="_Toc434331308"/>
+      <w:bookmarkStart w:id="7595" w:name="_Toc353976248"/>
+      <w:bookmarkStart w:id="7596" w:name="_Toc353976525"/>
+      <w:bookmarkStart w:id="7597" w:name="_Toc353978395"/>
+      <w:bookmarkStart w:id="7598" w:name="_Toc354044070"/>
+      <w:bookmarkStart w:id="7599" w:name="_Toc354047310"/>
+      <w:bookmarkStart w:id="7600" w:name="_Toc356380911"/>
+      <w:bookmarkStart w:id="7601" w:name="_Toc357675147"/>
+      <w:bookmarkStart w:id="7602" w:name="_Toc357689039"/>
+      <w:bookmarkStart w:id="7603" w:name="_Toc357691108"/>
+      <w:bookmarkStart w:id="7604" w:name="_Toc360177517"/>
+      <w:bookmarkStart w:id="7605" w:name="_Toc413164777"/>
+      <w:bookmarkStart w:id="7606" w:name="_Toc414455992"/>
+      <w:bookmarkStart w:id="7607" w:name="_Toc423076576"/>
+      <w:bookmarkStart w:id="7608" w:name="_Toc434331309"/>
+      <w:bookmarkStart w:id="7609" w:name="_Toc449341064"/>
+      <w:bookmarkStart w:id="7610" w:name="_Toc462149025"/>
+      <w:bookmarkStart w:id="7611" w:name="_Toc463342966"/>
+      <w:bookmarkStart w:id="7612" w:name="_Toc316389691"/>
+      <w:bookmarkStart w:id="7613" w:name="_Toc316389692"/>
+      <w:bookmarkStart w:id="7614" w:name="_Toc316389693"/>
+      <w:bookmarkStart w:id="7615" w:name="_Toc316389694"/>
+      <w:bookmarkStart w:id="7616" w:name="_Toc316389695"/>
+      <w:bookmarkStart w:id="7617" w:name="_Toc316389696"/>
+      <w:bookmarkStart w:id="7618" w:name="_Toc316389697"/>
+      <w:bookmarkStart w:id="7619" w:name="_Toc316389698"/>
+      <w:bookmarkStart w:id="7620" w:name="_Toc316389699"/>
+      <w:bookmarkStart w:id="7621" w:name="_Toc316386025"/>
+      <w:bookmarkStart w:id="7622" w:name="_Toc316389701"/>
+      <w:bookmarkStart w:id="7623" w:name="_Toc316389702"/>
+      <w:bookmarkStart w:id="7624" w:name="_Toc316389704"/>
+      <w:bookmarkStart w:id="7625" w:name="_Toc316389707"/>
+      <w:bookmarkStart w:id="7626" w:name="_Toc316389708"/>
+      <w:bookmarkStart w:id="7627" w:name="_Toc316389710"/>
+      <w:bookmarkStart w:id="7628" w:name="_Toc316389711"/>
+      <w:bookmarkStart w:id="7629" w:name="_Toc316389712"/>
+      <w:bookmarkStart w:id="7630" w:name="_Toc316389713"/>
+      <w:bookmarkStart w:id="7631" w:name="_Toc316389714"/>
+      <w:bookmarkStart w:id="7632" w:name="_Toc360177518"/>
+      <w:bookmarkStart w:id="7633" w:name="_Toc360177519"/>
+      <w:bookmarkStart w:id="7634" w:name="_Toc357675153"/>
+      <w:bookmarkStart w:id="7635" w:name="_Toc357689045"/>
+      <w:bookmarkStart w:id="7636" w:name="_Toc357691114"/>
+      <w:bookmarkStart w:id="7637" w:name="_Toc353976252"/>
+      <w:bookmarkStart w:id="7638" w:name="_Toc353976529"/>
+      <w:bookmarkStart w:id="7639" w:name="_Toc353978399"/>
+      <w:bookmarkStart w:id="7640" w:name="_Toc354044074"/>
+      <w:bookmarkStart w:id="7641" w:name="_Toc354047314"/>
+      <w:bookmarkStart w:id="7642" w:name="_Toc356380915"/>
+      <w:bookmarkStart w:id="7643" w:name="_Toc357675154"/>
+      <w:bookmarkStart w:id="7644" w:name="_Toc357689046"/>
+      <w:bookmarkStart w:id="7645" w:name="_Toc357691115"/>
+      <w:bookmarkStart w:id="7646" w:name="_Toc353976253"/>
+      <w:bookmarkStart w:id="7647" w:name="_Toc353976530"/>
+      <w:bookmarkStart w:id="7648" w:name="_Toc353978400"/>
+      <w:bookmarkStart w:id="7649" w:name="_Toc354044075"/>
+      <w:bookmarkStart w:id="7650" w:name="_Toc354047315"/>
+      <w:bookmarkStart w:id="7651" w:name="_Toc356380916"/>
+      <w:bookmarkStart w:id="7652" w:name="_Toc357675155"/>
+      <w:bookmarkStart w:id="7653" w:name="_Toc357689047"/>
+      <w:bookmarkStart w:id="7654" w:name="_Toc357691116"/>
+      <w:bookmarkStart w:id="7655" w:name="_Toc353976254"/>
+      <w:bookmarkStart w:id="7656" w:name="_Toc353976531"/>
+      <w:bookmarkStart w:id="7657" w:name="_Toc353978401"/>
+      <w:bookmarkStart w:id="7658" w:name="_Toc354044076"/>
+      <w:bookmarkStart w:id="7659" w:name="_Toc354047316"/>
+      <w:bookmarkStart w:id="7660" w:name="_Toc356380917"/>
+      <w:bookmarkStart w:id="7661" w:name="_Toc357675156"/>
+      <w:bookmarkStart w:id="7662" w:name="_Toc357689048"/>
+      <w:bookmarkStart w:id="7663" w:name="_Toc357691117"/>
+      <w:bookmarkStart w:id="7664" w:name="_Toc353976255"/>
+      <w:bookmarkStart w:id="7665" w:name="_Toc353976532"/>
+      <w:bookmarkStart w:id="7666" w:name="_Toc353978402"/>
+      <w:bookmarkStart w:id="7667" w:name="_Toc354044077"/>
+      <w:bookmarkStart w:id="7668" w:name="_Toc354047317"/>
+      <w:bookmarkStart w:id="7669" w:name="_Toc356380918"/>
+      <w:bookmarkStart w:id="7670" w:name="_Toc357675157"/>
+      <w:bookmarkStart w:id="7671" w:name="_Toc357689049"/>
+      <w:bookmarkStart w:id="7672" w:name="_Toc357691118"/>
+      <w:bookmarkStart w:id="7673" w:name="_Toc353976256"/>
+      <w:bookmarkStart w:id="7674" w:name="_Toc353976533"/>
+      <w:bookmarkStart w:id="7675" w:name="_Toc353978403"/>
+      <w:bookmarkStart w:id="7676" w:name="_Toc354044078"/>
+      <w:bookmarkStart w:id="7677" w:name="_Toc354047318"/>
+      <w:bookmarkStart w:id="7678" w:name="_Toc356380919"/>
+      <w:bookmarkStart w:id="7679" w:name="_Toc357675158"/>
+      <w:bookmarkStart w:id="7680" w:name="_Toc357689050"/>
+      <w:bookmarkStart w:id="7681" w:name="_Toc357691119"/>
+      <w:bookmarkStart w:id="7682" w:name="_Toc353976257"/>
+      <w:bookmarkStart w:id="7683" w:name="_Toc353976534"/>
+      <w:bookmarkStart w:id="7684" w:name="_Toc353978404"/>
+      <w:bookmarkStart w:id="7685" w:name="_Toc354044079"/>
+      <w:bookmarkStart w:id="7686" w:name="_Toc354047319"/>
+      <w:bookmarkStart w:id="7687" w:name="_Toc356380920"/>
+      <w:bookmarkStart w:id="7688" w:name="_Toc357675159"/>
+      <w:bookmarkStart w:id="7689" w:name="_Toc357689051"/>
+      <w:bookmarkStart w:id="7690" w:name="_Toc357691120"/>
+      <w:bookmarkStart w:id="7691" w:name="_Toc353976258"/>
+      <w:bookmarkStart w:id="7692" w:name="_Toc353976535"/>
+      <w:bookmarkStart w:id="7693" w:name="_Toc353978405"/>
+      <w:bookmarkStart w:id="7694" w:name="_Toc354044080"/>
+      <w:bookmarkStart w:id="7695" w:name="_Toc354047320"/>
+      <w:bookmarkStart w:id="7696" w:name="_Toc356380921"/>
+      <w:bookmarkStart w:id="7697" w:name="_Toc357675160"/>
+      <w:bookmarkStart w:id="7698" w:name="_Toc357689052"/>
+      <w:bookmarkStart w:id="7699" w:name="_Toc357691121"/>
+      <w:bookmarkStart w:id="7700" w:name="_Toc353976259"/>
+      <w:bookmarkStart w:id="7701" w:name="_Toc353976536"/>
+      <w:bookmarkStart w:id="7702" w:name="_Toc353978406"/>
+      <w:bookmarkStart w:id="7703" w:name="_Toc354044081"/>
+      <w:bookmarkStart w:id="7704" w:name="_Toc354047321"/>
+      <w:bookmarkStart w:id="7705" w:name="_Toc356380922"/>
+      <w:bookmarkStart w:id="7706" w:name="_Toc357675161"/>
+      <w:bookmarkStart w:id="7707" w:name="_Toc357689053"/>
+      <w:bookmarkStart w:id="7708" w:name="_Toc357691122"/>
+      <w:bookmarkStart w:id="7709" w:name="_Toc353976261"/>
+      <w:bookmarkStart w:id="7710" w:name="_Toc353976538"/>
+      <w:bookmarkStart w:id="7711" w:name="_Toc353978408"/>
+      <w:bookmarkStart w:id="7712" w:name="_Toc354044083"/>
+      <w:bookmarkStart w:id="7713" w:name="_Toc354047323"/>
+      <w:bookmarkStart w:id="7714" w:name="_Toc356380924"/>
+      <w:bookmarkStart w:id="7715" w:name="_Toc357675163"/>
+      <w:bookmarkStart w:id="7716" w:name="_Toc357689055"/>
+      <w:bookmarkStart w:id="7717" w:name="_Toc357691124"/>
+      <w:bookmarkStart w:id="7718" w:name="_Toc353976263"/>
+      <w:bookmarkStart w:id="7719" w:name="_Toc353976540"/>
+      <w:bookmarkStart w:id="7720" w:name="_Toc353978410"/>
+      <w:bookmarkStart w:id="7721" w:name="_Toc354044085"/>
+      <w:bookmarkStart w:id="7722" w:name="_Toc354047325"/>
+      <w:bookmarkStart w:id="7723" w:name="_Toc356380926"/>
+      <w:bookmarkStart w:id="7724" w:name="_Toc357675165"/>
+      <w:bookmarkStart w:id="7725" w:name="_Toc357689057"/>
+      <w:bookmarkStart w:id="7726" w:name="_Toc357691126"/>
+      <w:bookmarkStart w:id="7727" w:name="_Toc353976264"/>
+      <w:bookmarkStart w:id="7728" w:name="_Toc353976541"/>
+      <w:bookmarkStart w:id="7729" w:name="_Toc353978411"/>
+      <w:bookmarkStart w:id="7730" w:name="_Toc354044086"/>
+      <w:bookmarkStart w:id="7731" w:name="_Toc354047326"/>
+      <w:bookmarkStart w:id="7732" w:name="_Toc356380927"/>
+      <w:bookmarkStart w:id="7733" w:name="_Toc357675166"/>
+      <w:bookmarkStart w:id="7734" w:name="_Toc357689058"/>
+      <w:bookmarkStart w:id="7735" w:name="_Toc357691127"/>
+      <w:bookmarkStart w:id="7736" w:name="_Toc353976265"/>
+      <w:bookmarkStart w:id="7737" w:name="_Toc353976542"/>
+      <w:bookmarkStart w:id="7738" w:name="_Toc353978412"/>
+      <w:bookmarkStart w:id="7739" w:name="_Toc354044087"/>
+      <w:bookmarkStart w:id="7740" w:name="_Toc354047327"/>
+      <w:bookmarkStart w:id="7741" w:name="_Toc356380928"/>
+      <w:bookmarkStart w:id="7742" w:name="_Toc357675167"/>
+      <w:bookmarkStart w:id="7743" w:name="_Toc357689059"/>
+      <w:bookmarkStart w:id="7744" w:name="_Toc357691128"/>
+      <w:bookmarkStart w:id="7745" w:name="_Toc353976266"/>
+      <w:bookmarkStart w:id="7746" w:name="_Toc353976543"/>
+      <w:bookmarkStart w:id="7747" w:name="_Toc353978413"/>
+      <w:bookmarkStart w:id="7748" w:name="_Toc354044088"/>
+      <w:bookmarkStart w:id="7749" w:name="_Toc354047328"/>
+      <w:bookmarkStart w:id="7750" w:name="_Toc356380929"/>
+      <w:bookmarkStart w:id="7751" w:name="_Toc357675168"/>
+      <w:bookmarkStart w:id="7752" w:name="_Toc357689060"/>
+      <w:bookmarkStart w:id="7753" w:name="_Toc357691129"/>
+      <w:bookmarkStart w:id="7754" w:name="_Toc353976267"/>
+      <w:bookmarkStart w:id="7755" w:name="_Toc353976544"/>
+      <w:bookmarkStart w:id="7756" w:name="_Toc353978414"/>
+      <w:bookmarkStart w:id="7757" w:name="_Toc354044089"/>
+      <w:bookmarkStart w:id="7758" w:name="_Toc354047329"/>
+      <w:bookmarkStart w:id="7759" w:name="_Toc356380930"/>
+      <w:bookmarkStart w:id="7760" w:name="_Toc357675169"/>
+      <w:bookmarkStart w:id="7761" w:name="_Toc357689061"/>
+      <w:bookmarkStart w:id="7762" w:name="_Toc357691130"/>
+      <w:bookmarkStart w:id="7763" w:name="_Toc353976268"/>
+      <w:bookmarkStart w:id="7764" w:name="_Toc353976545"/>
+      <w:bookmarkStart w:id="7765" w:name="_Toc353978415"/>
+      <w:bookmarkStart w:id="7766" w:name="_Toc354044090"/>
+      <w:bookmarkStart w:id="7767" w:name="_Toc354047330"/>
+      <w:bookmarkStart w:id="7768" w:name="_Toc356380931"/>
+      <w:bookmarkStart w:id="7769" w:name="_Toc357675170"/>
+      <w:bookmarkStart w:id="7770" w:name="_Toc357689062"/>
+      <w:bookmarkStart w:id="7771" w:name="_Toc357691131"/>
+      <w:bookmarkStart w:id="7772" w:name="_Toc353976269"/>
+      <w:bookmarkStart w:id="7773" w:name="_Toc353976546"/>
+      <w:bookmarkStart w:id="7774" w:name="_Toc353978416"/>
+      <w:bookmarkStart w:id="7775" w:name="_Toc354044091"/>
+      <w:bookmarkStart w:id="7776" w:name="_Toc354047331"/>
+      <w:bookmarkStart w:id="7777" w:name="_Toc356380932"/>
+      <w:bookmarkStart w:id="7778" w:name="_Toc357675171"/>
+      <w:bookmarkStart w:id="7779" w:name="_Toc357689063"/>
+      <w:bookmarkStart w:id="7780" w:name="_Toc357691132"/>
+      <w:bookmarkStart w:id="7781" w:name="_Toc353976270"/>
+      <w:bookmarkStart w:id="7782" w:name="_Toc353976547"/>
+      <w:bookmarkStart w:id="7783" w:name="_Toc353978417"/>
+      <w:bookmarkStart w:id="7784" w:name="_Toc354044092"/>
+      <w:bookmarkStart w:id="7785" w:name="_Toc354047332"/>
+      <w:bookmarkStart w:id="7786" w:name="_Toc356380933"/>
+      <w:bookmarkStart w:id="7787" w:name="_Toc357675172"/>
+      <w:bookmarkStart w:id="7788" w:name="_Toc357689064"/>
+      <w:bookmarkStart w:id="7789" w:name="_Toc357691133"/>
+      <w:bookmarkStart w:id="7790" w:name="_Toc353976271"/>
+      <w:bookmarkStart w:id="7791" w:name="_Toc353976548"/>
+      <w:bookmarkStart w:id="7792" w:name="_Toc353978418"/>
+      <w:bookmarkStart w:id="7793" w:name="_Toc354044093"/>
+      <w:bookmarkStart w:id="7794" w:name="_Toc354047333"/>
+      <w:bookmarkStart w:id="7795" w:name="_Toc356380934"/>
+      <w:bookmarkStart w:id="7796" w:name="_Toc357675173"/>
+      <w:bookmarkStart w:id="7797" w:name="_Toc357689065"/>
+      <w:bookmarkStart w:id="7798" w:name="_Toc357691134"/>
+      <w:bookmarkStart w:id="7799" w:name="_Toc353976272"/>
+      <w:bookmarkStart w:id="7800" w:name="_Toc353976549"/>
+      <w:bookmarkStart w:id="7801" w:name="_Toc353978419"/>
+      <w:bookmarkStart w:id="7802" w:name="_Toc354044094"/>
+      <w:bookmarkStart w:id="7803" w:name="_Toc354047334"/>
+      <w:bookmarkStart w:id="7804" w:name="_Toc356380935"/>
+      <w:bookmarkStart w:id="7805" w:name="_Toc357675174"/>
+      <w:bookmarkStart w:id="7806" w:name="_Toc357689066"/>
+      <w:bookmarkStart w:id="7807" w:name="_Toc357691135"/>
+      <w:bookmarkStart w:id="7808" w:name="_Toc353976273"/>
+      <w:bookmarkStart w:id="7809" w:name="_Toc353976550"/>
+      <w:bookmarkStart w:id="7810" w:name="_Toc353978420"/>
+      <w:bookmarkStart w:id="7811" w:name="_Toc354044095"/>
+      <w:bookmarkStart w:id="7812" w:name="_Toc354047335"/>
+      <w:bookmarkStart w:id="7813" w:name="_Toc356380936"/>
+      <w:bookmarkStart w:id="7814" w:name="_Toc357675175"/>
+      <w:bookmarkStart w:id="7815" w:name="_Toc357689067"/>
+      <w:bookmarkStart w:id="7816" w:name="_Toc357691136"/>
+      <w:bookmarkStart w:id="7817" w:name="_Toc353976274"/>
+      <w:bookmarkStart w:id="7818" w:name="_Toc353976551"/>
+      <w:bookmarkStart w:id="7819" w:name="_Toc353978421"/>
+      <w:bookmarkStart w:id="7820" w:name="_Toc354044096"/>
+      <w:bookmarkStart w:id="7821" w:name="_Toc354047336"/>
+      <w:bookmarkStart w:id="7822" w:name="_Toc356380937"/>
+      <w:bookmarkStart w:id="7823" w:name="_Toc357675176"/>
+      <w:bookmarkStart w:id="7824" w:name="_Toc357689068"/>
+      <w:bookmarkStart w:id="7825" w:name="_Toc357691137"/>
+      <w:bookmarkStart w:id="7826" w:name="_Toc353976275"/>
+      <w:bookmarkStart w:id="7827" w:name="_Toc353976552"/>
+      <w:bookmarkStart w:id="7828" w:name="_Toc353978422"/>
+      <w:bookmarkStart w:id="7829" w:name="_Toc354044097"/>
+      <w:bookmarkStart w:id="7830" w:name="_Toc354047337"/>
+      <w:bookmarkStart w:id="7831" w:name="_Toc356380938"/>
+      <w:bookmarkStart w:id="7832" w:name="_Toc357675177"/>
+      <w:bookmarkStart w:id="7833" w:name="_Toc357689069"/>
+      <w:bookmarkStart w:id="7834" w:name="_Toc357691138"/>
+      <w:bookmarkStart w:id="7835" w:name="_Toc353976276"/>
+      <w:bookmarkStart w:id="7836" w:name="_Toc353976553"/>
+      <w:bookmarkStart w:id="7837" w:name="_Toc353978423"/>
+      <w:bookmarkStart w:id="7838" w:name="_Toc354044098"/>
+      <w:bookmarkStart w:id="7839" w:name="_Toc354047338"/>
+      <w:bookmarkStart w:id="7840" w:name="_Toc356380939"/>
+      <w:bookmarkStart w:id="7841" w:name="_Toc357675178"/>
+      <w:bookmarkStart w:id="7842" w:name="_Toc357689070"/>
+      <w:bookmarkStart w:id="7843" w:name="_Toc357691139"/>
+      <w:bookmarkStart w:id="7844" w:name="_Toc353976277"/>
+      <w:bookmarkStart w:id="7845" w:name="_Toc353976554"/>
+      <w:bookmarkStart w:id="7846" w:name="_Toc353978424"/>
+      <w:bookmarkStart w:id="7847" w:name="_Toc354044099"/>
+      <w:bookmarkStart w:id="7848" w:name="_Toc354047339"/>
+      <w:bookmarkStart w:id="7849" w:name="_Toc356380940"/>
+      <w:bookmarkStart w:id="7850" w:name="_Toc357675179"/>
+      <w:bookmarkStart w:id="7851" w:name="_Toc357689071"/>
+      <w:bookmarkStart w:id="7852" w:name="_Toc357691140"/>
+      <w:bookmarkStart w:id="7853" w:name="_Toc353976278"/>
+      <w:bookmarkStart w:id="7854" w:name="_Toc353976555"/>
+      <w:bookmarkStart w:id="7855" w:name="_Toc353978425"/>
+      <w:bookmarkStart w:id="7856" w:name="_Toc354044100"/>
+      <w:bookmarkStart w:id="7857" w:name="_Toc354047340"/>
+      <w:bookmarkStart w:id="7858" w:name="_Toc356380941"/>
+      <w:bookmarkStart w:id="7859" w:name="_Toc357675180"/>
+      <w:bookmarkStart w:id="7860" w:name="_Toc357689072"/>
+      <w:bookmarkStart w:id="7861" w:name="_Toc357691141"/>
+      <w:bookmarkStart w:id="7862" w:name="_Toc353976279"/>
+      <w:bookmarkStart w:id="7863" w:name="_Toc353976556"/>
+      <w:bookmarkStart w:id="7864" w:name="_Toc353978426"/>
+      <w:bookmarkStart w:id="7865" w:name="_Toc354044101"/>
+      <w:bookmarkStart w:id="7866" w:name="_Toc354047341"/>
+      <w:bookmarkStart w:id="7867" w:name="_Toc356380942"/>
+      <w:bookmarkStart w:id="7868" w:name="_Toc357675181"/>
+      <w:bookmarkStart w:id="7869" w:name="_Toc357689073"/>
+      <w:bookmarkStart w:id="7870" w:name="_Toc357691142"/>
+      <w:bookmarkStart w:id="7871" w:name="_Toc353976280"/>
+      <w:bookmarkStart w:id="7872" w:name="_Toc353976557"/>
+      <w:bookmarkStart w:id="7873" w:name="_Toc353978427"/>
+      <w:bookmarkStart w:id="7874" w:name="_Toc354044102"/>
+      <w:bookmarkStart w:id="7875" w:name="_Toc354047342"/>
+      <w:bookmarkStart w:id="7876" w:name="_Toc356380943"/>
+      <w:bookmarkStart w:id="7877" w:name="_Toc357675182"/>
+      <w:bookmarkStart w:id="7878" w:name="_Toc357689074"/>
+      <w:bookmarkStart w:id="7879" w:name="_Toc357691143"/>
+      <w:bookmarkStart w:id="7880" w:name="_Toc353976281"/>
+      <w:bookmarkStart w:id="7881" w:name="_Toc353976558"/>
+      <w:bookmarkStart w:id="7882" w:name="_Toc353978428"/>
+      <w:bookmarkStart w:id="7883" w:name="_Toc354044103"/>
+      <w:bookmarkStart w:id="7884" w:name="_Toc354047343"/>
+      <w:bookmarkStart w:id="7885" w:name="_Toc356380944"/>
+      <w:bookmarkStart w:id="7886" w:name="_Toc357675183"/>
+      <w:bookmarkStart w:id="7887" w:name="_Toc357689075"/>
+      <w:bookmarkStart w:id="7888" w:name="_Toc357691144"/>
+      <w:bookmarkStart w:id="7889" w:name="_Toc353976282"/>
+      <w:bookmarkStart w:id="7890" w:name="_Toc353976559"/>
+      <w:bookmarkStart w:id="7891" w:name="_Toc353978429"/>
+      <w:bookmarkStart w:id="7892" w:name="_Toc354044104"/>
+      <w:bookmarkStart w:id="7893" w:name="_Toc354047344"/>
+      <w:bookmarkStart w:id="7894" w:name="_Toc356380945"/>
+      <w:bookmarkStart w:id="7895" w:name="_Toc357675184"/>
+      <w:bookmarkStart w:id="7896" w:name="_Toc357689076"/>
+      <w:bookmarkStart w:id="7897" w:name="_Toc357691145"/>
+      <w:bookmarkStart w:id="7898" w:name="_Toc353976283"/>
+      <w:bookmarkStart w:id="7899" w:name="_Toc353976560"/>
+      <w:bookmarkStart w:id="7900" w:name="_Toc353978430"/>
+      <w:bookmarkStart w:id="7901" w:name="_Toc354044105"/>
+      <w:bookmarkStart w:id="7902" w:name="_Toc354047345"/>
+      <w:bookmarkStart w:id="7903" w:name="_Toc356380946"/>
+      <w:bookmarkStart w:id="7904" w:name="_Toc357675185"/>
+      <w:bookmarkStart w:id="7905" w:name="_Toc357689077"/>
+      <w:bookmarkStart w:id="7906" w:name="_Toc357691146"/>
+      <w:bookmarkStart w:id="7907" w:name="_Toc353976284"/>
+      <w:bookmarkStart w:id="7908" w:name="_Toc353976561"/>
+      <w:bookmarkStart w:id="7909" w:name="_Toc353978431"/>
+      <w:bookmarkStart w:id="7910" w:name="_Toc354044106"/>
+      <w:bookmarkStart w:id="7911" w:name="_Toc354047346"/>
+      <w:bookmarkStart w:id="7912" w:name="_Toc356380947"/>
+      <w:bookmarkStart w:id="7913" w:name="_Toc357675186"/>
+      <w:bookmarkStart w:id="7914" w:name="_Toc357689078"/>
+      <w:bookmarkStart w:id="7915" w:name="_Toc357691147"/>
+      <w:bookmarkStart w:id="7916" w:name="_Toc353976285"/>
+      <w:bookmarkStart w:id="7917" w:name="_Toc353976562"/>
+      <w:bookmarkStart w:id="7918" w:name="_Toc353978432"/>
+      <w:bookmarkStart w:id="7919" w:name="_Toc354044107"/>
+      <w:bookmarkStart w:id="7920" w:name="_Toc354047347"/>
+      <w:bookmarkStart w:id="7921" w:name="_Toc356380948"/>
+      <w:bookmarkStart w:id="7922" w:name="_Toc357675187"/>
+      <w:bookmarkStart w:id="7923" w:name="_Toc357689079"/>
+      <w:bookmarkStart w:id="7924" w:name="_Toc357691148"/>
+      <w:bookmarkStart w:id="7925" w:name="_Toc353976286"/>
+      <w:bookmarkStart w:id="7926" w:name="_Toc353976563"/>
+      <w:bookmarkStart w:id="7927" w:name="_Toc353978433"/>
+      <w:bookmarkStart w:id="7928" w:name="_Toc354044108"/>
+      <w:bookmarkStart w:id="7929" w:name="_Toc354047348"/>
+      <w:bookmarkStart w:id="7930" w:name="_Toc356380949"/>
+      <w:bookmarkStart w:id="7931" w:name="_Toc357675188"/>
+      <w:bookmarkStart w:id="7932" w:name="_Toc357689080"/>
+      <w:bookmarkStart w:id="7933" w:name="_Toc357691149"/>
+      <w:bookmarkStart w:id="7934" w:name="_Toc353976287"/>
+      <w:bookmarkStart w:id="7935" w:name="_Toc353976564"/>
+      <w:bookmarkStart w:id="7936" w:name="_Toc353978434"/>
+      <w:bookmarkStart w:id="7937" w:name="_Toc354044109"/>
+      <w:bookmarkStart w:id="7938" w:name="_Toc354047349"/>
+      <w:bookmarkStart w:id="7939" w:name="_Toc356380950"/>
+      <w:bookmarkStart w:id="7940" w:name="_Toc357675189"/>
+      <w:bookmarkStart w:id="7941" w:name="_Toc357689081"/>
+      <w:bookmarkStart w:id="7942" w:name="_Toc357691150"/>
+      <w:bookmarkStart w:id="7943" w:name="_Toc353976288"/>
+      <w:bookmarkStart w:id="7944" w:name="_Toc353976565"/>
+      <w:bookmarkStart w:id="7945" w:name="_Toc353978435"/>
+      <w:bookmarkStart w:id="7946" w:name="_Toc354044110"/>
+      <w:bookmarkStart w:id="7947" w:name="_Toc354047350"/>
+      <w:bookmarkStart w:id="7948" w:name="_Toc356380951"/>
+      <w:bookmarkStart w:id="7949" w:name="_Toc357675190"/>
+      <w:bookmarkStart w:id="7950" w:name="_Toc357689082"/>
+      <w:bookmarkStart w:id="7951" w:name="_Toc357691151"/>
+      <w:bookmarkStart w:id="7952" w:name="_Toc353976289"/>
+      <w:bookmarkStart w:id="7953" w:name="_Toc353976566"/>
+      <w:bookmarkStart w:id="7954" w:name="_Toc353978436"/>
+      <w:bookmarkStart w:id="7955" w:name="_Toc354044111"/>
+      <w:bookmarkStart w:id="7956" w:name="_Toc354047351"/>
+      <w:bookmarkStart w:id="7957" w:name="_Toc356380952"/>
+      <w:bookmarkStart w:id="7958" w:name="_Toc357675191"/>
+      <w:bookmarkStart w:id="7959" w:name="_Toc357689083"/>
+      <w:bookmarkStart w:id="7960" w:name="_Toc357691152"/>
+      <w:bookmarkStart w:id="7961" w:name="_Toc316386029"/>
+      <w:bookmarkStart w:id="7962" w:name="_Toc316386387"/>
+      <w:bookmarkStart w:id="7963" w:name="_Toc316389717"/>
+      <w:bookmarkStart w:id="7964" w:name="_Toc316386030"/>
+      <w:bookmarkStart w:id="7965" w:name="_Toc316386388"/>
+      <w:bookmarkStart w:id="7966" w:name="_Toc316389718"/>
+      <w:bookmarkStart w:id="7967" w:name="_Toc316386031"/>
+      <w:bookmarkStart w:id="7968" w:name="_Toc316386389"/>
+      <w:bookmarkStart w:id="7969" w:name="_Toc316389719"/>
+      <w:bookmarkStart w:id="7970" w:name="_Toc316386032"/>
+      <w:bookmarkStart w:id="7971" w:name="_Toc316386390"/>
+      <w:bookmarkStart w:id="7972" w:name="_Toc316389720"/>
+      <w:bookmarkStart w:id="7973" w:name="_Toc316386033"/>
+      <w:bookmarkStart w:id="7974" w:name="_Toc316386391"/>
+      <w:bookmarkStart w:id="7975" w:name="_Toc316389721"/>
+      <w:bookmarkStart w:id="7976" w:name="_Toc316386034"/>
+      <w:bookmarkStart w:id="7977" w:name="_Toc316386392"/>
+      <w:bookmarkStart w:id="7978" w:name="_Toc316389722"/>
+      <w:bookmarkStart w:id="7979" w:name="_Toc316386036"/>
+      <w:bookmarkStart w:id="7980" w:name="_Toc316386394"/>
+      <w:bookmarkStart w:id="7981" w:name="_Toc316389724"/>
+      <w:bookmarkStart w:id="7982" w:name="_Toc316386037"/>
+      <w:bookmarkStart w:id="7983" w:name="_Toc316386395"/>
+      <w:bookmarkStart w:id="7984" w:name="_Toc316389725"/>
+      <w:bookmarkStart w:id="7985" w:name="_Toc316386038"/>
+      <w:bookmarkStart w:id="7986" w:name="_Toc316386396"/>
+      <w:bookmarkStart w:id="7987" w:name="_Toc316389726"/>
+      <w:bookmarkStart w:id="7988" w:name="_Toc316386039"/>
+      <w:bookmarkStart w:id="7989" w:name="_Toc316386397"/>
+      <w:bookmarkStart w:id="7990" w:name="_Toc316389727"/>
+      <w:bookmarkStart w:id="7991" w:name="_Toc316386040"/>
+      <w:bookmarkStart w:id="7992" w:name="_Toc316386398"/>
+      <w:bookmarkStart w:id="7993" w:name="_Toc316389728"/>
+      <w:bookmarkStart w:id="7994" w:name="_Toc316386041"/>
+      <w:bookmarkStart w:id="7995" w:name="_Toc316386399"/>
+      <w:bookmarkStart w:id="7996" w:name="_Toc316389729"/>
+      <w:bookmarkStart w:id="7997" w:name="_Toc316386042"/>
+      <w:bookmarkStart w:id="7998" w:name="_Toc316386400"/>
+      <w:bookmarkStart w:id="7999" w:name="_Toc316389730"/>
+      <w:bookmarkStart w:id="8000" w:name="_Toc316386043"/>
+      <w:bookmarkStart w:id="8001" w:name="_Toc316386401"/>
+      <w:bookmarkStart w:id="8002" w:name="_Toc316389731"/>
+      <w:bookmarkStart w:id="8003" w:name="_Toc316386044"/>
+      <w:bookmarkStart w:id="8004" w:name="_Toc316386402"/>
+      <w:bookmarkStart w:id="8005" w:name="_Toc316389732"/>
+      <w:bookmarkStart w:id="8006" w:name="_Toc316386045"/>
+      <w:bookmarkStart w:id="8007" w:name="_Toc316386403"/>
+      <w:bookmarkStart w:id="8008" w:name="_Toc316389733"/>
+      <w:bookmarkStart w:id="8009" w:name="_Toc316386046"/>
+      <w:bookmarkStart w:id="8010" w:name="_Toc316386404"/>
+      <w:bookmarkStart w:id="8011" w:name="_Toc316389734"/>
+      <w:bookmarkStart w:id="8012" w:name="_Toc316386047"/>
+      <w:bookmarkStart w:id="8013" w:name="_Toc316386405"/>
+      <w:bookmarkStart w:id="8014" w:name="_Toc316389735"/>
+      <w:bookmarkStart w:id="8015" w:name="_Toc316386048"/>
+      <w:bookmarkStart w:id="8016" w:name="_Toc316386406"/>
+      <w:bookmarkStart w:id="8017" w:name="_Toc316389736"/>
+      <w:bookmarkStart w:id="8018" w:name="_Toc316386049"/>
+      <w:bookmarkStart w:id="8019" w:name="_Toc316386407"/>
+      <w:bookmarkStart w:id="8020" w:name="_Toc316389737"/>
+      <w:bookmarkStart w:id="8021" w:name="_Toc316386050"/>
+      <w:bookmarkStart w:id="8022" w:name="_Toc316386408"/>
+      <w:bookmarkStart w:id="8023" w:name="_Toc316389738"/>
+      <w:bookmarkStart w:id="8024" w:name="_Toc316386051"/>
+      <w:bookmarkStart w:id="8025" w:name="_Toc316386409"/>
+      <w:bookmarkStart w:id="8026" w:name="_Toc316389739"/>
+      <w:bookmarkStart w:id="8027" w:name="_Toc316386052"/>
+      <w:bookmarkStart w:id="8028" w:name="_Toc316386410"/>
+      <w:bookmarkStart w:id="8029" w:name="_Toc316389740"/>
+      <w:bookmarkStart w:id="8030" w:name="_Toc316386053"/>
+      <w:bookmarkStart w:id="8031" w:name="_Toc316386411"/>
+      <w:bookmarkStart w:id="8032" w:name="_Toc316389741"/>
+      <w:bookmarkStart w:id="8033" w:name="_Toc316386054"/>
+      <w:bookmarkStart w:id="8034" w:name="_Toc316386412"/>
+      <w:bookmarkStart w:id="8035" w:name="_Toc316389742"/>
+      <w:bookmarkStart w:id="8036" w:name="_Toc316386055"/>
+      <w:bookmarkStart w:id="8037" w:name="_Toc316386413"/>
+      <w:bookmarkStart w:id="8038" w:name="_Toc316389743"/>
+      <w:bookmarkStart w:id="8039" w:name="_Toc316386056"/>
+      <w:bookmarkStart w:id="8040" w:name="_Toc316386414"/>
+      <w:bookmarkStart w:id="8041" w:name="_Toc316389744"/>
+      <w:bookmarkStart w:id="8042" w:name="_Toc316386057"/>
+      <w:bookmarkStart w:id="8043" w:name="_Toc316386415"/>
+      <w:bookmarkStart w:id="8044" w:name="_Toc316389745"/>
+      <w:bookmarkStart w:id="8045" w:name="_Toc316386059"/>
+      <w:bookmarkStart w:id="8046" w:name="_Toc316386417"/>
+      <w:bookmarkStart w:id="8047" w:name="_Toc316389747"/>
+      <w:bookmarkStart w:id="8048" w:name="_Toc316386060"/>
+      <w:bookmarkStart w:id="8049" w:name="_Toc316386418"/>
+      <w:bookmarkStart w:id="8050" w:name="_Toc316389748"/>
+      <w:bookmarkStart w:id="8051" w:name="_Toc316386061"/>
+      <w:bookmarkStart w:id="8052" w:name="_Toc316386419"/>
+      <w:bookmarkStart w:id="8053" w:name="_Toc316389749"/>
+      <w:bookmarkStart w:id="8054" w:name="_Toc316386062"/>
+      <w:bookmarkStart w:id="8055" w:name="_Toc316386420"/>
+      <w:bookmarkStart w:id="8056" w:name="_Toc316389750"/>
+      <w:bookmarkStart w:id="8057" w:name="_Toc316386063"/>
+      <w:bookmarkStart w:id="8058" w:name="_Toc316386421"/>
+      <w:bookmarkStart w:id="8059" w:name="_Toc316389751"/>
+      <w:bookmarkStart w:id="8060" w:name="_Toc316386064"/>
+      <w:bookmarkStart w:id="8061" w:name="_Toc316386422"/>
+      <w:bookmarkStart w:id="8062" w:name="_Toc316389752"/>
+      <w:bookmarkStart w:id="8063" w:name="_Toc316386065"/>
+      <w:bookmarkStart w:id="8064" w:name="_Toc316386423"/>
+      <w:bookmarkStart w:id="8065" w:name="_Toc316389753"/>
+      <w:bookmarkStart w:id="8066" w:name="_Toc316386066"/>
+      <w:bookmarkStart w:id="8067" w:name="_Toc316386424"/>
+      <w:bookmarkStart w:id="8068" w:name="_Toc316389754"/>
+      <w:bookmarkStart w:id="8069" w:name="_Toc316386067"/>
+      <w:bookmarkStart w:id="8070" w:name="_Toc316386425"/>
+      <w:bookmarkStart w:id="8071" w:name="_Toc316389755"/>
+      <w:bookmarkStart w:id="8072" w:name="_Toc316386068"/>
+      <w:bookmarkStart w:id="8073" w:name="_Toc316386426"/>
+      <w:bookmarkStart w:id="8074" w:name="_Toc316389756"/>
+      <w:bookmarkStart w:id="8075" w:name="_Toc316386069"/>
+      <w:bookmarkStart w:id="8076" w:name="_Toc316386427"/>
+      <w:bookmarkStart w:id="8077" w:name="_Toc316389757"/>
+      <w:bookmarkStart w:id="8078" w:name="_Toc316386070"/>
+      <w:bookmarkStart w:id="8079" w:name="_Toc316386428"/>
+      <w:bookmarkStart w:id="8080" w:name="_Toc316389758"/>
+      <w:bookmarkStart w:id="8081" w:name="_Toc316386071"/>
+      <w:bookmarkStart w:id="8082" w:name="_Toc316386429"/>
+      <w:bookmarkStart w:id="8083" w:name="_Toc316389759"/>
+      <w:bookmarkStart w:id="8084" w:name="_Toc316386072"/>
+      <w:bookmarkStart w:id="8085" w:name="_Toc316386430"/>
+      <w:bookmarkStart w:id="8086" w:name="_Toc316389760"/>
+      <w:bookmarkStart w:id="8087" w:name="_Toc316386073"/>
+      <w:bookmarkStart w:id="8088" w:name="_Toc316386431"/>
+      <w:bookmarkStart w:id="8089" w:name="_Toc316389761"/>
+      <w:bookmarkStart w:id="8090" w:name="_Toc316386074"/>
+      <w:bookmarkStart w:id="8091" w:name="_Toc316389762"/>
+      <w:bookmarkStart w:id="8092" w:name="_Toc353976291"/>
+      <w:bookmarkStart w:id="8093" w:name="_Toc353976568"/>
+      <w:bookmarkStart w:id="8094" w:name="_Toc353978438"/>
+      <w:bookmarkStart w:id="8095" w:name="_Toc354044113"/>
+      <w:bookmarkStart w:id="8096" w:name="_Toc354047353"/>
+      <w:bookmarkStart w:id="8097" w:name="_Toc356380954"/>
+      <w:bookmarkStart w:id="8098" w:name="_Toc357675193"/>
+      <w:bookmarkStart w:id="8099" w:name="_Toc357689085"/>
+      <w:bookmarkStart w:id="8100" w:name="_Toc357691154"/>
+      <w:bookmarkStart w:id="8101" w:name="_Toc353976292"/>
+      <w:bookmarkStart w:id="8102" w:name="_Toc353976569"/>
+      <w:bookmarkStart w:id="8103" w:name="_Toc353978439"/>
+      <w:bookmarkStart w:id="8104" w:name="_Toc354044114"/>
+      <w:bookmarkStart w:id="8105" w:name="_Toc354047354"/>
+      <w:bookmarkStart w:id="8106" w:name="_Toc356380955"/>
+      <w:bookmarkStart w:id="8107" w:name="_Toc357675194"/>
+      <w:bookmarkStart w:id="8108" w:name="_Toc357689086"/>
+      <w:bookmarkStart w:id="8109" w:name="_Toc357691155"/>
+      <w:bookmarkStart w:id="8110" w:name="_Toc353976293"/>
+      <w:bookmarkStart w:id="8111" w:name="_Toc353976570"/>
+      <w:bookmarkStart w:id="8112" w:name="_Toc353978440"/>
+      <w:bookmarkStart w:id="8113" w:name="_Toc354044115"/>
+      <w:bookmarkStart w:id="8114" w:name="_Toc354047355"/>
+      <w:bookmarkStart w:id="8115" w:name="_Toc356380956"/>
+      <w:bookmarkStart w:id="8116" w:name="_Toc357675195"/>
+      <w:bookmarkStart w:id="8117" w:name="_Toc357689087"/>
+      <w:bookmarkStart w:id="8118" w:name="_Toc357691156"/>
+      <w:bookmarkStart w:id="8119" w:name="_Toc353976294"/>
+      <w:bookmarkStart w:id="8120" w:name="_Toc353976571"/>
+      <w:bookmarkStart w:id="8121" w:name="_Toc353978441"/>
+      <w:bookmarkStart w:id="8122" w:name="_Toc354044116"/>
+      <w:bookmarkStart w:id="8123" w:name="_Toc354047356"/>
+      <w:bookmarkStart w:id="8124" w:name="_Toc356380957"/>
+      <w:bookmarkStart w:id="8125" w:name="_Toc357675196"/>
+      <w:bookmarkStart w:id="8126" w:name="_Toc357689088"/>
+      <w:bookmarkStart w:id="8127" w:name="_Toc357691157"/>
+      <w:bookmarkStart w:id="8128" w:name="_Toc353976295"/>
+      <w:bookmarkStart w:id="8129" w:name="_Toc353976572"/>
+      <w:bookmarkStart w:id="8130" w:name="_Toc353978442"/>
+      <w:bookmarkStart w:id="8131" w:name="_Toc354044117"/>
+      <w:bookmarkStart w:id="8132" w:name="_Toc354047357"/>
+      <w:bookmarkStart w:id="8133" w:name="_Toc356380958"/>
+      <w:bookmarkStart w:id="8134" w:name="_Toc357675197"/>
+      <w:bookmarkStart w:id="8135" w:name="_Toc357689089"/>
+      <w:bookmarkStart w:id="8136" w:name="_Toc357691158"/>
+      <w:bookmarkStart w:id="8137" w:name="_Toc353976296"/>
+      <w:bookmarkStart w:id="8138" w:name="_Toc353976573"/>
+      <w:bookmarkStart w:id="8139" w:name="_Toc353978443"/>
+      <w:bookmarkStart w:id="8140" w:name="_Toc354044118"/>
+      <w:bookmarkStart w:id="8141" w:name="_Toc354047358"/>
+      <w:bookmarkStart w:id="8142" w:name="_Toc356380959"/>
+      <w:bookmarkStart w:id="8143" w:name="_Toc357675198"/>
+      <w:bookmarkStart w:id="8144" w:name="_Toc357689090"/>
+      <w:bookmarkStart w:id="8145" w:name="_Toc357691159"/>
+      <w:bookmarkStart w:id="8146" w:name="_Toc353976297"/>
+      <w:bookmarkStart w:id="8147" w:name="_Toc353976574"/>
+      <w:bookmarkStart w:id="8148" w:name="_Toc353978444"/>
+      <w:bookmarkStart w:id="8149" w:name="_Toc354044119"/>
+      <w:bookmarkStart w:id="8150" w:name="_Toc354047359"/>
+      <w:bookmarkStart w:id="8151" w:name="_Toc356380960"/>
+      <w:bookmarkStart w:id="8152" w:name="_Toc357675199"/>
+      <w:bookmarkStart w:id="8153" w:name="_Toc357689091"/>
+      <w:bookmarkStart w:id="8154" w:name="_Toc357691160"/>
+      <w:bookmarkStart w:id="8155" w:name="_Toc353976300"/>
+      <w:bookmarkStart w:id="8156" w:name="_Toc353976577"/>
+      <w:bookmarkStart w:id="8157" w:name="_Toc353978447"/>
+      <w:bookmarkStart w:id="8158" w:name="_Toc354044122"/>
+      <w:bookmarkStart w:id="8159" w:name="_Toc354047362"/>
+      <w:bookmarkStart w:id="8160" w:name="_Toc356380963"/>
+      <w:bookmarkStart w:id="8161" w:name="_Toc357675202"/>
+      <w:bookmarkStart w:id="8162" w:name="_Toc357689094"/>
+      <w:bookmarkStart w:id="8163" w:name="_Toc357691163"/>
+      <w:bookmarkStart w:id="8164" w:name="_Toc353976301"/>
+      <w:bookmarkStart w:id="8165" w:name="_Toc353976578"/>
+      <w:bookmarkStart w:id="8166" w:name="_Toc353978448"/>
+      <w:bookmarkStart w:id="8167" w:name="_Toc354044123"/>
+      <w:bookmarkStart w:id="8168" w:name="_Toc354047363"/>
+      <w:bookmarkStart w:id="8169" w:name="_Toc356380964"/>
+      <w:bookmarkStart w:id="8170" w:name="_Toc357675203"/>
+      <w:bookmarkStart w:id="8171" w:name="_Toc357689095"/>
+      <w:bookmarkStart w:id="8172" w:name="_Toc357691164"/>
+      <w:bookmarkStart w:id="8173" w:name="_Toc353976302"/>
+      <w:bookmarkStart w:id="8174" w:name="_Toc353976579"/>
+      <w:bookmarkStart w:id="8175" w:name="_Toc353978449"/>
+      <w:bookmarkStart w:id="8176" w:name="_Toc354044124"/>
+      <w:bookmarkStart w:id="8177" w:name="_Toc354047364"/>
+      <w:bookmarkStart w:id="8178" w:name="_Toc356380965"/>
+      <w:bookmarkStart w:id="8179" w:name="_Toc357675204"/>
+      <w:bookmarkStart w:id="8180" w:name="_Toc357689096"/>
+      <w:bookmarkStart w:id="8181" w:name="_Toc357691165"/>
+      <w:bookmarkStart w:id="8182" w:name="_Toc353976303"/>
+      <w:bookmarkStart w:id="8183" w:name="_Toc353976580"/>
+      <w:bookmarkStart w:id="8184" w:name="_Toc353978450"/>
+      <w:bookmarkStart w:id="8185" w:name="_Toc354044125"/>
+      <w:bookmarkStart w:id="8186" w:name="_Toc354047365"/>
+      <w:bookmarkStart w:id="8187" w:name="_Toc356380966"/>
+      <w:bookmarkStart w:id="8188" w:name="_Toc357675205"/>
+      <w:bookmarkStart w:id="8189" w:name="_Toc357689097"/>
+      <w:bookmarkStart w:id="8190" w:name="_Toc357691166"/>
+      <w:bookmarkStart w:id="8191" w:name="_Toc353976304"/>
+      <w:bookmarkStart w:id="8192" w:name="_Toc353976581"/>
+      <w:bookmarkStart w:id="8193" w:name="_Toc353978451"/>
+      <w:bookmarkStart w:id="8194" w:name="_Toc354044126"/>
+      <w:bookmarkStart w:id="8195" w:name="_Toc354047366"/>
+      <w:bookmarkStart w:id="8196" w:name="_Toc356380967"/>
+      <w:bookmarkStart w:id="8197" w:name="_Toc357675206"/>
+      <w:bookmarkStart w:id="8198" w:name="_Toc357689098"/>
+      <w:bookmarkStart w:id="8199" w:name="_Toc357691167"/>
+      <w:bookmarkStart w:id="8200" w:name="_Toc353976305"/>
+      <w:bookmarkStart w:id="8201" w:name="_Toc353976582"/>
+      <w:bookmarkStart w:id="8202" w:name="_Toc353978452"/>
+      <w:bookmarkStart w:id="8203" w:name="_Toc354044127"/>
+      <w:bookmarkStart w:id="8204" w:name="_Toc354047367"/>
+      <w:bookmarkStart w:id="8205" w:name="_Toc356380968"/>
+      <w:bookmarkStart w:id="8206" w:name="_Toc357675207"/>
+      <w:bookmarkStart w:id="8207" w:name="_Toc357689099"/>
+      <w:bookmarkStart w:id="8208" w:name="_Toc357691168"/>
+      <w:bookmarkStart w:id="8209" w:name="_Toc353976306"/>
+      <w:bookmarkStart w:id="8210" w:name="_Toc353976583"/>
+      <w:bookmarkStart w:id="8211" w:name="_Toc353978453"/>
+      <w:bookmarkStart w:id="8212" w:name="_Toc354044128"/>
+      <w:bookmarkStart w:id="8213" w:name="_Toc354047368"/>
+      <w:bookmarkStart w:id="8214" w:name="_Toc356380969"/>
+      <w:bookmarkStart w:id="8215" w:name="_Toc357675208"/>
+      <w:bookmarkStart w:id="8216" w:name="_Toc357689100"/>
+      <w:bookmarkStart w:id="8217" w:name="_Toc357691169"/>
+      <w:bookmarkStart w:id="8218" w:name="_Toc353976307"/>
+      <w:bookmarkStart w:id="8219" w:name="_Toc353976584"/>
+      <w:bookmarkStart w:id="8220" w:name="_Toc353978454"/>
+      <w:bookmarkStart w:id="8221" w:name="_Toc354044129"/>
+      <w:bookmarkStart w:id="8222" w:name="_Toc354047369"/>
+      <w:bookmarkStart w:id="8223" w:name="_Toc356380970"/>
+      <w:bookmarkStart w:id="8224" w:name="_Toc357675209"/>
+      <w:bookmarkStart w:id="8225" w:name="_Toc357689101"/>
+      <w:bookmarkStart w:id="8226" w:name="_Toc357691170"/>
+      <w:bookmarkStart w:id="8227" w:name="_Toc353976308"/>
+      <w:bookmarkStart w:id="8228" w:name="_Toc353976585"/>
+      <w:bookmarkStart w:id="8229" w:name="_Toc353978455"/>
+      <w:bookmarkStart w:id="8230" w:name="_Toc354044130"/>
+      <w:bookmarkStart w:id="8231" w:name="_Toc354047370"/>
+      <w:bookmarkStart w:id="8232" w:name="_Toc356380971"/>
+      <w:bookmarkStart w:id="8233" w:name="_Toc357675210"/>
+      <w:bookmarkStart w:id="8234" w:name="_Toc357689102"/>
+      <w:bookmarkStart w:id="8235" w:name="_Toc357691171"/>
+      <w:bookmarkStart w:id="8236" w:name="_Toc353976309"/>
+      <w:bookmarkStart w:id="8237" w:name="_Toc353976586"/>
+      <w:bookmarkStart w:id="8238" w:name="_Toc353978456"/>
+      <w:bookmarkStart w:id="8239" w:name="_Toc354044131"/>
+      <w:bookmarkStart w:id="8240" w:name="_Toc354047371"/>
+      <w:bookmarkStart w:id="8241" w:name="_Toc356380972"/>
+      <w:bookmarkStart w:id="8242" w:name="_Toc357675211"/>
+      <w:bookmarkStart w:id="8243" w:name="_Toc357689103"/>
+      <w:bookmarkStart w:id="8244" w:name="_Toc357691172"/>
+      <w:bookmarkStart w:id="8245" w:name="_Toc353976310"/>
+      <w:bookmarkStart w:id="8246" w:name="_Toc353976587"/>
+      <w:bookmarkStart w:id="8247" w:name="_Toc353978457"/>
+      <w:bookmarkStart w:id="8248" w:name="_Toc354044132"/>
+      <w:bookmarkStart w:id="8249" w:name="_Toc354047372"/>
+      <w:bookmarkStart w:id="8250" w:name="_Toc356380973"/>
+      <w:bookmarkStart w:id="8251" w:name="_Toc357675212"/>
+      <w:bookmarkStart w:id="8252" w:name="_Toc357689104"/>
+      <w:bookmarkStart w:id="8253" w:name="_Toc357691173"/>
+      <w:bookmarkStart w:id="8254" w:name="_Toc353976311"/>
+      <w:bookmarkStart w:id="8255" w:name="_Toc353976588"/>
+      <w:bookmarkStart w:id="8256" w:name="_Toc353978458"/>
+      <w:bookmarkStart w:id="8257" w:name="_Toc354044133"/>
+      <w:bookmarkStart w:id="8258" w:name="_Toc354047373"/>
+      <w:bookmarkStart w:id="8259" w:name="_Toc356380974"/>
+      <w:bookmarkStart w:id="8260" w:name="_Toc357675213"/>
+      <w:bookmarkStart w:id="8261" w:name="_Toc357689105"/>
+      <w:bookmarkStart w:id="8262" w:name="_Toc357691174"/>
+      <w:bookmarkStart w:id="8263" w:name="_Toc353976312"/>
+      <w:bookmarkStart w:id="8264" w:name="_Toc353976589"/>
+      <w:bookmarkStart w:id="8265" w:name="_Toc353978459"/>
+      <w:bookmarkStart w:id="8266" w:name="_Toc354044134"/>
+      <w:bookmarkStart w:id="8267" w:name="_Toc354047374"/>
+      <w:bookmarkStart w:id="8268" w:name="_Toc356380975"/>
+      <w:bookmarkStart w:id="8269" w:name="_Toc357675214"/>
+      <w:bookmarkStart w:id="8270" w:name="_Toc357689106"/>
+      <w:bookmarkStart w:id="8271" w:name="_Toc357691175"/>
+      <w:bookmarkStart w:id="8272" w:name="_Toc353976313"/>
+      <w:bookmarkStart w:id="8273" w:name="_Toc353976590"/>
+      <w:bookmarkStart w:id="8274" w:name="_Toc353978460"/>
+      <w:bookmarkStart w:id="8275" w:name="_Toc354044135"/>
+      <w:bookmarkStart w:id="8276" w:name="_Toc354047375"/>
+      <w:bookmarkStart w:id="8277" w:name="_Toc356380976"/>
+      <w:bookmarkStart w:id="8278" w:name="_Toc357675215"/>
+      <w:bookmarkStart w:id="8279" w:name="_Toc357689107"/>
+      <w:bookmarkStart w:id="8280" w:name="_Toc357691176"/>
+      <w:bookmarkStart w:id="8281" w:name="_Toc353976314"/>
+      <w:bookmarkStart w:id="8282" w:name="_Toc353976591"/>
+      <w:bookmarkStart w:id="8283" w:name="_Toc353978461"/>
+      <w:bookmarkStart w:id="8284" w:name="_Toc354044136"/>
+      <w:bookmarkStart w:id="8285" w:name="_Toc354047376"/>
+      <w:bookmarkStart w:id="8286" w:name="_Toc356380977"/>
+      <w:bookmarkStart w:id="8287" w:name="_Toc357675216"/>
+      <w:bookmarkStart w:id="8288" w:name="_Toc357689108"/>
+      <w:bookmarkStart w:id="8289" w:name="_Toc357691177"/>
+      <w:bookmarkStart w:id="8290" w:name="_Toc353976318"/>
+      <w:bookmarkStart w:id="8291" w:name="_Toc353976595"/>
+      <w:bookmarkStart w:id="8292" w:name="_Toc353978465"/>
+      <w:bookmarkStart w:id="8293" w:name="_Toc354044140"/>
+      <w:bookmarkStart w:id="8294" w:name="_Toc354047380"/>
+      <w:bookmarkStart w:id="8295" w:name="_Toc356380981"/>
+      <w:bookmarkStart w:id="8296" w:name="_Toc357675220"/>
+      <w:bookmarkStart w:id="8297" w:name="_Toc357689112"/>
+      <w:bookmarkStart w:id="8298" w:name="_Toc357691181"/>
+      <w:bookmarkStart w:id="8299" w:name="_Toc353976319"/>
+      <w:bookmarkStart w:id="8300" w:name="_Toc353976596"/>
+      <w:bookmarkStart w:id="8301" w:name="_Toc353978466"/>
+      <w:bookmarkStart w:id="8302" w:name="_Toc354044141"/>
+      <w:bookmarkStart w:id="8303" w:name="_Toc354047381"/>
+      <w:bookmarkStart w:id="8304" w:name="_Toc356380982"/>
+      <w:bookmarkStart w:id="8305" w:name="_Toc357675221"/>
+      <w:bookmarkStart w:id="8306" w:name="_Toc357689113"/>
+      <w:bookmarkStart w:id="8307" w:name="_Toc357691182"/>
+      <w:bookmarkStart w:id="8308" w:name="_Toc353976320"/>
+      <w:bookmarkStart w:id="8309" w:name="_Toc353976597"/>
+      <w:bookmarkStart w:id="8310" w:name="_Toc353978467"/>
+      <w:bookmarkStart w:id="8311" w:name="_Toc354044142"/>
+      <w:bookmarkStart w:id="8312" w:name="_Toc354047382"/>
+      <w:bookmarkStart w:id="8313" w:name="_Toc356380983"/>
+      <w:bookmarkStart w:id="8314" w:name="_Toc357675222"/>
+      <w:bookmarkStart w:id="8315" w:name="_Toc357689114"/>
+      <w:bookmarkStart w:id="8316" w:name="_Toc357691183"/>
+      <w:bookmarkStart w:id="8317" w:name="_Toc353976323"/>
+      <w:bookmarkStart w:id="8318" w:name="_Toc353976600"/>
+      <w:bookmarkStart w:id="8319" w:name="_Toc353978470"/>
+      <w:bookmarkStart w:id="8320" w:name="_Toc354044145"/>
+      <w:bookmarkStart w:id="8321" w:name="_Toc354047385"/>
+      <w:bookmarkStart w:id="8322" w:name="_Toc356380986"/>
+      <w:bookmarkStart w:id="8323" w:name="_Toc357675225"/>
+      <w:bookmarkStart w:id="8324" w:name="_Toc357689117"/>
+      <w:bookmarkStart w:id="8325" w:name="_Toc357691186"/>
+      <w:bookmarkStart w:id="8326" w:name="_Toc353976324"/>
+      <w:bookmarkStart w:id="8327" w:name="_Toc353976601"/>
+      <w:bookmarkStart w:id="8328" w:name="_Toc353978471"/>
+      <w:bookmarkStart w:id="8329" w:name="_Toc354044146"/>
+      <w:bookmarkStart w:id="8330" w:name="_Toc354047386"/>
+      <w:bookmarkStart w:id="8331" w:name="_Toc356380987"/>
+      <w:bookmarkStart w:id="8332" w:name="_Toc357675226"/>
+      <w:bookmarkStart w:id="8333" w:name="_Toc357689118"/>
+      <w:bookmarkStart w:id="8334" w:name="_Toc357691187"/>
+      <w:bookmarkStart w:id="8335" w:name="_Toc316389765"/>
+      <w:bookmarkStart w:id="8336" w:name="_Toc316389766"/>
+      <w:bookmarkStart w:id="8337" w:name="_Toc316389767"/>
+      <w:bookmarkStart w:id="8338" w:name="_Toc316389768"/>
+      <w:bookmarkStart w:id="8339" w:name="_Toc316389769"/>
+      <w:bookmarkStart w:id="8340" w:name="_ПРИЛОЖЕНИЕ_06"/>
+      <w:bookmarkStart w:id="8341" w:name="_Toc358044158"/>
+      <w:bookmarkStart w:id="8342" w:name="_Toc358129574"/>
+      <w:bookmarkStart w:id="8343" w:name="_Toc358293769"/>
+      <w:bookmarkStart w:id="8344" w:name="_Toc358044161"/>
+      <w:bookmarkStart w:id="8345" w:name="_Toc358129577"/>
+      <w:bookmarkStart w:id="8346" w:name="_Toc358293772"/>
+      <w:bookmarkStart w:id="8347" w:name="_Toc358044163"/>
+      <w:bookmarkStart w:id="8348" w:name="_Toc358129579"/>
+      <w:bookmarkStart w:id="8349" w:name="_Toc358293774"/>
+      <w:bookmarkStart w:id="8350" w:name="_Toc360177520"/>
+      <w:bookmarkStart w:id="8351" w:name="_Toc316389770"/>
+      <w:bookmarkStart w:id="8352" w:name="_Toc316389771"/>
+      <w:bookmarkStart w:id="8353" w:name="_Toc316389772"/>
+      <w:bookmarkStart w:id="8354" w:name="_Toc316386078"/>
+      <w:bookmarkStart w:id="8355" w:name="_Toc360177521"/>
+      <w:bookmarkStart w:id="8356" w:name="_Toc360177522"/>
+      <w:bookmarkStart w:id="8357" w:name="_Toc360177523"/>
+      <w:bookmarkStart w:id="8358" w:name="_Toc316389775"/>
+      <w:bookmarkStart w:id="8359" w:name="_Toc316389779"/>
+      <w:bookmarkStart w:id="8360" w:name="_Toc316389780"/>
+      <w:bookmarkStart w:id="8361" w:name="_Toc359233532"/>
+      <w:bookmarkStart w:id="8362" w:name="_Toc359323629"/>
+      <w:bookmarkStart w:id="8363" w:name="_Toc359407014"/>
+      <w:bookmarkStart w:id="8364" w:name="_Toc359407148"/>
+      <w:bookmarkStart w:id="8365" w:name="_Toc359408121"/>
+      <w:bookmarkStart w:id="8366" w:name="_Toc359414235"/>
+      <w:bookmarkStart w:id="8367" w:name="_Toc359586303"/>
+      <w:bookmarkStart w:id="8368" w:name="_Toc360177524"/>
+      <w:bookmarkStart w:id="8369" w:name="_Toc353976327"/>
+      <w:bookmarkStart w:id="8370" w:name="_Toc353976604"/>
+      <w:bookmarkStart w:id="8371" w:name="_Toc353978474"/>
+      <w:bookmarkStart w:id="8372" w:name="_Toc354044149"/>
+      <w:bookmarkStart w:id="8373" w:name="_Toc354047389"/>
+      <w:bookmarkStart w:id="8374" w:name="_Toc356380990"/>
+      <w:bookmarkStart w:id="8375" w:name="_Toc357675229"/>
+      <w:bookmarkStart w:id="8376" w:name="_Toc357689121"/>
+      <w:bookmarkStart w:id="8377" w:name="_Toc357691190"/>
+      <w:bookmarkStart w:id="8378" w:name="_Toc353976328"/>
+      <w:bookmarkStart w:id="8379" w:name="_Toc353976605"/>
+      <w:bookmarkStart w:id="8380" w:name="_Toc353978475"/>
+      <w:bookmarkStart w:id="8381" w:name="_Toc354044150"/>
+      <w:bookmarkStart w:id="8382" w:name="_Toc354047390"/>
+      <w:bookmarkStart w:id="8383" w:name="_Toc356380991"/>
+      <w:bookmarkStart w:id="8384" w:name="_Toc357675230"/>
+      <w:bookmarkStart w:id="8385" w:name="_Toc357689122"/>
+      <w:bookmarkStart w:id="8386" w:name="_Toc357691191"/>
+      <w:bookmarkStart w:id="8387" w:name="_Toc353976329"/>
+      <w:bookmarkStart w:id="8388" w:name="_Toc353976606"/>
+      <w:bookmarkStart w:id="8389" w:name="_Toc353978476"/>
+      <w:bookmarkStart w:id="8390" w:name="_Toc354044151"/>
+      <w:bookmarkStart w:id="8391" w:name="_Toc354047391"/>
+      <w:bookmarkStart w:id="8392" w:name="_Toc356380992"/>
+      <w:bookmarkStart w:id="8393" w:name="_Toc357675231"/>
+      <w:bookmarkStart w:id="8394" w:name="_Toc357689123"/>
+      <w:bookmarkStart w:id="8395" w:name="_Toc357691192"/>
+      <w:bookmarkStart w:id="8396" w:name="_Toc353976330"/>
+      <w:bookmarkStart w:id="8397" w:name="_Toc353976607"/>
+      <w:bookmarkStart w:id="8398" w:name="_Toc353978477"/>
+      <w:bookmarkStart w:id="8399" w:name="_Toc354044152"/>
+      <w:bookmarkStart w:id="8400" w:name="_Toc354047392"/>
+      <w:bookmarkStart w:id="8401" w:name="_Toc356380993"/>
+      <w:bookmarkStart w:id="8402" w:name="_Toc357675232"/>
+      <w:bookmarkStart w:id="8403" w:name="_Toc357689124"/>
+      <w:bookmarkStart w:id="8404" w:name="_Toc357691193"/>
+      <w:bookmarkStart w:id="8405" w:name="_Toc353976331"/>
+      <w:bookmarkStart w:id="8406" w:name="_Toc353976608"/>
+      <w:bookmarkStart w:id="8407" w:name="_Toc353978478"/>
+      <w:bookmarkStart w:id="8408" w:name="_Toc354044153"/>
+      <w:bookmarkStart w:id="8409" w:name="_Toc354047393"/>
+      <w:bookmarkStart w:id="8410" w:name="_Toc356380994"/>
+      <w:bookmarkStart w:id="8411" w:name="_Toc357675233"/>
+      <w:bookmarkStart w:id="8412" w:name="_Toc357689125"/>
+      <w:bookmarkStart w:id="8413" w:name="_Toc357691194"/>
+      <w:bookmarkStart w:id="8414" w:name="_Toc353976332"/>
+      <w:bookmarkStart w:id="8415" w:name="_Toc353976609"/>
+      <w:bookmarkStart w:id="8416" w:name="_Toc353978479"/>
+      <w:bookmarkStart w:id="8417" w:name="_Toc354044154"/>
+      <w:bookmarkStart w:id="8418" w:name="_Toc354047394"/>
+      <w:bookmarkStart w:id="8419" w:name="_Toc356380995"/>
+      <w:bookmarkStart w:id="8420" w:name="_Toc357675234"/>
+      <w:bookmarkStart w:id="8421" w:name="_Toc357689126"/>
+      <w:bookmarkStart w:id="8422" w:name="_Toc357691195"/>
+      <w:bookmarkStart w:id="8423" w:name="_Toc353976333"/>
+      <w:bookmarkStart w:id="8424" w:name="_Toc353976610"/>
+      <w:bookmarkStart w:id="8425" w:name="_Toc353978480"/>
+      <w:bookmarkStart w:id="8426" w:name="_Toc354044155"/>
+      <w:bookmarkStart w:id="8427" w:name="_Toc354047395"/>
+      <w:bookmarkStart w:id="8428" w:name="_Toc356380996"/>
+      <w:bookmarkStart w:id="8429" w:name="_Toc357675235"/>
+      <w:bookmarkStart w:id="8430" w:name="_Toc357689127"/>
+      <w:bookmarkStart w:id="8431" w:name="_Toc357691196"/>
+      <w:bookmarkStart w:id="8432" w:name="_Toc353976336"/>
+      <w:bookmarkStart w:id="8433" w:name="_Toc353976613"/>
+      <w:bookmarkStart w:id="8434" w:name="_Toc353978483"/>
+      <w:bookmarkStart w:id="8435" w:name="_Toc354044158"/>
+      <w:bookmarkStart w:id="8436" w:name="_Toc354047398"/>
+      <w:bookmarkStart w:id="8437" w:name="_Toc356380999"/>
+      <w:bookmarkStart w:id="8438" w:name="_Toc357675238"/>
+      <w:bookmarkStart w:id="8439" w:name="_Toc357689130"/>
+      <w:bookmarkStart w:id="8440" w:name="_Toc357691199"/>
+      <w:bookmarkStart w:id="8441" w:name="_Toc353976338"/>
+      <w:bookmarkStart w:id="8442" w:name="_Toc353976615"/>
+      <w:bookmarkStart w:id="8443" w:name="_Toc353978485"/>
+      <w:bookmarkStart w:id="8444" w:name="_Toc354044160"/>
+      <w:bookmarkStart w:id="8445" w:name="_Toc354047400"/>
+      <w:bookmarkStart w:id="8446" w:name="_Toc356381001"/>
+      <w:bookmarkStart w:id="8447" w:name="_Toc357675240"/>
+      <w:bookmarkStart w:id="8448" w:name="_Toc357689132"/>
+      <w:bookmarkStart w:id="8449" w:name="_Toc357691201"/>
+      <w:bookmarkStart w:id="8450" w:name="_Toc353976339"/>
+      <w:bookmarkStart w:id="8451" w:name="_Toc353976616"/>
+      <w:bookmarkStart w:id="8452" w:name="_Toc353978486"/>
+      <w:bookmarkStart w:id="8453" w:name="_Toc354044161"/>
+      <w:bookmarkStart w:id="8454" w:name="_Toc354047401"/>
+      <w:bookmarkStart w:id="8455" w:name="_Toc356381002"/>
+      <w:bookmarkStart w:id="8456" w:name="_Toc357675241"/>
+      <w:bookmarkStart w:id="8457" w:name="_Toc357689133"/>
+      <w:bookmarkStart w:id="8458" w:name="_Toc357691202"/>
+      <w:bookmarkStart w:id="8459" w:name="_Toc353976340"/>
+      <w:bookmarkStart w:id="8460" w:name="_Toc353976617"/>
+      <w:bookmarkStart w:id="8461" w:name="_Toc353978487"/>
+      <w:bookmarkStart w:id="8462" w:name="_Toc354044162"/>
+      <w:bookmarkStart w:id="8463" w:name="_Toc354047402"/>
+      <w:bookmarkStart w:id="8464" w:name="_Toc356381003"/>
+      <w:bookmarkStart w:id="8465" w:name="_Toc357675242"/>
+      <w:bookmarkStart w:id="8466" w:name="_Toc357689134"/>
+      <w:bookmarkStart w:id="8467" w:name="_Toc357691203"/>
+      <w:bookmarkStart w:id="8468" w:name="_Toc353976341"/>
+      <w:bookmarkStart w:id="8469" w:name="_Toc353976618"/>
+      <w:bookmarkStart w:id="8470" w:name="_Toc353978488"/>
+      <w:bookmarkStart w:id="8471" w:name="_Toc354044163"/>
+      <w:bookmarkStart w:id="8472" w:name="_Toc354047403"/>
+      <w:bookmarkStart w:id="8473" w:name="_Toc356381004"/>
+      <w:bookmarkStart w:id="8474" w:name="_Toc357675243"/>
+      <w:bookmarkStart w:id="8475" w:name="_Toc357689135"/>
+      <w:bookmarkStart w:id="8476" w:name="_Toc357691204"/>
+      <w:bookmarkStart w:id="8477" w:name="_Toc353976346"/>
+      <w:bookmarkStart w:id="8478" w:name="_Toc353976623"/>
+      <w:bookmarkStart w:id="8479" w:name="_Toc353978493"/>
+      <w:bookmarkStart w:id="8480" w:name="_Toc354044168"/>
+      <w:bookmarkStart w:id="8481" w:name="_Toc354047408"/>
+      <w:bookmarkStart w:id="8482" w:name="_Toc356381009"/>
+      <w:bookmarkStart w:id="8483" w:name="_Toc357675248"/>
+      <w:bookmarkStart w:id="8484" w:name="_Toc357689140"/>
+      <w:bookmarkStart w:id="8485" w:name="_Toc357691209"/>
+      <w:bookmarkStart w:id="8486" w:name="_Toc353976347"/>
+      <w:bookmarkStart w:id="8487" w:name="_Toc353976624"/>
+      <w:bookmarkStart w:id="8488" w:name="_Toc353978494"/>
+      <w:bookmarkStart w:id="8489" w:name="_Toc354044169"/>
+      <w:bookmarkStart w:id="8490" w:name="_Toc354047409"/>
+      <w:bookmarkStart w:id="8491" w:name="_Toc356381010"/>
+      <w:bookmarkStart w:id="8492" w:name="_Toc357675249"/>
+      <w:bookmarkStart w:id="8493" w:name="_Toc357689141"/>
+      <w:bookmarkStart w:id="8494" w:name="_Toc357691210"/>
+      <w:bookmarkStart w:id="8495" w:name="_Toc353976354"/>
+      <w:bookmarkStart w:id="8496" w:name="_Toc353976631"/>
+      <w:bookmarkStart w:id="8497" w:name="_Toc353978501"/>
+      <w:bookmarkStart w:id="8498" w:name="_Toc354044176"/>
+      <w:bookmarkStart w:id="8499" w:name="_Toc354047416"/>
+      <w:bookmarkStart w:id="8500" w:name="_Toc356381017"/>
+      <w:bookmarkStart w:id="8501" w:name="_Toc357675256"/>
+      <w:bookmarkStart w:id="8502" w:name="_Toc357689148"/>
+      <w:bookmarkStart w:id="8503" w:name="_Toc357691217"/>
+      <w:bookmarkStart w:id="8504" w:name="_Toc353976355"/>
+      <w:bookmarkStart w:id="8505" w:name="_Toc353976632"/>
+      <w:bookmarkStart w:id="8506" w:name="_Toc353978502"/>
+      <w:bookmarkStart w:id="8507" w:name="_Toc354044177"/>
+      <w:bookmarkStart w:id="8508" w:name="_Toc354047417"/>
+      <w:bookmarkStart w:id="8509" w:name="_Toc356381018"/>
+      <w:bookmarkStart w:id="8510" w:name="_Toc357675257"/>
+      <w:bookmarkStart w:id="8511" w:name="_Toc357689149"/>
+      <w:bookmarkStart w:id="8512" w:name="_Toc357691218"/>
+      <w:bookmarkStart w:id="8513" w:name="_Toc353976356"/>
+      <w:bookmarkStart w:id="8514" w:name="_Toc353976633"/>
+      <w:bookmarkStart w:id="8515" w:name="_Toc353978503"/>
+      <w:bookmarkStart w:id="8516" w:name="_Toc354044178"/>
+      <w:bookmarkStart w:id="8517" w:name="_Toc354047418"/>
+      <w:bookmarkStart w:id="8518" w:name="_Toc356381019"/>
+      <w:bookmarkStart w:id="8519" w:name="_Toc357675258"/>
+      <w:bookmarkStart w:id="8520" w:name="_Toc357689150"/>
+      <w:bookmarkStart w:id="8521" w:name="_Toc357691219"/>
+      <w:bookmarkStart w:id="8522" w:name="_Toc353976357"/>
+      <w:bookmarkStart w:id="8523" w:name="_Toc353976634"/>
+      <w:bookmarkStart w:id="8524" w:name="_Toc353978504"/>
+      <w:bookmarkStart w:id="8525" w:name="_Toc354044179"/>
+      <w:bookmarkStart w:id="8526" w:name="_Toc354047419"/>
+      <w:bookmarkStart w:id="8527" w:name="_Toc356381020"/>
+      <w:bookmarkStart w:id="8528" w:name="_Toc357675259"/>
+      <w:bookmarkStart w:id="8529" w:name="_Toc357689151"/>
+      <w:bookmarkStart w:id="8530" w:name="_Toc357691220"/>
+      <w:bookmarkStart w:id="8531" w:name="_Toc353976358"/>
+      <w:bookmarkStart w:id="8532" w:name="_Toc353976635"/>
+      <w:bookmarkStart w:id="8533" w:name="_Toc353978505"/>
+      <w:bookmarkStart w:id="8534" w:name="_Toc354044180"/>
+      <w:bookmarkStart w:id="8535" w:name="_Toc354047420"/>
+      <w:bookmarkStart w:id="8536" w:name="_Toc356381021"/>
+      <w:bookmarkStart w:id="8537" w:name="_Toc357675260"/>
+      <w:bookmarkStart w:id="8538" w:name="_Toc357689152"/>
+      <w:bookmarkStart w:id="8539" w:name="_Toc357691221"/>
+      <w:bookmarkStart w:id="8540" w:name="_Toc353976359"/>
+      <w:bookmarkStart w:id="8541" w:name="_Toc353976636"/>
+      <w:bookmarkStart w:id="8542" w:name="_Toc353978506"/>
+      <w:bookmarkStart w:id="8543" w:name="_Toc354044181"/>
+      <w:bookmarkStart w:id="8544" w:name="_Toc354047421"/>
+      <w:bookmarkStart w:id="8545" w:name="_Toc356381022"/>
+      <w:bookmarkStart w:id="8546" w:name="_Toc357675261"/>
+      <w:bookmarkStart w:id="8547" w:name="_Toc357689153"/>
+      <w:bookmarkStart w:id="8548" w:name="_Toc357691222"/>
+      <w:bookmarkStart w:id="8549" w:name="_Toc353976361"/>
+      <w:bookmarkStart w:id="8550" w:name="_Toc353976638"/>
+      <w:bookmarkStart w:id="8551" w:name="_Toc353978508"/>
+      <w:bookmarkStart w:id="8552" w:name="_Toc354044183"/>
+      <w:bookmarkStart w:id="8553" w:name="_Toc354047423"/>
+      <w:bookmarkStart w:id="8554" w:name="_Toc356381024"/>
+      <w:bookmarkStart w:id="8555" w:name="_Toc357675263"/>
+      <w:bookmarkStart w:id="8556" w:name="_Toc357689155"/>
+      <w:bookmarkStart w:id="8557" w:name="_Toc357691224"/>
+      <w:bookmarkStart w:id="8558" w:name="_Toc353976362"/>
+      <w:bookmarkStart w:id="8559" w:name="_Toc353976639"/>
+      <w:bookmarkStart w:id="8560" w:name="_Toc353978509"/>
+      <w:bookmarkStart w:id="8561" w:name="_Toc354044184"/>
+      <w:bookmarkStart w:id="8562" w:name="_Toc354047424"/>
+      <w:bookmarkStart w:id="8563" w:name="_Toc356381025"/>
+      <w:bookmarkStart w:id="8564" w:name="_Toc357675264"/>
+      <w:bookmarkStart w:id="8565" w:name="_Toc357689156"/>
+      <w:bookmarkStart w:id="8566" w:name="_Toc357691225"/>
+      <w:bookmarkStart w:id="8567" w:name="_Toc353976363"/>
+      <w:bookmarkStart w:id="8568" w:name="_Toc353976640"/>
+      <w:bookmarkStart w:id="8569" w:name="_Toc353978510"/>
+      <w:bookmarkStart w:id="8570" w:name="_Toc354044185"/>
+      <w:bookmarkStart w:id="8571" w:name="_Toc354047425"/>
+      <w:bookmarkStart w:id="8572" w:name="_Toc356381026"/>
+      <w:bookmarkStart w:id="8573" w:name="_Toc357675265"/>
+      <w:bookmarkStart w:id="8574" w:name="_Toc357689157"/>
+      <w:bookmarkStart w:id="8575" w:name="_Toc357691226"/>
+      <w:bookmarkStart w:id="8576" w:name="_Toc353976364"/>
+      <w:bookmarkStart w:id="8577" w:name="_Toc353976641"/>
+      <w:bookmarkStart w:id="8578" w:name="_Toc353978511"/>
+      <w:bookmarkStart w:id="8579" w:name="_Toc354044186"/>
+      <w:bookmarkStart w:id="8580" w:name="_Toc354047426"/>
+      <w:bookmarkStart w:id="8581" w:name="_Toc356381027"/>
+      <w:bookmarkStart w:id="8582" w:name="_Toc357675266"/>
+      <w:bookmarkStart w:id="8583" w:name="_Toc357689158"/>
+      <w:bookmarkStart w:id="8584" w:name="_Toc357691227"/>
+      <w:bookmarkStart w:id="8585" w:name="_Toc353976365"/>
+      <w:bookmarkStart w:id="8586" w:name="_Toc353976642"/>
+      <w:bookmarkStart w:id="8587" w:name="_Toc353978512"/>
+      <w:bookmarkStart w:id="8588" w:name="_Toc354044187"/>
+      <w:bookmarkStart w:id="8589" w:name="_Toc354047427"/>
+      <w:bookmarkStart w:id="8590" w:name="_Toc356381028"/>
+      <w:bookmarkStart w:id="8591" w:name="_Toc357675267"/>
+      <w:bookmarkStart w:id="8592" w:name="_Toc357689159"/>
+      <w:bookmarkStart w:id="8593" w:name="_Toc357691228"/>
+      <w:bookmarkStart w:id="8594" w:name="_Toc353976368"/>
+      <w:bookmarkStart w:id="8595" w:name="_Toc353976645"/>
+      <w:bookmarkStart w:id="8596" w:name="_Toc353978515"/>
+      <w:bookmarkStart w:id="8597" w:name="_Toc354044190"/>
+      <w:bookmarkStart w:id="8598" w:name="_Toc354047430"/>
+      <w:bookmarkStart w:id="8599" w:name="_Toc356381031"/>
+      <w:bookmarkStart w:id="8600" w:name="_Toc357675270"/>
+      <w:bookmarkStart w:id="8601" w:name="_Toc357689162"/>
+      <w:bookmarkStart w:id="8602" w:name="_Toc357691231"/>
+      <w:bookmarkStart w:id="8603" w:name="_Toc353976369"/>
+      <w:bookmarkStart w:id="8604" w:name="_Toc353976646"/>
+      <w:bookmarkStart w:id="8605" w:name="_Toc353978516"/>
+      <w:bookmarkStart w:id="8606" w:name="_Toc354044191"/>
+      <w:bookmarkStart w:id="8607" w:name="_Toc354047431"/>
+      <w:bookmarkStart w:id="8608" w:name="_Toc356381032"/>
+      <w:bookmarkStart w:id="8609" w:name="_Toc357675271"/>
+      <w:bookmarkStart w:id="8610" w:name="_Toc357689163"/>
+      <w:bookmarkStart w:id="8611" w:name="_Toc357691232"/>
+      <w:bookmarkStart w:id="8612" w:name="_Toc353976370"/>
+      <w:bookmarkStart w:id="8613" w:name="_Toc353976647"/>
+      <w:bookmarkStart w:id="8614" w:name="_Toc353978517"/>
+      <w:bookmarkStart w:id="8615" w:name="_Toc354044192"/>
+      <w:bookmarkStart w:id="8616" w:name="_Toc354047432"/>
+      <w:bookmarkStart w:id="8617" w:name="_Toc356381033"/>
+      <w:bookmarkStart w:id="8618" w:name="_Toc357675272"/>
+      <w:bookmarkStart w:id="8619" w:name="_Toc357689164"/>
+      <w:bookmarkStart w:id="8620" w:name="_Toc357691233"/>
+      <w:bookmarkStart w:id="8621" w:name="_Toc353976371"/>
+      <w:bookmarkStart w:id="8622" w:name="_Toc353976648"/>
+      <w:bookmarkStart w:id="8623" w:name="_Toc353978518"/>
+      <w:bookmarkStart w:id="8624" w:name="_Toc354044193"/>
+      <w:bookmarkStart w:id="8625" w:name="_Toc354047433"/>
+      <w:bookmarkStart w:id="8626" w:name="_Toc356381034"/>
+      <w:bookmarkStart w:id="8627" w:name="_Toc357675273"/>
+      <w:bookmarkStart w:id="8628" w:name="_Toc357689165"/>
+      <w:bookmarkStart w:id="8629" w:name="_Toc357691234"/>
+      <w:bookmarkStart w:id="8630" w:name="_Toc353976372"/>
+      <w:bookmarkStart w:id="8631" w:name="_Toc353976649"/>
+      <w:bookmarkStart w:id="8632" w:name="_Toc353978519"/>
+      <w:bookmarkStart w:id="8633" w:name="_Toc354044194"/>
+      <w:bookmarkStart w:id="8634" w:name="_Toc354047434"/>
+      <w:bookmarkStart w:id="8635" w:name="_Toc356381035"/>
+      <w:bookmarkStart w:id="8636" w:name="_Toc357675274"/>
+      <w:bookmarkStart w:id="8637" w:name="_Toc357689166"/>
+      <w:bookmarkStart w:id="8638" w:name="_Toc357691235"/>
+      <w:bookmarkStart w:id="8639" w:name="_Toc353976373"/>
+      <w:bookmarkStart w:id="8640" w:name="_Toc353976650"/>
+      <w:bookmarkStart w:id="8641" w:name="_Toc353978520"/>
+      <w:bookmarkStart w:id="8642" w:name="_Toc354044195"/>
+      <w:bookmarkStart w:id="8643" w:name="_Toc354047435"/>
+      <w:bookmarkStart w:id="8644" w:name="_Toc356381036"/>
+      <w:bookmarkStart w:id="8645" w:name="_Toc357675275"/>
+      <w:bookmarkStart w:id="8646" w:name="_Toc357689167"/>
+      <w:bookmarkStart w:id="8647" w:name="_Toc357691236"/>
+      <w:bookmarkStart w:id="8648" w:name="_Toc353976374"/>
+      <w:bookmarkStart w:id="8649" w:name="_Toc353976651"/>
+      <w:bookmarkStart w:id="8650" w:name="_Toc353978521"/>
+      <w:bookmarkStart w:id="8651" w:name="_Toc354044196"/>
+      <w:bookmarkStart w:id="8652" w:name="_Toc354047436"/>
+      <w:bookmarkStart w:id="8653" w:name="_Toc356381037"/>
+      <w:bookmarkStart w:id="8654" w:name="_Toc357675276"/>
+      <w:bookmarkStart w:id="8655" w:name="_Toc357689168"/>
+      <w:bookmarkStart w:id="8656" w:name="_Toc357691237"/>
+      <w:bookmarkStart w:id="8657" w:name="_Toc353976375"/>
+      <w:bookmarkStart w:id="8658" w:name="_Toc353976652"/>
+      <w:bookmarkStart w:id="8659" w:name="_Toc353978522"/>
+      <w:bookmarkStart w:id="8660" w:name="_Toc354044197"/>
+      <w:bookmarkStart w:id="8661" w:name="_Toc354047437"/>
+      <w:bookmarkStart w:id="8662" w:name="_Toc356381038"/>
+      <w:bookmarkStart w:id="8663" w:name="_Toc357675277"/>
+      <w:bookmarkStart w:id="8664" w:name="_Toc357689169"/>
+      <w:bookmarkStart w:id="8665" w:name="_Toc357691238"/>
+      <w:bookmarkStart w:id="8666" w:name="_Toc353976376"/>
+      <w:bookmarkStart w:id="8667" w:name="_Toc353976653"/>
+      <w:bookmarkStart w:id="8668" w:name="_Toc353978523"/>
+      <w:bookmarkStart w:id="8669" w:name="_Toc354044198"/>
+      <w:bookmarkStart w:id="8670" w:name="_Toc354047438"/>
+      <w:bookmarkStart w:id="8671" w:name="_Toc356381039"/>
+      <w:bookmarkStart w:id="8672" w:name="_Toc357675278"/>
+      <w:bookmarkStart w:id="8673" w:name="_Toc357689170"/>
+      <w:bookmarkStart w:id="8674" w:name="_Toc357691239"/>
+      <w:bookmarkStart w:id="8675" w:name="_Toc353976378"/>
+      <w:bookmarkStart w:id="8676" w:name="_Toc353976655"/>
+      <w:bookmarkStart w:id="8677" w:name="_Toc353978525"/>
+      <w:bookmarkStart w:id="8678" w:name="_Toc354044200"/>
+      <w:bookmarkStart w:id="8679" w:name="_Toc354047440"/>
+      <w:bookmarkStart w:id="8680" w:name="_Toc356381041"/>
+      <w:bookmarkStart w:id="8681" w:name="_Toc357675280"/>
+      <w:bookmarkStart w:id="8682" w:name="_Toc357689172"/>
+      <w:bookmarkStart w:id="8683" w:name="_Toc357691241"/>
+      <w:bookmarkStart w:id="8684" w:name="_Toc353976379"/>
+      <w:bookmarkStart w:id="8685" w:name="_Toc353976656"/>
+      <w:bookmarkStart w:id="8686" w:name="_Toc353978526"/>
+      <w:bookmarkStart w:id="8687" w:name="_Toc354044201"/>
+      <w:bookmarkStart w:id="8688" w:name="_Toc354047441"/>
+      <w:bookmarkStart w:id="8689" w:name="_Toc356381042"/>
+      <w:bookmarkStart w:id="8690" w:name="_Toc357675281"/>
+      <w:bookmarkStart w:id="8691" w:name="_Toc357689173"/>
+      <w:bookmarkStart w:id="8692" w:name="_Toc357691242"/>
+      <w:bookmarkStart w:id="8693" w:name="_Toc353976380"/>
+      <w:bookmarkStart w:id="8694" w:name="_Toc353976657"/>
+      <w:bookmarkStart w:id="8695" w:name="_Toc353978527"/>
+      <w:bookmarkStart w:id="8696" w:name="_Toc354044202"/>
+      <w:bookmarkStart w:id="8697" w:name="_Toc354047442"/>
+      <w:bookmarkStart w:id="8698" w:name="_Toc356381043"/>
+      <w:bookmarkStart w:id="8699" w:name="_Toc357675282"/>
+      <w:bookmarkStart w:id="8700" w:name="_Toc357689174"/>
+      <w:bookmarkStart w:id="8701" w:name="_Toc357691243"/>
+      <w:bookmarkStart w:id="8702" w:name="_Toc353976381"/>
+      <w:bookmarkStart w:id="8703" w:name="_Toc353976658"/>
+      <w:bookmarkStart w:id="8704" w:name="_Toc353978528"/>
+      <w:bookmarkStart w:id="8705" w:name="_Toc354044203"/>
+      <w:bookmarkStart w:id="8706" w:name="_Toc354047443"/>
+      <w:bookmarkStart w:id="8707" w:name="_Toc356381044"/>
+      <w:bookmarkStart w:id="8708" w:name="_Toc357675283"/>
+      <w:bookmarkStart w:id="8709" w:name="_Toc357689175"/>
+      <w:bookmarkStart w:id="8710" w:name="_Toc357691244"/>
+      <w:bookmarkStart w:id="8711" w:name="_Toc353976382"/>
+      <w:bookmarkStart w:id="8712" w:name="_Toc353976659"/>
+      <w:bookmarkStart w:id="8713" w:name="_Toc353978529"/>
+      <w:bookmarkStart w:id="8714" w:name="_Toc354044204"/>
+      <w:bookmarkStart w:id="8715" w:name="_Toc354047444"/>
+      <w:bookmarkStart w:id="8716" w:name="_Toc356381045"/>
+      <w:bookmarkStart w:id="8717" w:name="_Toc357675284"/>
+      <w:bookmarkStart w:id="8718" w:name="_Toc357689176"/>
+      <w:bookmarkStart w:id="8719" w:name="_Toc357691245"/>
+      <w:bookmarkStart w:id="8720" w:name="_Toc353976383"/>
+      <w:bookmarkStart w:id="8721" w:name="_Toc353976660"/>
+      <w:bookmarkStart w:id="8722" w:name="_Toc353978530"/>
+      <w:bookmarkStart w:id="8723" w:name="_Toc354044205"/>
+      <w:bookmarkStart w:id="8724" w:name="_Toc354047445"/>
+      <w:bookmarkStart w:id="8725" w:name="_Toc356381046"/>
+      <w:bookmarkStart w:id="8726" w:name="_Toc357675285"/>
+      <w:bookmarkStart w:id="8727" w:name="_Toc357689177"/>
+      <w:bookmarkStart w:id="8728" w:name="_Toc357691246"/>
+      <w:bookmarkStart w:id="8729" w:name="_Toc353976384"/>
+      <w:bookmarkStart w:id="8730" w:name="_Toc353976661"/>
+      <w:bookmarkStart w:id="8731" w:name="_Toc353978531"/>
+      <w:bookmarkStart w:id="8732" w:name="_Toc354044206"/>
+      <w:bookmarkStart w:id="8733" w:name="_Toc354047446"/>
+      <w:bookmarkStart w:id="8734" w:name="_Toc356381047"/>
+      <w:bookmarkStart w:id="8735" w:name="_Toc357675286"/>
+      <w:bookmarkStart w:id="8736" w:name="_Toc357689178"/>
+      <w:bookmarkStart w:id="8737" w:name="_Toc357691247"/>
+      <w:bookmarkStart w:id="8738" w:name="_Toc353976385"/>
+      <w:bookmarkStart w:id="8739" w:name="_Toc353976662"/>
+      <w:bookmarkStart w:id="8740" w:name="_Toc353978532"/>
+      <w:bookmarkStart w:id="8741" w:name="_Toc354044207"/>
+      <w:bookmarkStart w:id="8742" w:name="_Toc354047447"/>
+      <w:bookmarkStart w:id="8743" w:name="_Toc356381048"/>
+      <w:bookmarkStart w:id="8744" w:name="_Toc357675287"/>
+      <w:bookmarkStart w:id="8745" w:name="_Toc357689179"/>
+      <w:bookmarkStart w:id="8746" w:name="_Toc357691248"/>
+      <w:bookmarkStart w:id="8747" w:name="_Toc353976386"/>
+      <w:bookmarkStart w:id="8748" w:name="_Toc353976663"/>
+      <w:bookmarkStart w:id="8749" w:name="_Toc353978533"/>
+      <w:bookmarkStart w:id="8750" w:name="_Toc354044208"/>
+      <w:bookmarkStart w:id="8751" w:name="_Toc354047448"/>
+      <w:bookmarkStart w:id="8752" w:name="_Toc356381049"/>
+      <w:bookmarkStart w:id="8753" w:name="_Toc357675288"/>
+      <w:bookmarkStart w:id="8754" w:name="_Toc357689180"/>
+      <w:bookmarkStart w:id="8755" w:name="_Toc357691249"/>
+      <w:bookmarkStart w:id="8756" w:name="_Toc353976387"/>
+      <w:bookmarkStart w:id="8757" w:name="_Toc353976664"/>
+      <w:bookmarkStart w:id="8758" w:name="_Toc353978534"/>
+      <w:bookmarkStart w:id="8759" w:name="_Toc354044209"/>
+      <w:bookmarkStart w:id="8760" w:name="_Toc354047449"/>
+      <w:bookmarkStart w:id="8761" w:name="_Toc356381050"/>
+      <w:bookmarkStart w:id="8762" w:name="_Toc357675289"/>
+      <w:bookmarkStart w:id="8763" w:name="_Toc357689181"/>
+      <w:bookmarkStart w:id="8764" w:name="_Toc357691250"/>
+      <w:bookmarkStart w:id="8765" w:name="_Toc353976388"/>
+      <w:bookmarkStart w:id="8766" w:name="_Toc353976665"/>
+      <w:bookmarkStart w:id="8767" w:name="_Toc353978535"/>
+      <w:bookmarkStart w:id="8768" w:name="_Toc354044210"/>
+      <w:bookmarkStart w:id="8769" w:name="_Toc354047450"/>
+      <w:bookmarkStart w:id="8770" w:name="_Toc356381051"/>
+      <w:bookmarkStart w:id="8771" w:name="_Toc357675290"/>
+      <w:bookmarkStart w:id="8772" w:name="_Toc357689182"/>
+      <w:bookmarkStart w:id="8773" w:name="_Toc357691251"/>
+      <w:bookmarkStart w:id="8774" w:name="_Toc353976389"/>
+      <w:bookmarkStart w:id="8775" w:name="_Toc353976666"/>
+      <w:bookmarkStart w:id="8776" w:name="_Toc353978536"/>
+      <w:bookmarkStart w:id="8777" w:name="_Toc354044211"/>
+      <w:bookmarkStart w:id="8778" w:name="_Toc354047451"/>
+      <w:bookmarkStart w:id="8779" w:name="_Toc356381052"/>
+      <w:bookmarkStart w:id="8780" w:name="_Toc357675291"/>
+      <w:bookmarkStart w:id="8781" w:name="_Toc357689183"/>
+      <w:bookmarkStart w:id="8782" w:name="_Toc357691252"/>
+      <w:bookmarkStart w:id="8783" w:name="_Toc353976390"/>
+      <w:bookmarkStart w:id="8784" w:name="_Toc353976667"/>
+      <w:bookmarkStart w:id="8785" w:name="_Toc353978537"/>
+      <w:bookmarkStart w:id="8786" w:name="_Toc354044212"/>
+      <w:bookmarkStart w:id="8787" w:name="_Toc354047452"/>
+      <w:bookmarkStart w:id="8788" w:name="_Toc356381053"/>
+      <w:bookmarkStart w:id="8789" w:name="_Toc357675292"/>
+      <w:bookmarkStart w:id="8790" w:name="_Toc357689184"/>
+      <w:bookmarkStart w:id="8791" w:name="_Toc357691253"/>
+      <w:bookmarkStart w:id="8792" w:name="_Toc353976391"/>
+      <w:bookmarkStart w:id="8793" w:name="_Toc353976668"/>
+      <w:bookmarkStart w:id="8794" w:name="_Toc353978538"/>
+      <w:bookmarkStart w:id="8795" w:name="_Toc354044213"/>
+      <w:bookmarkStart w:id="8796" w:name="_Toc354047453"/>
+      <w:bookmarkStart w:id="8797" w:name="_Toc356381054"/>
+      <w:bookmarkStart w:id="8798" w:name="_Toc357675293"/>
+      <w:bookmarkStart w:id="8799" w:name="_Toc357689185"/>
+      <w:bookmarkStart w:id="8800" w:name="_Toc357691254"/>
+      <w:bookmarkStart w:id="8801" w:name="_Toc353976392"/>
+      <w:bookmarkStart w:id="8802" w:name="_Toc353976669"/>
+      <w:bookmarkStart w:id="8803" w:name="_Toc353978539"/>
+      <w:bookmarkStart w:id="8804" w:name="_Toc354044214"/>
+      <w:bookmarkStart w:id="8805" w:name="_Toc354047454"/>
+      <w:bookmarkStart w:id="8806" w:name="_Toc356381055"/>
+      <w:bookmarkStart w:id="8807" w:name="_Toc357675294"/>
+      <w:bookmarkStart w:id="8808" w:name="_Toc357689186"/>
+      <w:bookmarkStart w:id="8809" w:name="_Toc357691255"/>
+      <w:bookmarkStart w:id="8810" w:name="_Toc353976393"/>
+      <w:bookmarkStart w:id="8811" w:name="_Toc353976670"/>
+      <w:bookmarkStart w:id="8812" w:name="_Toc353978540"/>
+      <w:bookmarkStart w:id="8813" w:name="_Toc354044215"/>
+      <w:bookmarkStart w:id="8814" w:name="_Toc354047455"/>
+      <w:bookmarkStart w:id="8815" w:name="_Toc356381056"/>
+      <w:bookmarkStart w:id="8816" w:name="_Toc357675295"/>
+      <w:bookmarkStart w:id="8817" w:name="_Toc357689187"/>
+      <w:bookmarkStart w:id="8818" w:name="_Toc357691256"/>
+      <w:bookmarkStart w:id="8819" w:name="_Toc353976394"/>
+      <w:bookmarkStart w:id="8820" w:name="_Toc353976671"/>
+      <w:bookmarkStart w:id="8821" w:name="_Toc353978541"/>
+      <w:bookmarkStart w:id="8822" w:name="_Toc354044216"/>
+      <w:bookmarkStart w:id="8823" w:name="_Toc354047456"/>
+      <w:bookmarkStart w:id="8824" w:name="_Toc356381057"/>
+      <w:bookmarkStart w:id="8825" w:name="_Toc357675296"/>
+      <w:bookmarkStart w:id="8826" w:name="_Toc357689188"/>
+      <w:bookmarkStart w:id="8827" w:name="_Toc357691257"/>
+      <w:bookmarkStart w:id="8828" w:name="_Toc353976395"/>
+      <w:bookmarkStart w:id="8829" w:name="_Toc353976672"/>
+      <w:bookmarkStart w:id="8830" w:name="_Toc353978542"/>
+      <w:bookmarkStart w:id="8831" w:name="_Toc354044217"/>
+      <w:bookmarkStart w:id="8832" w:name="_Toc354047457"/>
+      <w:bookmarkStart w:id="8833" w:name="_Toc356381058"/>
+      <w:bookmarkStart w:id="8834" w:name="_Toc357675297"/>
+      <w:bookmarkStart w:id="8835" w:name="_Toc357689189"/>
+      <w:bookmarkStart w:id="8836" w:name="_Toc357691258"/>
+      <w:bookmarkStart w:id="8837" w:name="_Toc353976396"/>
+      <w:bookmarkStart w:id="8838" w:name="_Toc353976673"/>
+      <w:bookmarkStart w:id="8839" w:name="_Toc353978543"/>
+      <w:bookmarkStart w:id="8840" w:name="_Toc354044218"/>
+      <w:bookmarkStart w:id="8841" w:name="_Toc354047458"/>
+      <w:bookmarkStart w:id="8842" w:name="_Toc356381059"/>
+      <w:bookmarkStart w:id="8843" w:name="_Toc357675298"/>
+      <w:bookmarkStart w:id="8844" w:name="_Toc357689190"/>
+      <w:bookmarkStart w:id="8845" w:name="_Toc357691259"/>
+      <w:bookmarkStart w:id="8846" w:name="_Toc353976397"/>
+      <w:bookmarkStart w:id="8847" w:name="_Toc353976674"/>
+      <w:bookmarkStart w:id="8848" w:name="_Toc353978544"/>
+      <w:bookmarkStart w:id="8849" w:name="_Toc354044219"/>
+      <w:bookmarkStart w:id="8850" w:name="_Toc354047459"/>
+      <w:bookmarkStart w:id="8851" w:name="_Toc356381060"/>
+      <w:bookmarkStart w:id="8852" w:name="_Toc357675299"/>
+      <w:bookmarkStart w:id="8853" w:name="_Toc357689191"/>
+      <w:bookmarkStart w:id="8854" w:name="_Toc357691260"/>
+      <w:bookmarkStart w:id="8855" w:name="_Toc353976398"/>
+      <w:bookmarkStart w:id="8856" w:name="_Toc353976675"/>
+      <w:bookmarkStart w:id="8857" w:name="_Toc353978545"/>
+      <w:bookmarkStart w:id="8858" w:name="_Toc354044220"/>
+      <w:bookmarkStart w:id="8859" w:name="_Toc354047460"/>
+      <w:bookmarkStart w:id="8860" w:name="_Toc356381061"/>
+      <w:bookmarkStart w:id="8861" w:name="_Toc357675300"/>
+      <w:bookmarkStart w:id="8862" w:name="_Toc357689192"/>
+      <w:bookmarkStart w:id="8863" w:name="_Toc357691261"/>
+      <w:bookmarkStart w:id="8864" w:name="_Toc353976399"/>
+      <w:bookmarkStart w:id="8865" w:name="_Toc353976676"/>
+      <w:bookmarkStart w:id="8866" w:name="_Toc353978546"/>
+      <w:bookmarkStart w:id="8867" w:name="_Toc354044221"/>
+      <w:bookmarkStart w:id="8868" w:name="_Toc354047461"/>
+      <w:bookmarkStart w:id="8869" w:name="_Toc356381062"/>
+      <w:bookmarkStart w:id="8870" w:name="_Toc357675301"/>
+      <w:bookmarkStart w:id="8871" w:name="_Toc357689193"/>
+      <w:bookmarkStart w:id="8872" w:name="_Toc357691262"/>
+      <w:bookmarkStart w:id="8873" w:name="_Toc316386081"/>
+      <w:bookmarkStart w:id="8874" w:name="_Toc353976400"/>
+      <w:bookmarkStart w:id="8875" w:name="_Toc353976677"/>
+      <w:bookmarkStart w:id="8876" w:name="_Toc353978547"/>
+      <w:bookmarkStart w:id="8877" w:name="_Toc354044222"/>
+      <w:bookmarkStart w:id="8878" w:name="_Toc354047462"/>
+      <w:bookmarkStart w:id="8879" w:name="_Toc356381063"/>
+      <w:bookmarkStart w:id="8880" w:name="_Toc357675302"/>
+      <w:bookmarkStart w:id="8881" w:name="_Toc357689194"/>
+      <w:bookmarkStart w:id="8882" w:name="_Toc357691263"/>
+      <w:bookmarkStart w:id="8883" w:name="_Toc353976401"/>
+      <w:bookmarkStart w:id="8884" w:name="_Toc353976678"/>
+      <w:bookmarkStart w:id="8885" w:name="_Toc353978548"/>
+      <w:bookmarkStart w:id="8886" w:name="_Toc354044223"/>
+      <w:bookmarkStart w:id="8887" w:name="_Toc354047463"/>
+      <w:bookmarkStart w:id="8888" w:name="_Toc356381064"/>
+      <w:bookmarkStart w:id="8889" w:name="_Toc357675303"/>
+      <w:bookmarkStart w:id="8890" w:name="_Toc357689195"/>
+      <w:bookmarkStart w:id="8891" w:name="_Toc357691264"/>
+      <w:bookmarkStart w:id="8892" w:name="_Toc353976404"/>
+      <w:bookmarkStart w:id="8893" w:name="_Toc353976681"/>
+      <w:bookmarkStart w:id="8894" w:name="_Toc353978551"/>
+      <w:bookmarkStart w:id="8895" w:name="_Toc354044226"/>
+      <w:bookmarkStart w:id="8896" w:name="_Toc354047466"/>
+      <w:bookmarkStart w:id="8897" w:name="_Toc356381067"/>
+      <w:bookmarkStart w:id="8898" w:name="_Toc357675306"/>
+      <w:bookmarkStart w:id="8899" w:name="_Toc357689198"/>
+      <w:bookmarkStart w:id="8900" w:name="_Toc357691267"/>
+      <w:bookmarkStart w:id="8901" w:name="_Toc353976405"/>
+      <w:bookmarkStart w:id="8902" w:name="_Toc353976682"/>
+      <w:bookmarkStart w:id="8903" w:name="_Toc353978552"/>
+      <w:bookmarkStart w:id="8904" w:name="_Toc354044227"/>
+      <w:bookmarkStart w:id="8905" w:name="_Toc354047467"/>
+      <w:bookmarkStart w:id="8906" w:name="_Toc356381068"/>
+      <w:bookmarkStart w:id="8907" w:name="_Toc357675307"/>
+      <w:bookmarkStart w:id="8908" w:name="_Toc357689199"/>
+      <w:bookmarkStart w:id="8909" w:name="_Toc357691268"/>
+      <w:bookmarkStart w:id="8910" w:name="_Toc360177525"/>
+      <w:bookmarkStart w:id="8911" w:name="_Toc316389784"/>
+      <w:bookmarkStart w:id="8912" w:name="_Toc316389788"/>
+      <w:bookmarkStart w:id="8913" w:name="_Toc316386082"/>
+      <w:bookmarkStart w:id="8914" w:name="_Toc316389789"/>
+      <w:bookmarkStart w:id="8915" w:name="_Toc316389790"/>
+      <w:bookmarkStart w:id="8916" w:name="_Toc316389791"/>
+      <w:bookmarkStart w:id="8917" w:name="_Toc316389792"/>
+      <w:bookmarkStart w:id="8918" w:name="_Toc316386084"/>
+      <w:bookmarkStart w:id="8919" w:name="_Toc316386085"/>
+      <w:bookmarkStart w:id="8920" w:name="_Toc316389794"/>
+      <w:bookmarkStart w:id="8921" w:name="_Toc316386086"/>
+      <w:bookmarkStart w:id="8922" w:name="_Toc316389795"/>
+      <w:bookmarkStart w:id="8923" w:name="_Toc360177526"/>
+      <w:bookmarkStart w:id="8924" w:name="_Toc360177527"/>
+      <w:bookmarkStart w:id="8925" w:name="_Toc360177528"/>
+      <w:bookmarkStart w:id="8926" w:name="_Toc316386089"/>
+      <w:bookmarkStart w:id="8927" w:name="_Toc316386090"/>
+      <w:bookmarkStart w:id="8928" w:name="_Toc316389798"/>
+      <w:bookmarkStart w:id="8929" w:name="_Toc316389799"/>
+      <w:bookmarkStart w:id="8930" w:name="_Toc316389800"/>
+      <w:bookmarkStart w:id="8931" w:name="_Toc316389801"/>
+      <w:bookmarkStart w:id="8932" w:name="_Toc316386092"/>
+      <w:bookmarkStart w:id="8933" w:name="_Toc360177529"/>
+      <w:bookmarkStart w:id="8934" w:name="_Toc385580451"/>
+      <w:bookmarkStart w:id="8935" w:name="_Toc413164778"/>
+      <w:bookmarkStart w:id="8936" w:name="_Toc414455993"/>
+      <w:bookmarkStart w:id="8937" w:name="_Toc414455994"/>
+      <w:bookmarkStart w:id="8938" w:name="_Toc360177530"/>
+      <w:bookmarkStart w:id="8939" w:name="_Toc385580452"/>
+      <w:bookmarkStart w:id="8940" w:name="_Toc413164779"/>
+      <w:bookmarkStart w:id="8941" w:name="_Toc414455995"/>
+      <w:bookmarkStart w:id="8942" w:name="_Toc423076577"/>
+      <w:bookmarkStart w:id="8943" w:name="_Toc423076578"/>
+      <w:bookmarkStart w:id="8944" w:name="_Toc423076579"/>
       <w:bookmarkEnd w:id="4931"/>
       <w:bookmarkEnd w:id="4932"/>
       <w:bookmarkEnd w:id="4933"/>
       <w:bookmarkEnd w:id="4934"/>
       <w:bookmarkEnd w:id="4935"/>
       <w:bookmarkEnd w:id="4936"/>
       <w:bookmarkEnd w:id="4937"/>
       <w:bookmarkEnd w:id="4938"/>
       <w:bookmarkEnd w:id="4939"/>
       <w:bookmarkEnd w:id="4940"/>
       <w:bookmarkEnd w:id="4941"/>
       <w:bookmarkEnd w:id="4942"/>
       <w:bookmarkEnd w:id="4943"/>
       <w:bookmarkEnd w:id="4944"/>
       <w:bookmarkEnd w:id="4945"/>
       <w:bookmarkEnd w:id="4946"/>
       <w:bookmarkEnd w:id="4947"/>
       <w:bookmarkEnd w:id="4948"/>
       <w:bookmarkEnd w:id="4949"/>
       <w:bookmarkEnd w:id="4950"/>
       <w:bookmarkEnd w:id="4951"/>
       <w:bookmarkEnd w:id="4952"/>
       <w:bookmarkEnd w:id="4953"/>
       <w:bookmarkEnd w:id="4954"/>
       <w:bookmarkEnd w:id="4955"/>
@@ -22594,86 +23256,87 @@
       <w:bookmarkEnd w:id="8919"/>
       <w:bookmarkEnd w:id="8920"/>
       <w:bookmarkEnd w:id="8921"/>
       <w:bookmarkEnd w:id="8922"/>
       <w:bookmarkEnd w:id="8923"/>
       <w:bookmarkEnd w:id="8924"/>
       <w:bookmarkEnd w:id="8925"/>
       <w:bookmarkEnd w:id="8926"/>
       <w:bookmarkEnd w:id="8927"/>
       <w:bookmarkEnd w:id="8928"/>
       <w:bookmarkEnd w:id="8929"/>
       <w:bookmarkEnd w:id="8930"/>
       <w:bookmarkEnd w:id="8931"/>
       <w:bookmarkEnd w:id="8932"/>
       <w:bookmarkEnd w:id="8933"/>
       <w:bookmarkEnd w:id="8934"/>
       <w:bookmarkEnd w:id="8935"/>
       <w:bookmarkEnd w:id="8936"/>
       <w:bookmarkEnd w:id="8937"/>
       <w:bookmarkEnd w:id="8938"/>
       <w:bookmarkEnd w:id="8939"/>
       <w:bookmarkEnd w:id="8940"/>
       <w:bookmarkEnd w:id="8941"/>
       <w:bookmarkEnd w:id="8942"/>
       <w:bookmarkEnd w:id="8943"/>
+      <w:bookmarkEnd w:id="8944"/>
     </w:p>
     <w:sectPr w:rsidR="00350A91" w:rsidRPr="000B0483" w:rsidSect="00676959">
       <w:headerReference w:type="default" r:id="rId70"/>
       <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="737" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="194D0E39" w14:textId="77777777" w:rsidR="00DD7A87" w:rsidRDefault="00DD7A87">
+    <w:p w14:paraId="5E21274E" w14:textId="77777777" w:rsidR="000B2C72" w:rsidRDefault="000B2C72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FB23442" w14:textId="77777777" w:rsidR="00DD7A87" w:rsidRDefault="00DD7A87">
+    <w:p w14:paraId="159C4ADF" w14:textId="77777777" w:rsidR="000B2C72" w:rsidRDefault="000B2C72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -22715,51 +23378,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Baltica">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AvantGardeC">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="571003974"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="620373AD" w14:textId="77777777" w:rsidR="00030EAD" w:rsidRPr="0011492C" w:rsidRDefault="009128FF" w:rsidP="00B16318">
         <w:pPr>
           <w:pStyle w:val="ae"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="0011492C">
           <w:rPr>
@@ -22776,70 +23439,70 @@
         <w:r w:rsidRPr="0011492C">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00237624" w:rsidRPr="00237624">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="0011492C">
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5550AAD8" w14:textId="77777777" w:rsidR="00DD7A87" w:rsidRDefault="00DD7A87">
+    <w:p w14:paraId="3A829CC9" w14:textId="77777777" w:rsidR="000B2C72" w:rsidRDefault="000B2C72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="102F0011" w14:textId="77777777" w:rsidR="00DD7A87" w:rsidRDefault="00DD7A87">
+    <w:p w14:paraId="1ABD0FD5" w14:textId="77777777" w:rsidR="000B2C72" w:rsidRDefault="000B2C72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="620373AA" w14:textId="77777777" w:rsidR="00030EAD" w:rsidRPr="00C92081" w:rsidRDefault="009128FF" w:rsidP="00C92081">
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Admission Rules to Participation in Organised Trading of the Moscow Exchange </w:t>
     </w:r>
   </w:p>
@@ -22863,51 +23526,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Part VI. Deposit Market Section</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="620373AC" w14:textId="77777777" w:rsidR="00030EAD" w:rsidRPr="005E0A73" w:rsidRDefault="00030EAD" w:rsidP="005E0A73">
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="000B61D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53984ED6"/>
     <w:lvl w:ilvl="0" w:tplc="91222DF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="98127D2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -25332,50 +25995,166 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6016C182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="24C05022" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1600214C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5718891C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3548" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4962" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6736" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8150" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9924" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11338" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13112" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="160E520F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="626644C2"/>
     <w:lvl w:ilvl="0" w:tplc="1CE00AB0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="83EA28D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -25421,51 +26200,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2BB2932E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F78E9FE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16631478"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E564E4E4"/>
     <w:lvl w:ilvl="0" w:tplc="8FD4222A">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="074EAE4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1788"/>
         </w:tabs>
         <w:ind w:left="1788" w:hanging="360"/>
@@ -25537,51 +26316,51 @@
     <w:lvl w:ilvl="7" w:tplc="7CA09126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E6C0E61A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19FD4302"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="640483BE"/>
     <w:lvl w:ilvl="0" w:tplc="FEE40A90">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9D0EC3A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="AC167C08">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -25623,51 +26402,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B854DE48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="13C49F0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A240647"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AD47F40"/>
     <w:lvl w:ilvl="0" w:tplc="F698D016">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="605E82A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -25716,51 +26495,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="16669C8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CB60D182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ACE19A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0C89C02"/>
     <w:lvl w:ilvl="0" w:tplc="FED287B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1652B264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3F66A148" w:tentative="1">
@@ -25805,51 +26584,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9EFEE852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3BCA2948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B5D6FE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A418AC16"/>
     <w:lvl w:ilvl="0" w:tplc="ADDC6CDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0CBA79A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BD26FAEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -25891,51 +26670,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="83D8913A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D5162FEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B722870"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FE470AE"/>
     <w:lvl w:ilvl="0" w:tplc="23BA0DBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5C1C2FCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -25981,51 +26760,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B680CE3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D16A5364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B94292C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51160DA0"/>
     <w:lvl w:ilvl="0" w:tplc="E55A3A0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3FD09CDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E0386108">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26067,51 +26846,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="BFB40FD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB1055A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C9B2675"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C5CA120"/>
     <w:lvl w:ilvl="0" w:tplc="C1F689A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="92568E5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DD9A00F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26153,51 +26932,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20444D1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8982E78A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C9E1924"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D6007B2"/>
     <w:lvl w:ilvl="0" w:tplc="B1E8BFCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BDE2FA62">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="198E9D9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26239,51 +27018,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9BD6E330" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4216BB2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20BA3F10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AD47F40"/>
     <w:lvl w:ilvl="0" w:tplc="C498A4B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E4A88524">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -26332,51 +27111,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="CB9A6ABA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E87430E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22D915D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0510740C"/>
     <w:lvl w:ilvl="0" w:tplc="974E0FEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7B76D844">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -26422,51 +27201,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0A9E9C14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4372DE5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23CC77CA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1298C8F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="a1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="a2"/>
       <w:isLgl/>
@@ -26564,51 +27343,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2367" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25A9076E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8402BAC0"/>
     <w:lvl w:ilvl="0" w:tplc="6F628280">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CE8EB60E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="D5F49ABC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26650,51 +27429,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="966C4224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D2F0CF26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27E82EFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE6E48C4"/>
     <w:lvl w:ilvl="0" w:tplc="22B86F26">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="774E6FBE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6FF0E91C" w:tentative="1">
@@ -26739,51 +27518,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="26C4AE48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="74986ADA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A930695"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C6E9166"/>
     <w:lvl w:ilvl="0" w:tplc="F7122580">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F9D4E754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="16CE56C0" w:tentative="1">
@@ -26828,51 +27607,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="47085C98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="934E9062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A9964F6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC7E3698"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1783" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -26950,51 +27729,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9601" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10664" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CB12EC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE2C59FC"/>
     <w:lvl w:ilvl="0" w:tplc="D9ECF386">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="016AC104">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5978B52E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27036,51 +27815,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="241EFB0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="09508424" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F8A711F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="26084B7C"/>
     <w:lvl w:ilvl="0" w:tplc="6876F144">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2421" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5E4634F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3141" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -27148,51 +27927,51 @@
     <w:lvl w:ilvl="7" w:tplc="5B8444E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7461" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CA5A5F10" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8181" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FF33857"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F6815B4"/>
     <w:lvl w:ilvl="0" w:tplc="3C9C793C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="88583F8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="36828926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27234,51 +28013,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="29C033D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2C841FD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31111922"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B714ED96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1774" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -27347,51 +28126,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11338" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13112" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32E37E02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EDA13BE"/>
     <w:lvl w:ilvl="0" w:tplc="08E81A58">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E3525170" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -27437,51 +28216,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A0E033FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BDECA650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32F35E89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86F020DC"/>
     <w:lvl w:ilvl="0" w:tplc="02561DD8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="42A8A506">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -27553,51 +28332,51 @@
     <w:lvl w:ilvl="7" w:tplc="367EEE2A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="57967D9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="331F73E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9948F04"/>
     <w:lvl w:ilvl="0" w:tplc="F0DE3C36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="65F01CC0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6CB2607A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27639,51 +28418,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9FB2E8CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2504788E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34CB0C8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2E06B2A"/>
     <w:lvl w:ilvl="0" w:tplc="79040D76">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D7DC9B46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="768A2032" w:tentative="1">
@@ -27728,51 +28507,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FE906BF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A5483E30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="355B2B3B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="601691B8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1774" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -27841,51 +28620,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11338" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13112" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36127F84"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="57363104"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:pStyle w:val="1"/>
       <w:lvlText w:val="SECTION %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="993" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="0070C0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:isLgl/>
       <w:lvlText w:val="Статья %1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1277" w:firstLine="0"/>
@@ -27999,51 +28778,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2433" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2577" w:hanging="144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36244728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EDC4848"/>
     <w:lvl w:ilvl="0" w:tplc="C8086258">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="67C8CEE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="46A24C08">
@@ -28088,51 +28867,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="DE1689F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="422E70EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="363F4423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF780294"/>
     <w:lvl w:ilvl="0" w:tplc="9318A2BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E2E4D284">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -28183,51 +28962,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E98C1CE0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="30685944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37B72485"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54048FB0"/>
     <w:lvl w:ilvl="0" w:tplc="F256736A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="07583950" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -28295,51 +29074,51 @@
     <w:lvl w:ilvl="7" w:tplc="8E3AE9A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2340C4D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37D5152E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58900980"/>
     <w:lvl w:ilvl="0" w:tplc="07C8032E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3A78618C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="9744A77C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28381,51 +29160,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="46A24654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="546AD94E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="382404F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05502530"/>
     <w:lvl w:ilvl="0" w:tplc="DB2CA30E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DBE09D2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DB5E4392">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28470,51 +29249,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="27009E14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="15E8E53C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="390D62D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4D27D5E"/>
     <w:lvl w:ilvl="0" w:tplc="DC3C87C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6E74DA70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8222C3F4" w:tentative="1">
       <w:start w:val="1"/>
@@ -28558,51 +29337,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7458F284" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="34368D42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39861898"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="450EBC5A"/>
     <w:lvl w:ilvl="0" w:tplc="62B4EF74">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CD967952" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B7444868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28644,51 +29423,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="6FDA5D08" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="629C64EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A7F5F0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C82A75E8"/>
     <w:lvl w:ilvl="0" w:tplc="FEA0C540">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E3EC5116">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -28757,51 +29536,51 @@
     <w:lvl w:ilvl="7" w:tplc="85DA688E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="97A2901A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7530" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFD499E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DBF4C45E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1774" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -28870,51 +29649,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11338" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13112" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B1E2E6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7FE2586"/>
     <w:lvl w:ilvl="0" w:tplc="3884A86E">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="12D26FBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4BC2D68E">
@@ -28962,51 +29741,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B712C514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0A524F94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B235F33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDC0B530"/>
     <w:lvl w:ilvl="0" w:tplc="AB7888B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A29E1022">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3FF2B3D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29048,51 +29827,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A0682C34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="17EAC970" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B4A5129"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="598CAA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Title1"/>
       <w:lvlText w:val="РАЗДЕЛ %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="1418"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Title2"/>
       <w:lvlText w:val="ПОДРАЗДЕЛ %1-%2."/>
       <w:lvlJc w:val="left"/>
@@ -29225,51 +30004,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2304" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BD62FE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7C66C78"/>
     <w:lvl w:ilvl="0" w:tplc="95963FF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="27183D92">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="6F9E8068" w:tentative="1">
@@ -29317,51 +30096,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="628C0B50" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7CCC06E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CE13E47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5FAC4CE"/>
     <w:lvl w:ilvl="0" w:tplc="CEE02426">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="26120010">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B9CAECD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29403,51 +30182,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D96205F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="45227680" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47AD6E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="53984ED6"/>
     <w:lvl w:ilvl="0" w:tplc="C34E06EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8AFC5F86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="017E9B66" w:tentative="1">
@@ -29492,51 +30271,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3440E306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1ED67846" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="483E3FF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A56A8782"/>
     <w:lvl w:ilvl="0" w:tplc="15E6951C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D7404E9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -29604,51 +30383,51 @@
     <w:lvl w:ilvl="7" w:tplc="2F9A7730" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="06F661F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="487A224C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1D2D55C"/>
     <w:lvl w:ilvl="0" w:tplc="A5588C02">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A6EC39D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -29717,51 +30496,51 @@
     <w:lvl w:ilvl="7" w:tplc="C43A6A26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A454973A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DA20746"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E325B8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4FCEDFA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3D14B75C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="CF50D102" w:tentative="1">
       <w:start w:val="1"/>
@@ -29805,51 +30584,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C5D88210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="29F29B8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DB72A3F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B74CE6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="SECTION %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="142" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:isLgl/>
       <w:lvlText w:val="Статья %1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -29942,51 +30721,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1726" w:hanging="144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50482DE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2EE2CD2"/>
     <w:lvl w:ilvl="0" w:tplc="69068F94">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8D74114A">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="84F05D44">
@@ -30031,51 +30810,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="F2FEB1FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="954E5A66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E94502"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="624453D4"/>
     <w:lvl w:ilvl="0" w:tplc="04190017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="80FCAEF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -30121,51 +30900,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5F56D53E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="564E4156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51172757"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58900980"/>
     <w:lvl w:ilvl="0" w:tplc="F83A6BFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3D125048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="70E8F9A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30207,51 +30986,167 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0806527C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C5502924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="526F40F3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5718891C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3548" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4962" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6736" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8150" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9924" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11338" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13112" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54952CAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="45345A1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1774" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -30320,51 +31215,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11338" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13112" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="563505C0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="23F8430A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:lvlText w:val="SECTION %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="142" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:pStyle w:val="2"/>
       <w:isLgl/>
       <w:lvlText w:val="Artilce %1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -30467,51 +31362,51 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="8"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="9"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1726" w:hanging="144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56A1214A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1D2D55C"/>
     <w:lvl w:ilvl="0" w:tplc="11F09ABE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D598B268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -30580,51 +31475,51 @@
     <w:lvl w:ilvl="7" w:tplc="16FAEFD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DEDAE3F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56D8649F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1D2D55C"/>
     <w:lvl w:ilvl="0" w:tplc="0F707BE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E1E77E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -30693,51 +31588,51 @@
     <w:lvl w:ilvl="7" w:tplc="DEFC009A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="54607F16" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58BC79C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C108CEEC"/>
     <w:lvl w:ilvl="0" w:tplc="E46C91B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7264CD04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -30806,51 +31701,51 @@
     <w:lvl w:ilvl="7" w:tplc="C1B6DAB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="189EAAE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59C115E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BEFC5ED6"/>
     <w:lvl w:ilvl="0" w:tplc="47BA3EBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="12942210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="15C0B1B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30895,51 +31790,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="532054EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="096CF5A2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A536384"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EA4CE84"/>
     <w:lvl w:ilvl="0" w:tplc="82741D8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2910" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="803C170E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -31007,51 +31902,51 @@
     <w:lvl w:ilvl="7" w:tplc="56882BDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7950" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BC2C756C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8670" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A6D3FBD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3522A3E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
@@ -31145,51 +32040,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="19440"/>
         </w:tabs>
         <w:ind w:left="19440" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="21960"/>
         </w:tabs>
         <w:ind w:left="21960" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBD3107"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B888CE8"/>
     <w:lvl w:ilvl="0" w:tplc="857674A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="146E172E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="AA0E7654">
@@ -31237,51 +32132,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="21A8AD34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4852F95E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FD7736C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A30EF4B2"/>
     <w:lvl w:ilvl="0" w:tplc="8A0A20CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="722EC858">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="75884150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -31323,51 +32218,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="12CA1222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E82EB8EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="85" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60AD0A57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40CC6664"/>
     <w:lvl w:ilvl="0" w:tplc="ECEA7D0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="00727F6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -31441,51 +32336,51 @@
     <w:lvl w:ilvl="7" w:tplc="D6809620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B4968F0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="86" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6117773F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AD47F40"/>
     <w:lvl w:ilvl="0" w:tplc="D80AB1E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A45CE188">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -31534,51 +32429,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="BC9ADB64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="09100C6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="87" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63767180"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AD47F40"/>
     <w:lvl w:ilvl="0" w:tplc="05FC12DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FBF69F46">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -31627,51 +32522,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C6D2F2A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="74848F04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="88" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="645C7727"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FE470AE"/>
     <w:lvl w:ilvl="0" w:tplc="CDA84F6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B4E2CAEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -31717,51 +32612,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="055019A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5270F93A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="89" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="651B0AFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23BADFE2"/>
     <w:lvl w:ilvl="0" w:tplc="AF4CA89E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="26BE9976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DA14D20E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -31803,51 +32698,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="73B2CEE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="48CE782C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="90" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="699B2337"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="323CA2C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -31944,51 +32839,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="91" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69B35705"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1D2D55C"/>
     <w:lvl w:ilvl="0" w:tplc="9C7CC776">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8BB4DA04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -32057,51 +32952,51 @@
     <w:lvl w:ilvl="7" w:tplc="A754DA5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3AA2C2F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="92" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B9B76E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5576F6AC"/>
     <w:lvl w:ilvl="0" w:tplc="3AEAB262">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0EFEACFE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="11984030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32143,51 +33038,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3996BA54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C1662210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="93" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C960FF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1D2D55C"/>
     <w:lvl w:ilvl="0" w:tplc="2B26B6CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2A66E5CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -32256,51 +33151,51 @@
     <w:lvl w:ilvl="7" w:tplc="0D608C0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="492EBDA6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="94" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E8647F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11EE1440"/>
     <w:lvl w:ilvl="0" w:tplc="BD10C062">
       <w:start w:val="1"/>
       <w:numFmt w:val="russianLower"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1C6CCFA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="51F0F124" w:tentative="1">
@@ -32345,51 +33240,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5C14FFB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9D8A4FDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="95" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EA173B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA9AF8EA"/>
     <w:lvl w:ilvl="0" w:tplc="C71AAE64">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A0FC89DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FB58E7E8" w:tentative="1">
@@ -32434,51 +33329,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="676033AC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B90A2AB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="96" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72934D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7F414BC"/>
     <w:lvl w:ilvl="0" w:tplc="DEAC2C90">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F2AA084E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FBC2DD12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32520,51 +33415,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C18A6CA0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="95AEC26E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="97" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="749D0162"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="790E82B6"/>
     <w:lvl w:ilvl="0" w:tplc="FEDCED2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9FA86048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0026130A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32606,51 +33501,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="C1B837F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5EF8A7B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="98" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="767F3EA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F33279BA"/>
     <w:lvl w:ilvl="0" w:tplc="82C43B9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FE48DA90" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5CC6AE00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -32692,51 +33587,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="3C4C9ED4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C97407CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="99" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77217F84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EDA11FA"/>
     <w:lvl w:ilvl="0" w:tplc="3CEEC55A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C9788EBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4CFA6350" w:tentative="1">
@@ -32781,51 +33676,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="2AE8531E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3EE8D608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="100" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="793D6566"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="569C3A6A"/>
     <w:lvl w:ilvl="0" w:tplc="799853CA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DF4E4792">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1788"/>
         </w:tabs>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
@@ -32896,51 +33791,51 @@
     <w:lvl w:ilvl="7" w:tplc="8D86E738" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="09E8426E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="101" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79FB62A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5718891C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -33012,51 +33907,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11338" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13112" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="100" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="102" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CFD3695"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6C9CF570"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2134" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -33126,470 +34021,476 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11698" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13472" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="97"/>
+    <w:abstractNumId w:val="99"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="94"/>
+    <w:abstractNumId w:val="96"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="60"/>
+    <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="64"/>
+    <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="70"/>
+    <w:abstractNumId w:val="71"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="98"/>
+    <w:abstractNumId w:val="100"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="55"/>
+    <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="47"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="63"/>
+    <w:abstractNumId w:val="64"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="92"/>
+    <w:abstractNumId w:val="94"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25">
-    <w:abstractNumId w:val="78"/>
+    <w:abstractNumId w:val="80"/>
   </w:num>
   <w:num w:numId="26">
-    <w:abstractNumId w:val="87"/>
+    <w:abstractNumId w:val="89"/>
   </w:num>
   <w:num w:numId="27">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="28">
-    <w:abstractNumId w:val="96"/>
+    <w:abstractNumId w:val="98"/>
   </w:num>
   <w:num w:numId="29">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="30">
-    <w:abstractNumId w:val="81"/>
+    <w:abstractNumId w:val="83"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="32">
-    <w:abstractNumId w:val="56"/>
+    <w:abstractNumId w:val="57"/>
   </w:num>
   <w:num w:numId="33">
-    <w:abstractNumId w:val="95"/>
+    <w:abstractNumId w:val="97"/>
   </w:num>
   <w:num w:numId="34">
-    <w:abstractNumId w:val="52"/>
+    <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="35">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="37">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="39">
-    <w:abstractNumId w:val="93"/>
+    <w:abstractNumId w:val="95"/>
   </w:num>
   <w:num w:numId="40">
-    <w:abstractNumId w:val="90"/>
+    <w:abstractNumId w:val="92"/>
   </w:num>
   <w:num w:numId="41">
-    <w:abstractNumId w:val="61"/>
+    <w:abstractNumId w:val="62"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="43">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="44">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="45">
-    <w:abstractNumId w:val="62"/>
+    <w:abstractNumId w:val="63"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="47">
-    <w:abstractNumId w:val="75"/>
+    <w:abstractNumId w:val="77"/>
   </w:num>
   <w:num w:numId="48">
-    <w:abstractNumId w:val="76"/>
+    <w:abstractNumId w:val="78"/>
   </w:num>
   <w:num w:numId="49">
-    <w:abstractNumId w:val="72"/>
+    <w:abstractNumId w:val="73"/>
   </w:num>
   <w:num w:numId="50">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="51">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="52">
-    <w:abstractNumId w:val="48"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="53">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="54">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="55">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="56">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="57">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="58">
-    <w:abstractNumId w:val="98"/>
+    <w:abstractNumId w:val="100"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="59">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="60">
-    <w:abstractNumId w:val="86"/>
+    <w:abstractNumId w:val="88"/>
   </w:num>
   <w:num w:numId="61">
-    <w:abstractNumId w:val="80"/>
+    <w:abstractNumId w:val="82"/>
   </w:num>
   <w:num w:numId="62">
-    <w:abstractNumId w:val="88"/>
+    <w:abstractNumId w:val="90"/>
   </w:num>
   <w:num w:numId="63">
-    <w:abstractNumId w:val="91"/>
+    <w:abstractNumId w:val="93"/>
   </w:num>
   <w:num w:numId="64">
-    <w:abstractNumId w:val="67"/>
+    <w:abstractNumId w:val="68"/>
   </w:num>
   <w:num w:numId="65">
-    <w:abstractNumId w:val="74"/>
+    <w:abstractNumId w:val="76"/>
   </w:num>
   <w:num w:numId="66">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="67">
-    <w:abstractNumId w:val="65"/>
+    <w:abstractNumId w:val="66"/>
   </w:num>
   <w:num w:numId="68">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="69">
-    <w:abstractNumId w:val="53"/>
+    <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="70">
-    <w:abstractNumId w:val="89"/>
+    <w:abstractNumId w:val="91"/>
   </w:num>
   <w:num w:numId="71">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="72">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="73">
-    <w:abstractNumId w:val="74"/>
+    <w:abstractNumId w:val="76"/>
   </w:num>
   <w:num w:numId="74">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="75">
-    <w:abstractNumId w:val="54"/>
+    <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="76">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="77">
-    <w:abstractNumId w:val="85"/>
+    <w:abstractNumId w:val="87"/>
   </w:num>
   <w:num w:numId="78">
-    <w:abstractNumId w:val="84"/>
+    <w:abstractNumId w:val="86"/>
   </w:num>
   <w:num w:numId="79">
-    <w:abstractNumId w:val="74"/>
+    <w:abstractNumId w:val="76"/>
   </w:num>
   <w:num w:numId="80">
-    <w:abstractNumId w:val="57"/>
+    <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="81">
-    <w:abstractNumId w:val="83"/>
+    <w:abstractNumId w:val="85"/>
   </w:num>
   <w:num w:numId="82">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="83">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="84">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="85">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="86">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="87">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="88">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="89">
-    <w:abstractNumId w:val="58"/>
+    <w:abstractNumId w:val="59"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="90">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="91">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="92">
-    <w:abstractNumId w:val="58"/>
+    <w:abstractNumId w:val="59"/>
   </w:num>
   <w:num w:numId="93">
-    <w:abstractNumId w:val="71"/>
+    <w:abstractNumId w:val="72"/>
   </w:num>
   <w:num w:numId="94">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="95">
-    <w:abstractNumId w:val="49"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="96">
-    <w:abstractNumId w:val="79"/>
+    <w:abstractNumId w:val="81"/>
   </w:num>
   <w:num w:numId="97">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="98">
-    <w:abstractNumId w:val="59"/>
+    <w:abstractNumId w:val="60"/>
   </w:num>
   <w:num w:numId="99">
-    <w:abstractNumId w:val="99"/>
+    <w:abstractNumId w:val="101"/>
   </w:num>
   <w:num w:numId="100">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="101">
-    <w:abstractNumId w:val="82"/>
+    <w:abstractNumId w:val="84"/>
   </w:num>
   <w:num w:numId="102">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="103">
-    <w:abstractNumId w:val="68"/>
+    <w:abstractNumId w:val="69"/>
   </w:num>
   <w:num w:numId="104">
-    <w:abstractNumId w:val="66"/>
+    <w:abstractNumId w:val="67"/>
   </w:num>
   <w:num w:numId="105">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="106">
-    <w:abstractNumId w:val="73"/>
+    <w:abstractNumId w:val="75"/>
   </w:num>
   <w:num w:numId="107">
-    <w:abstractNumId w:val="77"/>
+    <w:abstractNumId w:val="79"/>
   </w:num>
   <w:num w:numId="108">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="109">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="110">
-    <w:abstractNumId w:val="100"/>
+    <w:abstractNumId w:val="102"/>
   </w:num>
   <w:num w:numId="111">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="112">
-    <w:abstractNumId w:val="69"/>
+    <w:abstractNumId w:val="70"/>
   </w:num>
   <w:num w:numId="113">
+    <w:abstractNumId w:val="76"/>
+  </w:num>
+  <w:num w:numId="114">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="115">
     <w:abstractNumId w:val="74"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="107"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD6C27"/>
     <w:rsid w:val="000001AE"/>
@@ -33900,50 +34801,51 @@
     <w:rsid w:val="000A6148"/>
     <w:rsid w:val="000A6745"/>
     <w:rsid w:val="000A6760"/>
     <w:rsid w:val="000A6BD9"/>
     <w:rsid w:val="000A6C24"/>
     <w:rsid w:val="000A6EC4"/>
     <w:rsid w:val="000A7270"/>
     <w:rsid w:val="000A7A64"/>
     <w:rsid w:val="000A7D8A"/>
     <w:rsid w:val="000B01CB"/>
     <w:rsid w:val="000B041A"/>
     <w:rsid w:val="000B0483"/>
     <w:rsid w:val="000B0683"/>
     <w:rsid w:val="000B071B"/>
     <w:rsid w:val="000B0B8F"/>
     <w:rsid w:val="000B0C25"/>
     <w:rsid w:val="000B0C7F"/>
     <w:rsid w:val="000B15F7"/>
     <w:rsid w:val="000B1A7A"/>
     <w:rsid w:val="000B1DC1"/>
     <w:rsid w:val="000B2305"/>
     <w:rsid w:val="000B23B6"/>
     <w:rsid w:val="000B274A"/>
     <w:rsid w:val="000B27A6"/>
     <w:rsid w:val="000B2AB0"/>
+    <w:rsid w:val="000B2C72"/>
     <w:rsid w:val="000B30DB"/>
     <w:rsid w:val="000B31AA"/>
     <w:rsid w:val="000B36BD"/>
     <w:rsid w:val="000B3785"/>
     <w:rsid w:val="000B3B0C"/>
     <w:rsid w:val="000B3DDF"/>
     <w:rsid w:val="000B4348"/>
     <w:rsid w:val="000B44D9"/>
     <w:rsid w:val="000B4F76"/>
     <w:rsid w:val="000B5692"/>
     <w:rsid w:val="000B5927"/>
     <w:rsid w:val="000B5C64"/>
     <w:rsid w:val="000B5D76"/>
     <w:rsid w:val="000B60BA"/>
     <w:rsid w:val="000B63C8"/>
     <w:rsid w:val="000B6423"/>
     <w:rsid w:val="000B7324"/>
     <w:rsid w:val="000B7E31"/>
     <w:rsid w:val="000C0C5B"/>
     <w:rsid w:val="000C0E2F"/>
     <w:rsid w:val="000C117C"/>
     <w:rsid w:val="000C1929"/>
     <w:rsid w:val="000C1C12"/>
     <w:rsid w:val="000C2036"/>
     <w:rsid w:val="000C29B7"/>
@@ -34630,50 +35532,51 @@
     <w:rsid w:val="00222780"/>
     <w:rsid w:val="00222A49"/>
     <w:rsid w:val="00222E5C"/>
     <w:rsid w:val="00223030"/>
     <w:rsid w:val="002230E2"/>
     <w:rsid w:val="00223855"/>
     <w:rsid w:val="00223C5B"/>
     <w:rsid w:val="002241C8"/>
     <w:rsid w:val="00224628"/>
     <w:rsid w:val="00224B1E"/>
     <w:rsid w:val="00224E49"/>
     <w:rsid w:val="00225210"/>
     <w:rsid w:val="002256D3"/>
     <w:rsid w:val="002257FB"/>
     <w:rsid w:val="00225F01"/>
     <w:rsid w:val="002267DF"/>
     <w:rsid w:val="00226A04"/>
     <w:rsid w:val="00226B88"/>
     <w:rsid w:val="00226C82"/>
     <w:rsid w:val="00226E60"/>
     <w:rsid w:val="002274C7"/>
     <w:rsid w:val="0023004A"/>
     <w:rsid w:val="0023041E"/>
     <w:rsid w:val="00230751"/>
     <w:rsid w:val="00230A87"/>
+    <w:rsid w:val="002315CE"/>
     <w:rsid w:val="002318FD"/>
     <w:rsid w:val="00231C3B"/>
     <w:rsid w:val="00231D81"/>
     <w:rsid w:val="0023221D"/>
     <w:rsid w:val="002323A0"/>
     <w:rsid w:val="002325A2"/>
     <w:rsid w:val="00232916"/>
     <w:rsid w:val="00232C1B"/>
     <w:rsid w:val="0023329E"/>
     <w:rsid w:val="00233853"/>
     <w:rsid w:val="00234246"/>
     <w:rsid w:val="0023454D"/>
     <w:rsid w:val="00234EE9"/>
     <w:rsid w:val="00235193"/>
     <w:rsid w:val="00235535"/>
     <w:rsid w:val="00236552"/>
     <w:rsid w:val="00236C36"/>
     <w:rsid w:val="002374C6"/>
     <w:rsid w:val="00237624"/>
     <w:rsid w:val="00237953"/>
     <w:rsid w:val="00237963"/>
     <w:rsid w:val="00237BA2"/>
     <w:rsid w:val="00237E7D"/>
     <w:rsid w:val="00237F40"/>
     <w:rsid w:val="0024018C"/>
@@ -35048,75 +35951,77 @@
     <w:rsid w:val="002F4917"/>
     <w:rsid w:val="002F4B31"/>
     <w:rsid w:val="002F4B76"/>
     <w:rsid w:val="002F4C9F"/>
     <w:rsid w:val="002F505C"/>
     <w:rsid w:val="002F50DC"/>
     <w:rsid w:val="002F5286"/>
     <w:rsid w:val="002F53C2"/>
     <w:rsid w:val="002F5B3C"/>
     <w:rsid w:val="002F5BB9"/>
     <w:rsid w:val="002F60A4"/>
     <w:rsid w:val="002F6743"/>
     <w:rsid w:val="002F6A2F"/>
     <w:rsid w:val="002F6A4E"/>
     <w:rsid w:val="002F6AE1"/>
     <w:rsid w:val="002F7168"/>
     <w:rsid w:val="002F74C8"/>
     <w:rsid w:val="002F75A4"/>
     <w:rsid w:val="002F769A"/>
     <w:rsid w:val="003000DB"/>
     <w:rsid w:val="0030077A"/>
     <w:rsid w:val="00300A6F"/>
     <w:rsid w:val="00300AC6"/>
     <w:rsid w:val="00300AF4"/>
     <w:rsid w:val="00300BD0"/>
+    <w:rsid w:val="00300E86"/>
     <w:rsid w:val="00300FB7"/>
     <w:rsid w:val="003012C2"/>
     <w:rsid w:val="0030148E"/>
     <w:rsid w:val="0030152D"/>
     <w:rsid w:val="003016A9"/>
     <w:rsid w:val="003024E0"/>
     <w:rsid w:val="0030250F"/>
     <w:rsid w:val="00302B27"/>
     <w:rsid w:val="0030303F"/>
     <w:rsid w:val="00303191"/>
     <w:rsid w:val="003038B3"/>
     <w:rsid w:val="00303974"/>
     <w:rsid w:val="003039C6"/>
     <w:rsid w:val="00303BE6"/>
     <w:rsid w:val="00303C3B"/>
     <w:rsid w:val="00303D5F"/>
     <w:rsid w:val="0030402A"/>
     <w:rsid w:val="00304175"/>
     <w:rsid w:val="00304631"/>
     <w:rsid w:val="003046BC"/>
     <w:rsid w:val="00304719"/>
     <w:rsid w:val="00304B91"/>
     <w:rsid w:val="00305BAA"/>
     <w:rsid w:val="003060BB"/>
     <w:rsid w:val="00306177"/>
+    <w:rsid w:val="00306321"/>
     <w:rsid w:val="00306349"/>
     <w:rsid w:val="0030640B"/>
     <w:rsid w:val="0030694A"/>
     <w:rsid w:val="00306CDC"/>
     <w:rsid w:val="003077C3"/>
     <w:rsid w:val="00307913"/>
     <w:rsid w:val="0030795A"/>
     <w:rsid w:val="00307A04"/>
     <w:rsid w:val="00307B71"/>
     <w:rsid w:val="00307BF8"/>
     <w:rsid w:val="0031011F"/>
     <w:rsid w:val="00310611"/>
     <w:rsid w:val="0031076D"/>
     <w:rsid w:val="00310D03"/>
     <w:rsid w:val="0031111D"/>
     <w:rsid w:val="003121A2"/>
     <w:rsid w:val="0031246B"/>
     <w:rsid w:val="00312811"/>
     <w:rsid w:val="003129A1"/>
     <w:rsid w:val="00312ECE"/>
     <w:rsid w:val="003134F9"/>
     <w:rsid w:val="00313C1C"/>
     <w:rsid w:val="003141AE"/>
     <w:rsid w:val="003143B6"/>
     <w:rsid w:val="00314B54"/>
@@ -35194,50 +36099,51 @@
     <w:rsid w:val="00337A03"/>
     <w:rsid w:val="00340108"/>
     <w:rsid w:val="00340142"/>
     <w:rsid w:val="00340266"/>
     <w:rsid w:val="00340745"/>
     <w:rsid w:val="003411A7"/>
     <w:rsid w:val="00342090"/>
     <w:rsid w:val="00342979"/>
     <w:rsid w:val="00342BC7"/>
     <w:rsid w:val="00342C61"/>
     <w:rsid w:val="00343198"/>
     <w:rsid w:val="00343226"/>
     <w:rsid w:val="003432C3"/>
     <w:rsid w:val="00343482"/>
     <w:rsid w:val="0034376F"/>
     <w:rsid w:val="0034385F"/>
     <w:rsid w:val="00343FBE"/>
     <w:rsid w:val="00344213"/>
     <w:rsid w:val="0034450C"/>
     <w:rsid w:val="0034472C"/>
     <w:rsid w:val="00345031"/>
     <w:rsid w:val="0034602A"/>
     <w:rsid w:val="003461A7"/>
     <w:rsid w:val="003462D0"/>
     <w:rsid w:val="00346306"/>
+    <w:rsid w:val="00346395"/>
     <w:rsid w:val="00346616"/>
     <w:rsid w:val="003468D9"/>
     <w:rsid w:val="00346CBB"/>
     <w:rsid w:val="0034739E"/>
     <w:rsid w:val="003478AA"/>
     <w:rsid w:val="00347957"/>
     <w:rsid w:val="003506AB"/>
     <w:rsid w:val="00350884"/>
     <w:rsid w:val="003508A2"/>
     <w:rsid w:val="00350A91"/>
     <w:rsid w:val="00350B14"/>
     <w:rsid w:val="00350D60"/>
     <w:rsid w:val="003514AA"/>
     <w:rsid w:val="00351BAE"/>
     <w:rsid w:val="003526AA"/>
     <w:rsid w:val="0035298F"/>
     <w:rsid w:val="00352BF9"/>
     <w:rsid w:val="00352EF0"/>
     <w:rsid w:val="00353403"/>
     <w:rsid w:val="003535CC"/>
     <w:rsid w:val="00353682"/>
     <w:rsid w:val="003538A7"/>
     <w:rsid w:val="003538F5"/>
     <w:rsid w:val="00353CAC"/>
     <w:rsid w:val="00353E50"/>
@@ -36034,50 +36940,51 @@
     <w:rsid w:val="004E75C9"/>
     <w:rsid w:val="004E7AE2"/>
     <w:rsid w:val="004E7E89"/>
     <w:rsid w:val="004F01B7"/>
     <w:rsid w:val="004F12C5"/>
     <w:rsid w:val="004F1306"/>
     <w:rsid w:val="004F1404"/>
     <w:rsid w:val="004F1CC6"/>
     <w:rsid w:val="004F1D00"/>
     <w:rsid w:val="004F1E6E"/>
     <w:rsid w:val="004F2412"/>
     <w:rsid w:val="004F252A"/>
     <w:rsid w:val="004F2801"/>
     <w:rsid w:val="004F33D6"/>
     <w:rsid w:val="004F33D8"/>
     <w:rsid w:val="004F346B"/>
     <w:rsid w:val="004F3FCF"/>
     <w:rsid w:val="004F41E0"/>
     <w:rsid w:val="004F4586"/>
     <w:rsid w:val="004F5000"/>
     <w:rsid w:val="004F513F"/>
     <w:rsid w:val="004F51F4"/>
     <w:rsid w:val="004F53A4"/>
     <w:rsid w:val="004F53BB"/>
     <w:rsid w:val="004F5A22"/>
+    <w:rsid w:val="004F5BBD"/>
     <w:rsid w:val="004F6527"/>
     <w:rsid w:val="004F717A"/>
     <w:rsid w:val="004F77CF"/>
     <w:rsid w:val="004F79FA"/>
     <w:rsid w:val="004F7ECF"/>
     <w:rsid w:val="0050037A"/>
     <w:rsid w:val="00500442"/>
     <w:rsid w:val="0050062B"/>
     <w:rsid w:val="00500851"/>
     <w:rsid w:val="00500884"/>
     <w:rsid w:val="00500C65"/>
     <w:rsid w:val="00500D1F"/>
     <w:rsid w:val="00501111"/>
     <w:rsid w:val="00501367"/>
     <w:rsid w:val="005013B7"/>
     <w:rsid w:val="0050152F"/>
     <w:rsid w:val="005015D7"/>
     <w:rsid w:val="00501906"/>
     <w:rsid w:val="00501F5B"/>
     <w:rsid w:val="0050205C"/>
     <w:rsid w:val="005025ED"/>
     <w:rsid w:val="005026DB"/>
     <w:rsid w:val="0050270F"/>
     <w:rsid w:val="00502BAA"/>
     <w:rsid w:val="00502CC6"/>
@@ -36332,50 +37239,51 @@
     <w:rsid w:val="00593134"/>
     <w:rsid w:val="00593A9C"/>
     <w:rsid w:val="0059450D"/>
     <w:rsid w:val="0059498A"/>
     <w:rsid w:val="00595016"/>
     <w:rsid w:val="0059538D"/>
     <w:rsid w:val="00596B3E"/>
     <w:rsid w:val="00596F1E"/>
     <w:rsid w:val="0059733E"/>
     <w:rsid w:val="00597424"/>
     <w:rsid w:val="00597495"/>
     <w:rsid w:val="00597551"/>
     <w:rsid w:val="00597E6A"/>
     <w:rsid w:val="005A01B7"/>
     <w:rsid w:val="005A0781"/>
     <w:rsid w:val="005A10D9"/>
     <w:rsid w:val="005A1645"/>
     <w:rsid w:val="005A1B8E"/>
     <w:rsid w:val="005A1D37"/>
     <w:rsid w:val="005A2757"/>
     <w:rsid w:val="005A28E1"/>
     <w:rsid w:val="005A2A96"/>
     <w:rsid w:val="005A2E41"/>
     <w:rsid w:val="005A35EF"/>
     <w:rsid w:val="005A37FA"/>
+    <w:rsid w:val="005A41BD"/>
     <w:rsid w:val="005A4506"/>
     <w:rsid w:val="005A4565"/>
     <w:rsid w:val="005A45E4"/>
     <w:rsid w:val="005A474C"/>
     <w:rsid w:val="005A5101"/>
     <w:rsid w:val="005A5AC3"/>
     <w:rsid w:val="005A5BE9"/>
     <w:rsid w:val="005A629C"/>
     <w:rsid w:val="005A6382"/>
     <w:rsid w:val="005A67F0"/>
     <w:rsid w:val="005A6902"/>
     <w:rsid w:val="005A6BA3"/>
     <w:rsid w:val="005A6E4A"/>
     <w:rsid w:val="005A70D9"/>
     <w:rsid w:val="005A711E"/>
     <w:rsid w:val="005A76D9"/>
     <w:rsid w:val="005A78A0"/>
     <w:rsid w:val="005A7CA5"/>
     <w:rsid w:val="005A7D31"/>
     <w:rsid w:val="005A7D97"/>
     <w:rsid w:val="005B02EA"/>
     <w:rsid w:val="005B0690"/>
     <w:rsid w:val="005B0780"/>
     <w:rsid w:val="005B0978"/>
     <w:rsid w:val="005B0F9D"/>
@@ -36667,50 +37575,51 @@
     <w:rsid w:val="00651F6F"/>
     <w:rsid w:val="00652389"/>
     <w:rsid w:val="00652D1D"/>
     <w:rsid w:val="0065302A"/>
     <w:rsid w:val="006536FB"/>
     <w:rsid w:val="00653B21"/>
     <w:rsid w:val="00653CFC"/>
     <w:rsid w:val="006541FF"/>
     <w:rsid w:val="0065438C"/>
     <w:rsid w:val="0065473B"/>
     <w:rsid w:val="00654A39"/>
     <w:rsid w:val="00654F1F"/>
     <w:rsid w:val="00654FCF"/>
     <w:rsid w:val="00655499"/>
     <w:rsid w:val="0065563B"/>
     <w:rsid w:val="00655959"/>
     <w:rsid w:val="00655E9C"/>
     <w:rsid w:val="00656010"/>
     <w:rsid w:val="006565D8"/>
     <w:rsid w:val="006566F8"/>
     <w:rsid w:val="00656A27"/>
     <w:rsid w:val="00656BFD"/>
     <w:rsid w:val="00656E53"/>
     <w:rsid w:val="00656F39"/>
     <w:rsid w:val="0065700A"/>
+    <w:rsid w:val="006574B4"/>
     <w:rsid w:val="00657783"/>
     <w:rsid w:val="006578F8"/>
     <w:rsid w:val="00660425"/>
     <w:rsid w:val="0066064C"/>
     <w:rsid w:val="00660969"/>
     <w:rsid w:val="00660A2F"/>
     <w:rsid w:val="00660C07"/>
     <w:rsid w:val="00660DB1"/>
     <w:rsid w:val="0066113F"/>
     <w:rsid w:val="00661A74"/>
     <w:rsid w:val="00661E11"/>
     <w:rsid w:val="00662187"/>
     <w:rsid w:val="00662287"/>
     <w:rsid w:val="00662388"/>
     <w:rsid w:val="00662BD1"/>
     <w:rsid w:val="00662F82"/>
     <w:rsid w:val="00663344"/>
     <w:rsid w:val="0066342C"/>
     <w:rsid w:val="00663799"/>
     <w:rsid w:val="00663DBD"/>
     <w:rsid w:val="006640E8"/>
     <w:rsid w:val="00664651"/>
     <w:rsid w:val="00664706"/>
     <w:rsid w:val="00664B52"/>
     <w:rsid w:val="00664BD9"/>
@@ -36794,50 +37703,51 @@
     <w:rsid w:val="0069588A"/>
     <w:rsid w:val="00695DBE"/>
     <w:rsid w:val="00695E5C"/>
     <w:rsid w:val="00696524"/>
     <w:rsid w:val="00696C67"/>
     <w:rsid w:val="0069792A"/>
     <w:rsid w:val="00697BC7"/>
     <w:rsid w:val="006A026A"/>
     <w:rsid w:val="006A0613"/>
     <w:rsid w:val="006A086D"/>
     <w:rsid w:val="006A1D55"/>
     <w:rsid w:val="006A1D6B"/>
     <w:rsid w:val="006A1DA7"/>
     <w:rsid w:val="006A1DEE"/>
     <w:rsid w:val="006A1F9C"/>
     <w:rsid w:val="006A2618"/>
     <w:rsid w:val="006A286A"/>
     <w:rsid w:val="006A29B6"/>
     <w:rsid w:val="006A322F"/>
     <w:rsid w:val="006A3EC1"/>
     <w:rsid w:val="006A479F"/>
     <w:rsid w:val="006A4957"/>
     <w:rsid w:val="006A51DC"/>
     <w:rsid w:val="006A56EB"/>
     <w:rsid w:val="006A5986"/>
+    <w:rsid w:val="006A5A25"/>
     <w:rsid w:val="006A5C4B"/>
     <w:rsid w:val="006A5FA9"/>
     <w:rsid w:val="006A6563"/>
     <w:rsid w:val="006A66E9"/>
     <w:rsid w:val="006A6772"/>
     <w:rsid w:val="006A734B"/>
     <w:rsid w:val="006A7789"/>
     <w:rsid w:val="006A7A44"/>
     <w:rsid w:val="006B000C"/>
     <w:rsid w:val="006B0224"/>
     <w:rsid w:val="006B03A4"/>
     <w:rsid w:val="006B0F24"/>
     <w:rsid w:val="006B10BB"/>
     <w:rsid w:val="006B1586"/>
     <w:rsid w:val="006B1680"/>
     <w:rsid w:val="006B1773"/>
     <w:rsid w:val="006B1F7C"/>
     <w:rsid w:val="006B21E6"/>
     <w:rsid w:val="006B29BC"/>
     <w:rsid w:val="006B2D12"/>
     <w:rsid w:val="006B3337"/>
     <w:rsid w:val="006B346A"/>
     <w:rsid w:val="006B3617"/>
     <w:rsid w:val="006B364C"/>
     <w:rsid w:val="006B3AC8"/>
@@ -37144,50 +38054,51 @@
     <w:rsid w:val="00760542"/>
     <w:rsid w:val="00760731"/>
     <w:rsid w:val="00760CCC"/>
     <w:rsid w:val="00760DAE"/>
     <w:rsid w:val="00760E2E"/>
     <w:rsid w:val="00760E2F"/>
     <w:rsid w:val="00760FF3"/>
     <w:rsid w:val="00761829"/>
     <w:rsid w:val="0076184C"/>
     <w:rsid w:val="00761D22"/>
     <w:rsid w:val="00761E23"/>
     <w:rsid w:val="00762608"/>
     <w:rsid w:val="00762922"/>
     <w:rsid w:val="00762976"/>
     <w:rsid w:val="00762B59"/>
     <w:rsid w:val="00763068"/>
     <w:rsid w:val="00763091"/>
     <w:rsid w:val="007632AB"/>
     <w:rsid w:val="0076347F"/>
     <w:rsid w:val="007636A1"/>
     <w:rsid w:val="00764DEB"/>
     <w:rsid w:val="00765395"/>
     <w:rsid w:val="00765694"/>
     <w:rsid w:val="007663AE"/>
     <w:rsid w:val="007664D1"/>
+    <w:rsid w:val="007668FD"/>
     <w:rsid w:val="00766D78"/>
     <w:rsid w:val="00766F8C"/>
     <w:rsid w:val="0076782B"/>
     <w:rsid w:val="00767B45"/>
     <w:rsid w:val="0077041D"/>
     <w:rsid w:val="0077074D"/>
     <w:rsid w:val="007709DE"/>
     <w:rsid w:val="00770B20"/>
     <w:rsid w:val="007717B4"/>
     <w:rsid w:val="00772248"/>
     <w:rsid w:val="007722B3"/>
     <w:rsid w:val="007723E9"/>
     <w:rsid w:val="00772EFC"/>
     <w:rsid w:val="00772F1B"/>
     <w:rsid w:val="00773DF9"/>
     <w:rsid w:val="00773F41"/>
     <w:rsid w:val="0077461D"/>
     <w:rsid w:val="00774631"/>
     <w:rsid w:val="00774F8D"/>
     <w:rsid w:val="00775025"/>
     <w:rsid w:val="007750D0"/>
     <w:rsid w:val="00775185"/>
     <w:rsid w:val="007751A6"/>
     <w:rsid w:val="007753E4"/>
     <w:rsid w:val="00775501"/>
@@ -37308,50 +38219,51 @@
     <w:rsid w:val="007C0302"/>
     <w:rsid w:val="007C1D60"/>
     <w:rsid w:val="007C20C4"/>
     <w:rsid w:val="007C258E"/>
     <w:rsid w:val="007C27A3"/>
     <w:rsid w:val="007C2902"/>
     <w:rsid w:val="007C2912"/>
     <w:rsid w:val="007C2B9E"/>
     <w:rsid w:val="007C2CC5"/>
     <w:rsid w:val="007C2ED9"/>
     <w:rsid w:val="007C31FC"/>
     <w:rsid w:val="007C331A"/>
     <w:rsid w:val="007C34B1"/>
     <w:rsid w:val="007C3721"/>
     <w:rsid w:val="007C3921"/>
     <w:rsid w:val="007C3BDE"/>
     <w:rsid w:val="007C423E"/>
     <w:rsid w:val="007C45C9"/>
     <w:rsid w:val="007C47EB"/>
     <w:rsid w:val="007C4AF8"/>
     <w:rsid w:val="007C4C55"/>
     <w:rsid w:val="007C5BCC"/>
     <w:rsid w:val="007C5C76"/>
     <w:rsid w:val="007C61F9"/>
     <w:rsid w:val="007C62F4"/>
+    <w:rsid w:val="007C644A"/>
     <w:rsid w:val="007C64D1"/>
     <w:rsid w:val="007C6C0D"/>
     <w:rsid w:val="007C6D1E"/>
     <w:rsid w:val="007C72E9"/>
     <w:rsid w:val="007C744A"/>
     <w:rsid w:val="007C7833"/>
     <w:rsid w:val="007C7C11"/>
     <w:rsid w:val="007D02B6"/>
     <w:rsid w:val="007D0756"/>
     <w:rsid w:val="007D09B1"/>
     <w:rsid w:val="007D13CB"/>
     <w:rsid w:val="007D1618"/>
     <w:rsid w:val="007D16D0"/>
     <w:rsid w:val="007D176E"/>
     <w:rsid w:val="007D1D1A"/>
     <w:rsid w:val="007D238E"/>
     <w:rsid w:val="007D2769"/>
     <w:rsid w:val="007D2A3C"/>
     <w:rsid w:val="007D2A78"/>
     <w:rsid w:val="007D2CFD"/>
     <w:rsid w:val="007D2DA3"/>
     <w:rsid w:val="007D332E"/>
     <w:rsid w:val="007D3346"/>
     <w:rsid w:val="007D3958"/>
     <w:rsid w:val="007D3D67"/>
@@ -38863,50 +39775,51 @@
     <w:rsid w:val="00AD6B7F"/>
     <w:rsid w:val="00AD6CCF"/>
     <w:rsid w:val="00AD7007"/>
     <w:rsid w:val="00AD7215"/>
     <w:rsid w:val="00AD75B7"/>
     <w:rsid w:val="00AD7A55"/>
     <w:rsid w:val="00AE0231"/>
     <w:rsid w:val="00AE0602"/>
     <w:rsid w:val="00AE097C"/>
     <w:rsid w:val="00AE0AC2"/>
     <w:rsid w:val="00AE0C6B"/>
     <w:rsid w:val="00AE13E1"/>
     <w:rsid w:val="00AE15AE"/>
     <w:rsid w:val="00AE2964"/>
     <w:rsid w:val="00AE3194"/>
     <w:rsid w:val="00AE32AB"/>
     <w:rsid w:val="00AE348A"/>
     <w:rsid w:val="00AE38E3"/>
     <w:rsid w:val="00AE3F09"/>
     <w:rsid w:val="00AE4178"/>
     <w:rsid w:val="00AE4617"/>
     <w:rsid w:val="00AE46E6"/>
     <w:rsid w:val="00AE4995"/>
     <w:rsid w:val="00AE5E04"/>
     <w:rsid w:val="00AE5F71"/>
+    <w:rsid w:val="00AE6427"/>
     <w:rsid w:val="00AE6B15"/>
     <w:rsid w:val="00AE6F52"/>
     <w:rsid w:val="00AE71CB"/>
     <w:rsid w:val="00AE7B00"/>
     <w:rsid w:val="00AE7B1B"/>
     <w:rsid w:val="00AE7D6F"/>
     <w:rsid w:val="00AF05AC"/>
     <w:rsid w:val="00AF05F4"/>
     <w:rsid w:val="00AF09C5"/>
     <w:rsid w:val="00AF1017"/>
     <w:rsid w:val="00AF14F4"/>
     <w:rsid w:val="00AF18E8"/>
     <w:rsid w:val="00AF293F"/>
     <w:rsid w:val="00AF2A0D"/>
     <w:rsid w:val="00AF2BE6"/>
     <w:rsid w:val="00AF2C4A"/>
     <w:rsid w:val="00AF309C"/>
     <w:rsid w:val="00AF3136"/>
     <w:rsid w:val="00AF3337"/>
     <w:rsid w:val="00AF3AD3"/>
     <w:rsid w:val="00AF3BFA"/>
     <w:rsid w:val="00AF3C73"/>
     <w:rsid w:val="00AF3FD1"/>
     <w:rsid w:val="00AF5705"/>
     <w:rsid w:val="00AF6692"/>
@@ -39821,51 +40734,50 @@
     <w:rsid w:val="00CE0DBA"/>
     <w:rsid w:val="00CE1668"/>
     <w:rsid w:val="00CE19C5"/>
     <w:rsid w:val="00CE1A0C"/>
     <w:rsid w:val="00CE1B65"/>
     <w:rsid w:val="00CE1C1B"/>
     <w:rsid w:val="00CE1EAB"/>
     <w:rsid w:val="00CE1FCE"/>
     <w:rsid w:val="00CE21A4"/>
     <w:rsid w:val="00CE238E"/>
     <w:rsid w:val="00CE23BB"/>
     <w:rsid w:val="00CE2479"/>
     <w:rsid w:val="00CE291C"/>
     <w:rsid w:val="00CE2BDA"/>
     <w:rsid w:val="00CE3766"/>
     <w:rsid w:val="00CE4064"/>
     <w:rsid w:val="00CE4698"/>
     <w:rsid w:val="00CE4C92"/>
     <w:rsid w:val="00CE5800"/>
     <w:rsid w:val="00CE5D12"/>
     <w:rsid w:val="00CE6AC5"/>
     <w:rsid w:val="00CE6FA2"/>
     <w:rsid w:val="00CE7433"/>
     <w:rsid w:val="00CE7920"/>
     <w:rsid w:val="00CE7EDC"/>
-    <w:rsid w:val="00CE7FE0"/>
     <w:rsid w:val="00CF038A"/>
     <w:rsid w:val="00CF0602"/>
     <w:rsid w:val="00CF1355"/>
     <w:rsid w:val="00CF1521"/>
     <w:rsid w:val="00CF161A"/>
     <w:rsid w:val="00CF1877"/>
     <w:rsid w:val="00CF24B8"/>
     <w:rsid w:val="00CF2FB4"/>
     <w:rsid w:val="00CF33E9"/>
     <w:rsid w:val="00CF3C98"/>
     <w:rsid w:val="00CF4252"/>
     <w:rsid w:val="00CF450E"/>
     <w:rsid w:val="00CF4AB3"/>
     <w:rsid w:val="00CF4DC5"/>
     <w:rsid w:val="00CF4E8A"/>
     <w:rsid w:val="00CF55D7"/>
     <w:rsid w:val="00CF70E5"/>
     <w:rsid w:val="00CF71FE"/>
     <w:rsid w:val="00CF71FF"/>
     <w:rsid w:val="00CF749A"/>
     <w:rsid w:val="00CF7713"/>
     <w:rsid w:val="00CF7761"/>
     <w:rsid w:val="00CF7E25"/>
     <w:rsid w:val="00CF7EAC"/>
     <w:rsid w:val="00D002A5"/>
@@ -40022,50 +40934,51 @@
     <w:rsid w:val="00D55AED"/>
     <w:rsid w:val="00D55F2E"/>
     <w:rsid w:val="00D560D3"/>
     <w:rsid w:val="00D5663F"/>
     <w:rsid w:val="00D566AD"/>
     <w:rsid w:val="00D56952"/>
     <w:rsid w:val="00D56FA0"/>
     <w:rsid w:val="00D57099"/>
     <w:rsid w:val="00D5714B"/>
     <w:rsid w:val="00D578F7"/>
     <w:rsid w:val="00D5794D"/>
     <w:rsid w:val="00D600FF"/>
     <w:rsid w:val="00D6095B"/>
     <w:rsid w:val="00D60A31"/>
     <w:rsid w:val="00D60A48"/>
     <w:rsid w:val="00D60C82"/>
     <w:rsid w:val="00D60E13"/>
     <w:rsid w:val="00D61AE6"/>
     <w:rsid w:val="00D61E25"/>
     <w:rsid w:val="00D62021"/>
     <w:rsid w:val="00D6213A"/>
     <w:rsid w:val="00D622DB"/>
     <w:rsid w:val="00D62681"/>
     <w:rsid w:val="00D632A6"/>
     <w:rsid w:val="00D63F02"/>
+    <w:rsid w:val="00D63FC1"/>
     <w:rsid w:val="00D6405A"/>
     <w:rsid w:val="00D64903"/>
     <w:rsid w:val="00D64AA3"/>
     <w:rsid w:val="00D64C1D"/>
     <w:rsid w:val="00D6514D"/>
     <w:rsid w:val="00D65166"/>
     <w:rsid w:val="00D65471"/>
     <w:rsid w:val="00D65CC5"/>
     <w:rsid w:val="00D66265"/>
     <w:rsid w:val="00D66710"/>
     <w:rsid w:val="00D66B66"/>
     <w:rsid w:val="00D6761B"/>
     <w:rsid w:val="00D67C07"/>
     <w:rsid w:val="00D67EF1"/>
     <w:rsid w:val="00D67F3D"/>
     <w:rsid w:val="00D67FCD"/>
     <w:rsid w:val="00D7075F"/>
     <w:rsid w:val="00D708CE"/>
     <w:rsid w:val="00D709D8"/>
     <w:rsid w:val="00D71A72"/>
     <w:rsid w:val="00D71D94"/>
     <w:rsid w:val="00D71DDE"/>
     <w:rsid w:val="00D7217A"/>
     <w:rsid w:val="00D72B07"/>
     <w:rsid w:val="00D72C9E"/>
@@ -40235,51 +41148,50 @@
     <w:rsid w:val="00DC77A9"/>
     <w:rsid w:val="00DC7C46"/>
     <w:rsid w:val="00DD115B"/>
     <w:rsid w:val="00DD145B"/>
     <w:rsid w:val="00DD18C4"/>
     <w:rsid w:val="00DD1987"/>
     <w:rsid w:val="00DD1AE3"/>
     <w:rsid w:val="00DD23EE"/>
     <w:rsid w:val="00DD256D"/>
     <w:rsid w:val="00DD2577"/>
     <w:rsid w:val="00DD269A"/>
     <w:rsid w:val="00DD2978"/>
     <w:rsid w:val="00DD2FF1"/>
     <w:rsid w:val="00DD364D"/>
     <w:rsid w:val="00DD38A0"/>
     <w:rsid w:val="00DD47F3"/>
     <w:rsid w:val="00DD47F4"/>
     <w:rsid w:val="00DD4D19"/>
     <w:rsid w:val="00DD5577"/>
     <w:rsid w:val="00DD5B80"/>
     <w:rsid w:val="00DD626E"/>
     <w:rsid w:val="00DD685E"/>
     <w:rsid w:val="00DD6937"/>
     <w:rsid w:val="00DD6B4E"/>
     <w:rsid w:val="00DD6F65"/>
-    <w:rsid w:val="00DD7A87"/>
     <w:rsid w:val="00DE03B9"/>
     <w:rsid w:val="00DE08B9"/>
     <w:rsid w:val="00DE08BB"/>
     <w:rsid w:val="00DE1DF1"/>
     <w:rsid w:val="00DE21DE"/>
     <w:rsid w:val="00DE2C66"/>
     <w:rsid w:val="00DE2DE1"/>
     <w:rsid w:val="00DE2ED4"/>
     <w:rsid w:val="00DE2F3C"/>
     <w:rsid w:val="00DE3248"/>
     <w:rsid w:val="00DE345D"/>
     <w:rsid w:val="00DE3D33"/>
     <w:rsid w:val="00DE5CE6"/>
     <w:rsid w:val="00DE5E9E"/>
     <w:rsid w:val="00DE6794"/>
     <w:rsid w:val="00DE69E4"/>
     <w:rsid w:val="00DE728C"/>
     <w:rsid w:val="00DE72E6"/>
     <w:rsid w:val="00DE7594"/>
     <w:rsid w:val="00DE764E"/>
     <w:rsid w:val="00DE76CD"/>
     <w:rsid w:val="00DE79F8"/>
     <w:rsid w:val="00DE7D0C"/>
     <w:rsid w:val="00DF0011"/>
     <w:rsid w:val="00DF00A3"/>
@@ -40684,50 +41596,51 @@
     <w:rsid w:val="00EB46FD"/>
     <w:rsid w:val="00EB491F"/>
     <w:rsid w:val="00EB4ADF"/>
     <w:rsid w:val="00EB5045"/>
     <w:rsid w:val="00EB516F"/>
     <w:rsid w:val="00EB5396"/>
     <w:rsid w:val="00EB5EA3"/>
     <w:rsid w:val="00EB62C6"/>
     <w:rsid w:val="00EB6847"/>
     <w:rsid w:val="00EB6951"/>
     <w:rsid w:val="00EB6B72"/>
     <w:rsid w:val="00EB6CA4"/>
     <w:rsid w:val="00EB7319"/>
     <w:rsid w:val="00EB765E"/>
     <w:rsid w:val="00EC022B"/>
     <w:rsid w:val="00EC0519"/>
     <w:rsid w:val="00EC0562"/>
     <w:rsid w:val="00EC0CD7"/>
     <w:rsid w:val="00EC17D5"/>
     <w:rsid w:val="00EC1859"/>
     <w:rsid w:val="00EC19A6"/>
     <w:rsid w:val="00EC22A8"/>
     <w:rsid w:val="00EC264A"/>
     <w:rsid w:val="00EC2745"/>
     <w:rsid w:val="00EC2DD6"/>
+    <w:rsid w:val="00EC302F"/>
     <w:rsid w:val="00EC3052"/>
     <w:rsid w:val="00EC3158"/>
     <w:rsid w:val="00EC325E"/>
     <w:rsid w:val="00EC35DC"/>
     <w:rsid w:val="00EC37A2"/>
     <w:rsid w:val="00EC3CAD"/>
     <w:rsid w:val="00EC49B3"/>
     <w:rsid w:val="00EC4B24"/>
     <w:rsid w:val="00EC4FC6"/>
     <w:rsid w:val="00EC50AB"/>
     <w:rsid w:val="00EC538B"/>
     <w:rsid w:val="00EC53BB"/>
     <w:rsid w:val="00EC5A42"/>
     <w:rsid w:val="00EC5C59"/>
     <w:rsid w:val="00EC5DD4"/>
     <w:rsid w:val="00EC627B"/>
     <w:rsid w:val="00EC662C"/>
     <w:rsid w:val="00EC674C"/>
     <w:rsid w:val="00EC6A6F"/>
     <w:rsid w:val="00EC6D1F"/>
     <w:rsid w:val="00EC6EF3"/>
     <w:rsid w:val="00EC7169"/>
     <w:rsid w:val="00EC7F44"/>
     <w:rsid w:val="00ED0324"/>
     <w:rsid w:val="00ED06AE"/>
@@ -41081,88 +41994,90 @@
     <w:rsid w:val="00F74C3F"/>
     <w:rsid w:val="00F755AA"/>
     <w:rsid w:val="00F757A6"/>
     <w:rsid w:val="00F764F3"/>
     <w:rsid w:val="00F76C6B"/>
     <w:rsid w:val="00F770BF"/>
     <w:rsid w:val="00F77256"/>
     <w:rsid w:val="00F77272"/>
     <w:rsid w:val="00F773D6"/>
     <w:rsid w:val="00F77B16"/>
     <w:rsid w:val="00F8015A"/>
     <w:rsid w:val="00F801ED"/>
     <w:rsid w:val="00F8079C"/>
     <w:rsid w:val="00F8096F"/>
     <w:rsid w:val="00F809E4"/>
     <w:rsid w:val="00F80C68"/>
     <w:rsid w:val="00F80F42"/>
     <w:rsid w:val="00F81610"/>
     <w:rsid w:val="00F82677"/>
     <w:rsid w:val="00F8296D"/>
     <w:rsid w:val="00F82A5A"/>
     <w:rsid w:val="00F82E07"/>
     <w:rsid w:val="00F83184"/>
     <w:rsid w:val="00F832BD"/>
     <w:rsid w:val="00F838FD"/>
+    <w:rsid w:val="00F83C71"/>
     <w:rsid w:val="00F84215"/>
     <w:rsid w:val="00F84233"/>
     <w:rsid w:val="00F8434D"/>
     <w:rsid w:val="00F8470F"/>
     <w:rsid w:val="00F84CF7"/>
     <w:rsid w:val="00F852DF"/>
     <w:rsid w:val="00F85522"/>
     <w:rsid w:val="00F85B7E"/>
     <w:rsid w:val="00F866CA"/>
     <w:rsid w:val="00F86AD8"/>
     <w:rsid w:val="00F9021A"/>
     <w:rsid w:val="00F903E4"/>
     <w:rsid w:val="00F904F2"/>
     <w:rsid w:val="00F909F0"/>
     <w:rsid w:val="00F90FB7"/>
     <w:rsid w:val="00F919BC"/>
     <w:rsid w:val="00F91A2F"/>
     <w:rsid w:val="00F91C14"/>
     <w:rsid w:val="00F91D06"/>
     <w:rsid w:val="00F92267"/>
     <w:rsid w:val="00F92F20"/>
     <w:rsid w:val="00F93D9D"/>
     <w:rsid w:val="00F93FB9"/>
     <w:rsid w:val="00F94635"/>
     <w:rsid w:val="00F94CF4"/>
     <w:rsid w:val="00F94F0B"/>
     <w:rsid w:val="00F9500F"/>
     <w:rsid w:val="00F95229"/>
     <w:rsid w:val="00F95446"/>
     <w:rsid w:val="00F95684"/>
     <w:rsid w:val="00F95F6A"/>
     <w:rsid w:val="00F960BC"/>
     <w:rsid w:val="00F96614"/>
     <w:rsid w:val="00F96632"/>
     <w:rsid w:val="00F97DDA"/>
     <w:rsid w:val="00FA0433"/>
     <w:rsid w:val="00FA0740"/>
     <w:rsid w:val="00FA0E42"/>
+    <w:rsid w:val="00FA15DE"/>
     <w:rsid w:val="00FA1F0D"/>
     <w:rsid w:val="00FA27EC"/>
     <w:rsid w:val="00FA2A78"/>
     <w:rsid w:val="00FA314E"/>
     <w:rsid w:val="00FA31E5"/>
     <w:rsid w:val="00FA339C"/>
     <w:rsid w:val="00FA33B2"/>
     <w:rsid w:val="00FA345A"/>
     <w:rsid w:val="00FA3785"/>
     <w:rsid w:val="00FA38CA"/>
     <w:rsid w:val="00FA3F9C"/>
     <w:rsid w:val="00FA4018"/>
     <w:rsid w:val="00FA4887"/>
     <w:rsid w:val="00FA524B"/>
     <w:rsid w:val="00FA5569"/>
     <w:rsid w:val="00FA5A66"/>
     <w:rsid w:val="00FA5DB7"/>
     <w:rsid w:val="00FA5DFB"/>
     <w:rsid w:val="00FA5E23"/>
     <w:rsid w:val="00FA6235"/>
     <w:rsid w:val="00FA682A"/>
     <w:rsid w:val="00FA6AEF"/>
     <w:rsid w:val="00FA7098"/>
     <w:rsid w:val="00FA7697"/>
     <w:rsid w:val="00FA7D59"/>
@@ -41332,61 +42247,61 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="62037321"/>
   <w15:docId w15:val="{026CEDFD-2560-45DA-BEB5-73185A6FA1BC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -43568,51 +44483,51 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afff1">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A159E7"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cfs1">
     <w:name w:val="cfs1"/>
     <w:basedOn w:val="a7"/>
     <w:rsid w:val="0016127E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item42.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item47.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item50.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item55.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item63.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item29.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item40.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item45.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item53.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item58.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item36.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item49.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item57.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item61.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item44.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item52.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item60.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item43.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item48.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item56.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item51.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item38.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item46.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item59.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item20.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item41.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item54.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item62.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -44369,575 +45284,575 @@
 <file path=customXml/item61.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item62.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item63.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E949A4CF-0998-4BB4-B77C-A47589E673B6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D2636A1-57DC-4766-9418-745CA42644F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{815124EB-B909-4446-BD37-AACB31037BAC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{278FDBFD-28FD-4A19-A156-AAE7E50BB55B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps11.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0586727-3AAC-4B9D-90F4-D0C2EA201463}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0600D2D-A75D-4760-A32C-C8ADFB996380}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps12.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0600D2D-A75D-4760-A32C-C8ADFB996380}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{540F7CB7-822D-4C06-8C03-957EC94B87AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps13.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568E4071-A455-466C-AA0C-ED5353083F80}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95B88328-2C85-4187-B96A-AF6A2875BB5E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps14.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35562DA6-820D-4512-9314-E5453AF65BC1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D59A7AB9-BFDD-4160-A407-4F305B664032}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps15.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{993DB58E-C688-473F-AAFF-7BF6E5BEA58E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{935BE91C-8544-4363-AFA7-C52498AEF4F8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps17.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73719673-1018-44E2-85B2-4F3B2F5BC8BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps18.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5646ED7-A120-4345-AEE0-61711FB5241F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps19.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A8A298B-E7A3-4F2D-85F4-8338FFF588E6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BDDB9F2B-72E6-4927-90DD-C5FC5B84F3F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps20.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99500173-4F90-418F-A323-ED81827FD047}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps21.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D49C3F66-0686-4627-A086-FFF68C785EF8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps22.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6CD9D00-BEE7-40FC-AD50-10B48733F9B4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps23.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62219218-1999-409A-8FE7-377CC28A2AC9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps24.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{904C5481-248E-4D1B-B5B1-DE093B0F6872}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps25.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDB67074-A434-411E-AE9C-D46EF6FE3EDD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps16.xml><?xml version="1.0" encoding="utf-8"?>
-[...86 lines deleted...]
-
 <file path=customXml/itemProps26.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C48248B-0D80-4788-970A-5CBCDAAE8F0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55120E57-696A-4991-9AF2-C007ECE033FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps27.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68E42D5C-D952-4EDE-93EC-DBCB54A86D73}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D15D839-FF45-473D-805C-395661FB80C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps28.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99500173-4F90-418F-A323-ED81827FD047}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3C51933-82E8-4A38-A6D4-C9F7876A2878}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps29.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41CB43FC-692C-4974-9A3E-C6DAB0347BC1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4D1F6D4-FBEF-4ABF-ABF5-02410645A063}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2DADFB4-486B-40BD-8061-374599A2508D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EB6324D-63F4-4EB5-A9D4-1B93002FBC47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps30.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAB30B26-387A-426F-B075-45F415F95FAB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{237EB865-15A5-465C-9DCB-55A1CC55B2EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps31.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72ABA0F2-71D5-48BE-89DC-478D477F1246}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C1960F-D25C-4950-9FFF-96F2C15DF0A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps32.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74C1960F-D25C-4950-9FFF-96F2C15DF0A0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71ACDF7B-CC45-4FB2-8D23-074EF12B0169}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps33.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C81AF6A-169D-4447-B668-C077894F25CF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ECA8524-B546-4A86-8C47-00B5BF6D1E6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps34.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B01FC1FA-493D-49B1-978A-061796429362}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B59DE1AD-BAE8-4ABC-81EE-64C4196E83F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps35.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A8A298B-E7A3-4F2D-85F4-8338FFF588E6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68E42D5C-D952-4EDE-93EC-DBCB54A86D73}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps36.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7357EAB3-1C6E-460E-A49F-65322729D2F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps37.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6CD9D00-BEE7-40FC-AD50-10B48733F9B4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0586727-3AAC-4B9D-90F4-D0C2EA201463}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps38.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A202783F-11B4-4329-863D-6EA0C1976E46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps39.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4C63A82-C574-421B-BF0D-78FFF7557CFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F430F15-5579-40A1-BEAD-EFAD2A6C6FFA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps40.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C3B2D63-C642-489B-9F0C-3401AE13E845}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps41.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B01FC1FA-493D-49B1-978A-061796429362}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps42.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A516103A-5ED5-4FB0-B3D8-3313E6CC6F14}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps43.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AEE1706-3A27-47CF-A356-E286CDEDB59C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps44.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6EE69EE-79AE-4712-82B7-BD13E2554180}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps45.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2003FAB8-41B2-49F3-9F5D-5FE4354CF9B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps46.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D60BB390-1668-46B0-B66A-F0A98B2188D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps47.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC08DE20-D1D5-44FD-AA77-C5B0C7EA73F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps48.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D769D439-F4C3-4E4E-976D-A2390652701D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps49.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0867232B-038B-4F6D-8BCF-A89244DE6EDF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35562DA6-820D-4512-9314-E5453AF65BC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps50.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C81AF6A-169D-4447-B668-C077894F25CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps51.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC8A345B-B14A-43AC-ABC3-06D1C7A56534}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps52.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37FA2A60-7B77-4A4B-87E2-A42185D66185}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps53.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{815124EB-B909-4446-BD37-AACB31037BAC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps54.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B22B60B-8FF1-407F-8EC9-C309BE73C618}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps55.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E4E2FCA-6329-4683-853D-527BD9D24892}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps56.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{413AD08B-5EBB-45DC-88D0-7B38BAD755C5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps57.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3EA2DD5-E149-4BD3-9B88-071ACAB83D5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps58.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CA5E730-943A-498B-A07A-7F9F04BD7C2C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps59.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC3A3B03-2F7B-41AC-9DE6-C9FF71F6488B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1318B3FC-4F02-4E7C-ABF2-58E861D2E1B3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps60.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAB30B26-387A-426F-B075-45F415F95FAB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps61.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3FCB98-13B6-49B9-BE68-C0B0FC42C64C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps62.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41CB43FC-692C-4974-9A3E-C6DAB0347BC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps63.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A14AB0D-E245-4C65-8EDF-AD0ED57F6B20}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2DADFB4-486B-40BD-8061-374599A2508D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E390A44-1748-4DE5-A7BA-08931CECA80A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps39.xml><?xml version="1.0" encoding="utf-8"?>
-[...238 lines deleted...]
-
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30AB429B-D67C-4A6B-B966-C95396E8037B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ED896C6-AC7A-4FCA-8518-433D2CCE581C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>15238</Characters>
+  <Pages>10</Pages>
+  <Words>2999</Words>
+  <Characters>17998</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ПРАВИЛА ДОПУСКА К УЧАСТИЮ В ТОРГАХ СРОЧНЫМИ ИНСТРУМЕНТАМИ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17876</CharactersWithSpaces>
+  <CharactersWithSpaces>20956</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ПРАВИЛА ДОПУСКА К УЧАСТИЮ В ТОРГАХ СРОЧНЫМИ ИНСТРУМЕНТАМИ</dc:title>
   <dc:creator>Irina.Zakharova@moex.com</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>